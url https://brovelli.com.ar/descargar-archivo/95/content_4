--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -1,61 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0BCAD1A5-DF7F-41FB-A858-5EB4802848DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{75AD5801-92E6-48A1-BC02-D5E39FFB4625}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{07C65DB6-AFD1-451E-B7A0-A234300B3942}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$F$55</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -345,51 +344,51 @@
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Bauhaus 93"/>
         <family val="5"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial Nova Cond"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Jose Pedro Varela 5714 CABA</t>
     </r>
   </si>
   <si>
     <t>BSON000064</t>
   </si>
   <si>
     <t>BSON000152</t>
   </si>
   <si>
-    <t>LISTA 18</t>
+    <t>LISTA 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;\ #,##0.00"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -843,51 +842,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>76199</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>634999</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>63498</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
@@ -1004,266 +1003,262 @@
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/preciosNuevo.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/6b33029b47e5de3c/Escritorio/preciosNuevo.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Hoja1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="3367">
           <cell r="C3367">
-            <v>13699.314</v>
+            <v>12183.256583999999</v>
           </cell>
         </row>
         <row r="3368">
           <cell r="C3368">
-            <v>18635.096249999999</v>
+            <v>16572.812264999997</v>
           </cell>
         </row>
         <row r="3369">
           <cell r="C3369">
-            <v>27197.167500000003</v>
+            <v>24187.347629999997</v>
           </cell>
         </row>
         <row r="3370">
           <cell r="C3370">
-            <v>30722.726249999996</v>
+            <v>27322.744544999994</v>
           </cell>
         </row>
         <row r="3371">
           <cell r="C3371">
-            <v>31226.377499999999</v>
+            <v>27770.658389999997</v>
           </cell>
         </row>
         <row r="3372">
           <cell r="C3372">
-            <v>38781.146249999998</v>
+            <v>34489.366064999995</v>
           </cell>
         </row>
         <row r="3373">
           <cell r="C3373">
-            <v>63460.057499999995</v>
+            <v>56437.144469999992</v>
           </cell>
         </row>
         <row r="3374">
           <cell r="C3374">
-            <v>78569.595000000001</v>
+            <v>69874.559819999995</v>
           </cell>
         </row>
         <row r="3375">
           <cell r="C3375">
-            <v>111810.57749999998</v>
+            <v>99436.873589999988</v>
           </cell>
         </row>
         <row r="3376">
           <cell r="C3376">
-            <v>151599.02625</v>
+            <v>134822.06734499999</v>
           </cell>
         </row>
         <row r="3377">
           <cell r="C3377">
-            <v>171241.42499999999</v>
+            <v>152290.70729999998</v>
           </cell>
         </row>
         <row r="3378">
           <cell r="C3378">
-            <v>295139.63249999995</v>
+            <v>262477.51316999993</v>
           </cell>
         </row>
         <row r="3379">
           <cell r="C3379">
-            <v>462351.84749999997</v>
+            <v>411184.90970999992</v>
           </cell>
         </row>
         <row r="3380">
           <cell r="C3380">
-            <v>659279.48624999996</v>
+            <v>586319.22310499998</v>
           </cell>
         </row>
         <row r="3381">
           <cell r="C3381">
-            <v>23167.957499999993</v>
+            <v>20604.036869999996</v>
           </cell>
         </row>
         <row r="3382">
           <cell r="C3382">
-            <v>28204.469999999998</v>
+            <v>25083.175319999995</v>
           </cell>
         </row>
         <row r="3383">
           <cell r="C3383">
-            <v>33744.633750000001</v>
+            <v>30010.227614999996</v>
           </cell>
         </row>
         <row r="3384">
           <cell r="C3384">
-            <v>38277.494999999995</v>
+            <v>34041.452219999992</v>
           </cell>
         </row>
         <row r="3385">
           <cell r="C3385">
-            <v>45328.612499999996</v>
+            <v>40312.246049999994</v>
           </cell>
         </row>
         <row r="3386">
           <cell r="C3386">
-            <v>60941.801249999997</v>
+            <v>54197.575244999993</v>
           </cell>
         </row>
         <row r="3387">
           <cell r="C3387">
-            <v>91664.527499999997</v>
+            <v>81520.319789999994</v>
           </cell>
         </row>
         <row r="3388">
           <cell r="C3388">
-            <v>105766.7625</v>
+            <v>94061.907449999999</v>
           </cell>
         </row>
         <row r="3389">
           <cell r="C3389">
-            <v>158650.14374999999</v>
+            <v>141092.86117499997</v>
           </cell>
         </row>
         <row r="3390">
           <cell r="C3390">
-            <v>203978.75624999998</v>
+            <v>181405.10722499999</v>
           </cell>
         </row>
         <row r="3391">
           <cell r="C3391">
-            <v>18635.096249999999</v>
+            <v>16572.812264999997</v>
           </cell>
         </row>
         <row r="3392">
           <cell r="C3392">
-            <v>22664.306249999998</v>
+            <v>20156.123024999997</v>
           </cell>
         </row>
         <row r="3393">
           <cell r="C3393">
-            <v>25686.213749999995</v>
+            <v>22843.606094999996</v>
           </cell>
         </row>
         <row r="3394">
           <cell r="C3394">
-            <v>26189.864999999998</v>
+            <v>23291.519939999995</v>
           </cell>
         </row>
         <row r="3395">
           <cell r="C3395">
-            <v>30722.726249999996</v>
+            <v>27322.744544999994</v>
           </cell>
         </row>
         <row r="3396">
           <cell r="C3396">
-            <v>35759.238749999997</v>
+            <v>31801.882994999993</v>
           </cell>
         </row>
         <row r="3397">
           <cell r="C3397">
-            <v>54394.335000000006</v>
+            <v>48374.695259999993</v>
           </cell>
         </row>
         <row r="3398">
           <cell r="C3398">
-            <v>61949.103749999995</v>
+            <v>55093.402934999991</v>
           </cell>
         </row>
         <row r="3399">
           <cell r="C3399">
-            <v>90153.573749999981</v>
+            <v>80176.578254999986</v>
           </cell>
         </row>
         <row r="3400">
           <cell r="C3400">
-            <v>97708.34249999997</v>
+            <v>86895.285929999984</v>
           </cell>
         </row>
         <row r="3401">
           <cell r="C3401">
-            <v>123394.55624999999</v>
+            <v>109738.89202499998</v>
           </cell>
         </row>
         <row r="3402">
           <cell r="C3402">
-            <v>188869.21875</v>
+            <v>167967.69187499999</v>
           </cell>
         </row>
         <row r="3403">
           <cell r="C3403">
-            <v>284562.95624999999</v>
+            <v>253071.32242499996</v>
           </cell>
         </row>
         <row r="3404">
           <cell r="C3404">
-            <v>437672.93625000003</v>
+            <v>389237.13130499993</v>
           </cell>
         </row>
         <row r="3405">
           <cell r="C3405">
-            <v>513724.27499999997</v>
+            <v>456872.12189999991</v>
           </cell>
         </row>
         <row r="3406">
           <cell r="C3406">
-            <v>669856.16249999998</v>
+            <v>595725.41385000001</v>
           </cell>
         </row>
         <row r="3407">
           <cell r="C3407">
-            <v>1238982.075</v>
+            <v>1101868.0586999997</v>
           </cell>
         </row>
         <row r="3408">
           <cell r="C3408">
-            <v>1662049.1249999998</v>
+            <v>1478115.6884999999</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1561,51 +1556,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51F05432-AAAE-477F-A4BE-524BD16DA85E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I55"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="26">
-        <v>45968</v>
+        <v>47169</v>
       </c>
       <c r="B2" s="21"/>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="31" t="s">
         <v>72</v>
       </c>
       <c r="F2" s="32"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" x14ac:dyDescent="0.35">
       <c r="A3" s="35" t="s">
         <v>69</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="37"/>
     </row>
     <row r="4" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="13"/>
       <c r="F4" s="22"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
@@ -1623,797 +1618,797 @@
       <c r="H5" s="1"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="13"/>
       <c r="D6" s="28" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="29" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="30" t="s">
         <v>28</v>
       </c>
       <c r="G6" s="8"/>
       <c r="H6" s="3"/>
       <c r="I6" s="4"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="D7" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="27">
         <f>[1]Hoja1!$C3367</f>
-        <v>13699.314</v>
+        <v>12183.256583999999</v>
       </c>
       <c r="F7" s="23" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="9"/>
       <c r="H7" s="5"/>
       <c r="I7" s="6"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="13"/>
       <c r="D8" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="27">
         <f>[1]Hoja1!$C3368</f>
-        <v>18635.096249999999</v>
+        <v>16572.812264999997</v>
       </c>
       <c r="F8" s="23" t="s">
         <v>30</v>
       </c>
       <c r="G8" s="9"/>
       <c r="H8" s="5"/>
       <c r="I8" s="6"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="13"/>
       <c r="D9" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="27">
         <f>[1]Hoja1!$C3369</f>
-        <v>27197.167500000003</v>
+        <v>24187.347629999997</v>
       </c>
       <c r="F9" s="23" t="s">
         <v>31</v>
       </c>
       <c r="G9" s="10"/>
       <c r="H9" s="5"/>
       <c r="I9" s="6"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="13"/>
       <c r="D10" s="16" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="27">
         <f>[1]Hoja1!$C3370</f>
-        <v>30722.726249999996</v>
+        <v>27322.744544999994</v>
       </c>
       <c r="F10" s="23" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="10"/>
       <c r="H10" s="5"/>
       <c r="I10" s="6"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="13"/>
       <c r="D11" s="14" t="s">
         <v>6</v>
       </c>
       <c r="E11" s="27">
         <f>[1]Hoja1!$C3371</f>
-        <v>31226.377499999999</v>
+        <v>27770.658389999997</v>
       </c>
       <c r="F11" s="23" t="s">
         <v>33</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="5"/>
       <c r="I11" s="6"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="13"/>
       <c r="D12" s="16" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="15">
         <f>[1]Hoja1!$C3372</f>
-        <v>38781.146249999998</v>
+        <v>34489.366064999995</v>
       </c>
       <c r="F12" s="23" t="s">
         <v>34</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="5"/>
       <c r="I12" s="6"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="13"/>
       <c r="D13" s="14" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="15">
         <f>[1]Hoja1!$C3373</f>
-        <v>63460.057499999995</v>
+        <v>56437.144469999992</v>
       </c>
       <c r="F13" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="10"/>
       <c r="H13" s="5"/>
       <c r="I13" s="6"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="13"/>
       <c r="D14" s="16" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="15">
         <f>[1]Hoja1!$C3374</f>
-        <v>78569.595000000001</v>
+        <v>69874.559819999995</v>
       </c>
       <c r="F14" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G14" s="10"/>
       <c r="H14" s="5"/>
       <c r="I14" s="6"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="13"/>
       <c r="D15" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="15">
         <f>[1]Hoja1!$C3375</f>
-        <v>111810.57749999998</v>
+        <v>99436.873589999988</v>
       </c>
       <c r="F15" s="23" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="10"/>
       <c r="H15" s="5"/>
       <c r="I15" s="6"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="13"/>
       <c r="D16" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="15">
         <f>[1]Hoja1!$C3376</f>
-        <v>151599.02625</v>
+        <v>134822.06734499999</v>
       </c>
       <c r="F16" s="23" t="s">
         <v>38</v>
       </c>
       <c r="G16" s="10"/>
       <c r="H16" s="5"/>
       <c r="I16" s="6"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="13"/>
       <c r="D17" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="15">
         <f>[1]Hoja1!$C3377</f>
-        <v>171241.42499999999</v>
+        <v>152290.70729999998</v>
       </c>
       <c r="F17" s="23" t="s">
         <v>39</v>
       </c>
       <c r="G17" s="10"/>
       <c r="H17" s="5"/>
       <c r="I17" s="6"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="13"/>
       <c r="D18" s="17" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="15">
         <f>[1]Hoja1!$C3378</f>
-        <v>295139.63249999995</v>
+        <v>262477.51316999993</v>
       </c>
       <c r="F18" s="23" t="s">
         <v>40</v>
       </c>
       <c r="G18" s="10"/>
       <c r="H18" s="5"/>
       <c r="I18" s="6"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="13"/>
       <c r="D19" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="15">
         <f>[1]Hoja1!$C3379</f>
-        <v>462351.84749999997</v>
+        <v>411184.90970999992</v>
       </c>
       <c r="F19" s="23" t="s">
         <v>41</v>
       </c>
       <c r="G19" s="10"/>
       <c r="H19" s="5"/>
       <c r="I19" s="6"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="13"/>
       <c r="D20" s="17" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="15">
         <f>[1]Hoja1!$C3380</f>
-        <v>659279.48624999996</v>
+        <v>586319.22310499998</v>
       </c>
       <c r="F20" s="23" t="s">
         <v>42</v>
       </c>
       <c r="G20" s="10"/>
       <c r="H20" s="5"/>
       <c r="I20" s="6"/>
     </row>
     <row r="21" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="13"/>
       <c r="F21" s="22"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
     </row>
     <row r="22" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="38" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="39"/>
       <c r="D22" s="39"/>
       <c r="E22" s="39"/>
       <c r="F22" s="40"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="13"/>
       <c r="D23" s="28" t="s">
         <v>1</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="30" t="s">
         <v>28</v>
       </c>
       <c r="G23" s="8"/>
       <c r="H23" s="3"/>
       <c r="I23" s="4"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="13"/>
       <c r="D24" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E24" s="15">
         <f>[1]Hoja1!$C3381</f>
-        <v>23167.957499999993</v>
+        <v>20604.036869999996</v>
       </c>
       <c r="F24" s="24" t="s">
         <v>43</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="5"/>
       <c r="I24" s="6"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="13"/>
       <c r="D25" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E25" s="15">
         <f>[1]Hoja1!$C3382</f>
-        <v>28204.469999999998</v>
+        <v>25083.175319999995</v>
       </c>
       <c r="F25" s="24" t="s">
         <v>44</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="5"/>
       <c r="I25" s="6"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="13"/>
       <c r="D26" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E26" s="15">
         <f>[1]Hoja1!$C3383</f>
-        <v>33744.633750000001</v>
+        <v>30010.227614999996</v>
       </c>
       <c r="F26" s="24" t="s">
         <v>45</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="5"/>
       <c r="I26" s="6"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="13"/>
       <c r="D27" s="16" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="15">
         <f>[1]Hoja1!$C3384</f>
-        <v>38277.494999999995</v>
+        <v>34041.452219999992</v>
       </c>
       <c r="F27" s="24" t="s">
         <v>46</v>
       </c>
       <c r="G27" s="11"/>
       <c r="H27" s="5"/>
       <c r="I27" s="6"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="13"/>
       <c r="D28" s="14" t="s">
         <v>24</v>
       </c>
       <c r="E28" s="15">
         <f>[1]Hoja1!$C3385</f>
-        <v>45328.612499999996</v>
+        <v>40312.246049999994</v>
       </c>
       <c r="F28" s="24" t="s">
         <v>47</v>
       </c>
       <c r="G28" s="11"/>
       <c r="H28" s="5"/>
       <c r="I28" s="6"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="13"/>
       <c r="D29" s="16" t="s">
         <v>7</v>
       </c>
       <c r="E29" s="15">
         <f>[1]Hoja1!$C3386</f>
-        <v>60941.801249999997</v>
+        <v>54197.575244999993</v>
       </c>
       <c r="F29" s="24" t="s">
         <v>48</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="5"/>
       <c r="I29" s="6"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="13"/>
       <c r="D30" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E30" s="15">
         <f>[1]Hoja1!$C3387</f>
-        <v>91664.527499999997</v>
+        <v>81520.319789999994</v>
       </c>
       <c r="F30" s="24" t="s">
         <v>49</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="5"/>
       <c r="I30" s="6"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="13"/>
       <c r="D31" s="16" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="15">
         <f>[1]Hoja1!$C3388</f>
-        <v>105766.7625</v>
+        <v>94061.907449999999</v>
       </c>
       <c r="F31" s="24" t="s">
         <v>50</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="5"/>
       <c r="I31" s="6"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="13"/>
       <c r="D32" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="15">
         <f>[1]Hoja1!$C3389</f>
-        <v>158650.14374999999</v>
+        <v>141092.86117499997</v>
       </c>
       <c r="F32" s="24" t="s">
         <v>51</v>
       </c>
       <c r="G32" s="11"/>
       <c r="H32" s="5"/>
       <c r="I32" s="6"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="13"/>
       <c r="D33" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="15">
         <f>[1]Hoja1!$C3390</f>
-        <v>203978.75624999998</v>
+        <v>181405.10722499999</v>
       </c>
       <c r="F33" s="24" t="s">
         <v>52</v>
       </c>
       <c r="G33" s="11"/>
       <c r="H33" s="5"/>
       <c r="I33" s="6"/>
     </row>
     <row r="34" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="13"/>
       <c r="F34" s="22"/>
       <c r="G34" s="7"/>
       <c r="H34" s="7"/>
       <c r="I34" s="6"/>
     </row>
     <row r="35" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="38" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="39"/>
       <c r="C35" s="39"/>
       <c r="D35" s="39"/>
       <c r="E35" s="39"/>
       <c r="F35" s="40"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
       <c r="I35" s="6"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="13"/>
       <c r="D36" s="28" t="s">
         <v>1</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="30" t="s">
         <v>28</v>
       </c>
       <c r="G36" s="12"/>
       <c r="H36" s="3"/>
       <c r="I36" s="4"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="13"/>
       <c r="D37" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="19">
         <f>[1]Hoja1!$C3391</f>
-        <v>18635.096249999999</v>
+        <v>16572.812264999997</v>
       </c>
       <c r="F37" s="24" t="s">
         <v>53</v>
       </c>
       <c r="G37" s="11"/>
       <c r="H37" s="5"/>
       <c r="I37" s="6"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="13"/>
       <c r="D38" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E38" s="19">
         <f>[1]Hoja1!$C3392</f>
-        <v>22664.306249999998</v>
+        <v>20156.123024999997</v>
       </c>
       <c r="F38" s="24" t="s">
         <v>54</v>
       </c>
       <c r="G38" s="11"/>
       <c r="H38" s="5"/>
       <c r="I38" s="6"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="13"/>
       <c r="D39" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="19">
         <f>[1]Hoja1!$C3393</f>
-        <v>25686.213749999995</v>
+        <v>22843.606094999996</v>
       </c>
       <c r="F39" s="24" t="s">
         <v>55</v>
       </c>
       <c r="G39" s="11"/>
       <c r="H39" s="5"/>
       <c r="I39" s="6"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="13"/>
       <c r="D40" s="16" t="s">
         <v>5</v>
       </c>
       <c r="E40" s="19">
         <f>[1]Hoja1!$C3394</f>
-        <v>26189.864999999998</v>
+        <v>23291.519939999995</v>
       </c>
       <c r="F40" s="24" t="s">
         <v>56</v>
       </c>
       <c r="G40" s="11"/>
       <c r="H40" s="5"/>
       <c r="I40" s="6"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="13"/>
       <c r="D41" s="14" t="s">
         <v>6</v>
       </c>
       <c r="E41" s="19">
         <f>[1]Hoja1!$C3395</f>
-        <v>30722.726249999996</v>
+        <v>27322.744544999994</v>
       </c>
       <c r="F41" s="24" t="s">
         <v>57</v>
       </c>
       <c r="G41" s="11"/>
       <c r="H41" s="5"/>
       <c r="I41" s="6"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="13"/>
       <c r="D42" s="16" t="s">
         <v>7</v>
       </c>
       <c r="E42" s="19">
         <f>[1]Hoja1!$C3396</f>
-        <v>35759.238749999997</v>
+        <v>31801.882994999993</v>
       </c>
       <c r="F42" s="24" t="s">
         <v>58</v>
       </c>
       <c r="G42" s="11"/>
       <c r="H42" s="5"/>
       <c r="I42" s="6"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="13"/>
       <c r="D43" s="14" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="19">
         <f>[1]Hoja1!$C3397</f>
-        <v>54394.335000000006</v>
+        <v>48374.695259999993</v>
       </c>
       <c r="F43" s="24" t="s">
         <v>70</v>
       </c>
       <c r="G43" s="11"/>
       <c r="H43" s="5"/>
       <c r="I43" s="6"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="13"/>
       <c r="D44" s="16" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="19">
         <f>[1]Hoja1!$C3398</f>
-        <v>61949.103749999995</v>
+        <v>55093.402934999991</v>
       </c>
       <c r="F44" s="24" t="s">
         <v>59</v>
       </c>
       <c r="G44" s="11"/>
       <c r="H44" s="5"/>
       <c r="I44" s="6"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="13"/>
       <c r="D45" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="19">
         <f>[1]Hoja1!$C3399</f>
-        <v>90153.573749999981</v>
+        <v>80176.578254999986</v>
       </c>
       <c r="F45" s="24" t="s">
         <v>60</v>
       </c>
       <c r="G45" s="11"/>
       <c r="H45" s="5"/>
       <c r="I45" s="6"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="13"/>
       <c r="D46" s="16" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="19">
         <f>[1]Hoja1!$C3400</f>
-        <v>97708.34249999997</v>
+        <v>86895.285929999984</v>
       </c>
       <c r="F46" s="24" t="s">
         <v>61</v>
       </c>
       <c r="G46" s="11"/>
       <c r="H46" s="5"/>
       <c r="I46" s="6"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="13"/>
       <c r="D47" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="19">
         <f>[1]Hoja1!$C3401</f>
-        <v>123394.55624999999</v>
+        <v>109738.89202499998</v>
       </c>
       <c r="F47" s="24" t="s">
         <v>71</v>
       </c>
       <c r="G47" s="11"/>
       <c r="H47" s="5"/>
       <c r="I47" s="6"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="13"/>
       <c r="D48" s="16" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="19">
         <f>[1]Hoja1!$C3402</f>
-        <v>188869.21875</v>
+        <v>167967.69187499999</v>
       </c>
       <c r="F48" s="24" t="s">
         <v>62</v>
       </c>
       <c r="G48" s="11"/>
       <c r="H48" s="5"/>
       <c r="I48" s="6"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="13"/>
       <c r="D49" s="14" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="19">
         <f>[1]Hoja1!$C3403</f>
-        <v>284562.95624999999</v>
+        <v>253071.32242499996</v>
       </c>
       <c r="F49" s="24" t="s">
         <v>63</v>
       </c>
       <c r="G49" s="11"/>
       <c r="H49" s="5"/>
       <c r="I49" s="6"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="13"/>
       <c r="D50" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="19">
         <f>[1]Hoja1!$C3404</f>
-        <v>437672.93625000003</v>
+        <v>389237.13130499993</v>
       </c>
       <c r="F50" s="24" t="s">
         <v>64</v>
       </c>
       <c r="G50" s="11"/>
       <c r="H50" s="5"/>
       <c r="I50" s="6"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="13"/>
       <c r="D51" s="14" t="s">
         <v>18</v>
       </c>
       <c r="E51" s="19">
         <f>[1]Hoja1!$C3405</f>
-        <v>513724.27499999997</v>
+        <v>456872.12189999991</v>
       </c>
       <c r="F51" s="24" t="s">
         <v>65</v>
       </c>
       <c r="G51" s="11"/>
       <c r="H51" s="5"/>
       <c r="I51" s="6"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="13"/>
       <c r="D52" s="16" t="s">
         <v>19</v>
       </c>
       <c r="E52" s="19">
         <f>[1]Hoja1!$C3406</f>
-        <v>669856.16249999998</v>
+        <v>595725.41385000001</v>
       </c>
       <c r="F52" s="24" t="s">
         <v>66</v>
       </c>
       <c r="G52" s="11"/>
       <c r="H52" s="5"/>
       <c r="I52" s="6"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="13"/>
       <c r="D53" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="19">
         <f>[1]Hoja1!$C3407</f>
-        <v>1238982.075</v>
+        <v>1101868.0586999997</v>
       </c>
       <c r="F53" s="24" t="s">
         <v>67</v>
       </c>
       <c r="G53" s="11"/>
       <c r="H53" s="5"/>
       <c r="I53" s="6"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="13"/>
       <c r="D54" s="20" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="19">
         <f>[1]Hoja1!$C$3408</f>
-        <v>1662049.1249999998</v>
+        <v>1478115.6884999999</v>
       </c>
       <c r="F54" s="24" t="s">
         <v>68</v>
       </c>
       <c r="G54" s="11"/>
       <c r="H54" s="5"/>
       <c r="I54" s="6"/>
     </row>
     <row r="55" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="33" t="s">
         <v>27</v>
       </c>
       <c r="B55" s="34"/>
       <c r="C55" s="34"/>
       <c r="D55" s="34"/>
       <c r="E55" s="34"/>
       <c r="F55" s="25"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="V9RkKOTzm2uKl4ZZa5KZV5g/gfO3p9Gx3isrCh79xcWH+3Xw2iW7A4YBKBAgSpEXzt82BTrCIkHpAAXDrUk3HA==" saltValue="gqr6BfiHP6Hi0Nms6Kaf1g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="8hAXBw0UH3F/sxisk4GfvRKI7zqWFMnM5Y4/bXHfZ7Ys4uGz0MOM5nxX+XOehtqZPb+sO6YTg1Acxqp0lvcXfQ==" saltValue="C9CJw3XkgtVG9ZjOn216Zw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A35:F35"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="86" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>