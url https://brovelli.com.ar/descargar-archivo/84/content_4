--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{01EEA26B-AE21-4780-8483-F425B16236BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{553B2DFE-D897-42DD-91E6-2A0B4A175EB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{F0D6126C-226A-4CDD-9328-09424AE990E7}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$AN$56</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -804,51 +804,51 @@
   <si>
     <t>AF20841350</t>
   </si>
   <si>
     <t>ACERO INOX. COMUNES</t>
   </si>
   <si>
     <t>AF20841920</t>
   </si>
   <si>
     <t>AF20841925</t>
   </si>
   <si>
     <t>AF20841930</t>
   </si>
   <si>
     <t>AF20841935</t>
   </si>
   <si>
     <t>AF20841940</t>
   </si>
   <si>
     <t>AF20841950</t>
   </si>
   <si>
-    <t>Lista 18</t>
+    <t>Lista 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -3997,51 +3997,51 @@
       <c r="P1" s="104"/>
       <c r="Q1" s="104"/>
       <c r="R1" s="104"/>
       <c r="S1" s="104"/>
       <c r="T1" s="104"/>
       <c r="U1" s="104"/>
       <c r="V1" s="104"/>
       <c r="W1" s="104"/>
       <c r="X1" s="104"/>
       <c r="Y1" s="104"/>
       <c r="Z1" s="104"/>
       <c r="AA1" s="104"/>
       <c r="AB1" s="104"/>
       <c r="AC1" s="104"/>
       <c r="AD1" s="104"/>
       <c r="AE1" s="104"/>
       <c r="AF1" s="104"/>
       <c r="AG1" s="104"/>
       <c r="AH1" s="104"/>
       <c r="AI1" s="105" t="s">
         <v>193</v>
       </c>
       <c r="AJ1" s="105"/>
       <c r="AK1" s="105"/>
       <c r="AL1" s="106">
-        <v>45968</v>
+        <v>46073</v>
       </c>
       <c r="AM1" s="106"/>
       <c r="AN1" s="21"/>
       <c r="AO1" s="19"/>
       <c r="AP1" s="19"/>
     </row>
     <row r="2" spans="1:43" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="69" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="70"/>
       <c r="C2" s="70"/>
       <c r="D2" s="71"/>
       <c r="E2" s="63" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="63"/>
       <c r="G2" s="63" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="63"/>
       <c r="I2" s="63" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="63"/>
@@ -6822,51 +6822,51 @@
       <c r="AB56" s="28"/>
       <c r="AC56" s="28"/>
       <c r="AD56" s="28"/>
       <c r="AE56" s="28"/>
       <c r="AF56" s="28"/>
       <c r="AG56" s="28"/>
       <c r="AH56" s="28"/>
       <c r="AI56" s="28"/>
       <c r="AJ56" s="28"/>
       <c r="AK56" s="28"/>
       <c r="AL56" s="28"/>
       <c r="AM56" s="28"/>
       <c r="AN56" s="31"/>
     </row>
     <row r="57" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A57" s="113"/>
       <c r="B57" s="113"/>
       <c r="C57" s="113"/>
       <c r="D57" s="113"/>
       <c r="E57" s="113"/>
       <c r="F57" s="113"/>
       <c r="G57" s="113"/>
       <c r="H57" s="113"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="VMP6chncljwP4ThNHTPL36uQ61Y0+twqpN4HKi9NAYcRCrhpj6eFIkq0maaGGSx3lsa58H56wZbVuk1DGpQaXw==" saltValue="XPrj59oHd88TNm8dcYrhDA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="5P5YWIN2sBib7GEm3DX99pl7Fym8C3epzqYjc0i6g3eMDXmO7o7n6bcbIj2s/qkkimm8BzCY/93n9cBFJv/uqw==" saltValue="zF8XqHaUJTy5eehH2aKxTA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="493">
     <mergeCell ref="I56:J56"/>
     <mergeCell ref="Y51:Z51"/>
     <mergeCell ref="Y52:Z52"/>
     <mergeCell ref="Y53:Z53"/>
     <mergeCell ref="Y54:Z54"/>
     <mergeCell ref="Y55:Z55"/>
     <mergeCell ref="Y56:Z56"/>
     <mergeCell ref="U51:V51"/>
     <mergeCell ref="U52:V52"/>
     <mergeCell ref="U53:V53"/>
     <mergeCell ref="U54:V54"/>
     <mergeCell ref="U55:V55"/>
     <mergeCell ref="U56:V56"/>
     <mergeCell ref="W51:X51"/>
     <mergeCell ref="W52:X52"/>
     <mergeCell ref="W53:X53"/>
     <mergeCell ref="W54:X54"/>
     <mergeCell ref="W55:X55"/>
     <mergeCell ref="W56:X56"/>
     <mergeCell ref="Q49:T49"/>
     <mergeCell ref="Q50:T50"/>
     <mergeCell ref="E49:F50"/>
     <mergeCell ref="G49:H50"/>
     <mergeCell ref="I49:J50"/>