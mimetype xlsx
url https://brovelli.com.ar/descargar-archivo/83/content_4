--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -1,60 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{80F16831-01D1-4D50-8B52-DE33BDCB49C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="8_{8C5822A8-0684-452E-B151-3245232154A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{82918633-1586-43B4-94F0-7507D3B2A65A}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{108E440C-D269-46D4-90AB-DA77B0A6A8FC}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$AK$39</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -93,51 +92,51 @@
   <c r="AE15" i="1"/>
   <c r="V15" i="1"/>
   <c r="O15" i="1"/>
   <c r="H15" i="1"/>
   <c r="AE12" i="1"/>
   <c r="AE10" i="1"/>
   <c r="W12" i="1"/>
   <c r="W10" i="1"/>
   <c r="O12" i="1"/>
   <c r="O10" i="1"/>
   <c r="G12" i="1"/>
   <c r="G10" i="1"/>
   <c r="AJ5" i="1"/>
   <c r="AJ4" i="1"/>
   <c r="AE6" i="1"/>
   <c r="AE4" i="1"/>
   <c r="W6" i="1"/>
   <c r="W4" i="1"/>
   <c r="O6" i="1"/>
   <c r="O4" i="1"/>
   <c r="T36" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="94">
   <si>
     <t>CODIGO</t>
   </si>
   <si>
     <t>PRECIO</t>
   </si>
   <si>
     <t>MED.</t>
   </si>
   <si>
     <t>1/2"</t>
   </si>
   <si>
     <t>3/4"</t>
   </si>
   <si>
     <t>Med.</t>
   </si>
   <si>
     <t>ESFERICAS PLUS</t>
   </si>
   <si>
     <t>1"</t>
   </si>
   <si>
@@ -388,51 +387,54 @@
         <rFont val="Bauhaus 93"/>
         <family val="5"/>
       </rPr>
       <t xml:space="preserve"> de  Brovelli y Cía S.R.L.</t>
     </r>
   </si>
   <si>
     <t>enviar e-mail</t>
   </si>
   <si>
     <t xml:space="preserve">  José P. Varela 5714 CABA TEL 4644-5225 /4642-3250  - cel 15 3366 6121          solicitar cotizacion </t>
   </si>
   <si>
     <t xml:space="preserve">CANILLAS METALICAS VARIOS MODELOS  </t>
   </si>
   <si>
     <t>LGR3180013</t>
   </si>
   <si>
     <t>LVW100P013</t>
   </si>
   <si>
     <t>LVW100P019</t>
   </si>
   <si>
-    <t>LISTA 18</t>
+    <t>2002/2026</t>
+  </si>
+  <si>
+    <t>LISTA 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1285,702 +1287,702 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="4" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="7" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="7" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="2" fontId="4" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="7" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...32 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...486 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="7" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>35</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>36</xdr:col>
       <xdr:colOff>323850</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>12928</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Imagen 537">
           <a:extLst>
@@ -3657,54 +3659,50 @@
           <cell r="C3304">
             <v>9929.8546274180462</v>
           </cell>
         </row>
         <row r="3306">
           <cell r="C3306">
             <v>9249.9390879985731</v>
           </cell>
         </row>
         <row r="3307">
           <cell r="C3307">
             <v>9249.9390879985731</v>
           </cell>
         </row>
         <row r="3342">
           <cell r="C3342">
             <v>0</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
-<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
@@ -3997,2447 +3995,2447 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@brovelli.com.ar?subject=Consulta%20por%20web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48513CB7-978F-4B37-B69A-D11F169D4C10}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AP44"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AK2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="37" width="5.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="285">
-[...2 lines deleted...]
-      <c r="B1" s="286"/>
+      <c r="A1" s="210" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1" s="211"/>
       <c r="C1" s="106" t="s">
         <v>85</v>
       </c>
       <c r="D1" s="106"/>
       <c r="E1" s="106"/>
       <c r="F1" s="106"/>
       <c r="G1" s="106"/>
       <c r="H1" s="106"/>
       <c r="I1" s="106"/>
       <c r="J1" s="106"/>
       <c r="K1" s="105" t="s">
         <v>87</v>
       </c>
       <c r="L1" s="105"/>
       <c r="M1" s="105"/>
       <c r="N1" s="105"/>
       <c r="O1" s="105"/>
       <c r="P1" s="105"/>
       <c r="Q1" s="105"/>
       <c r="R1" s="105"/>
       <c r="S1" s="105"/>
       <c r="T1" s="105"/>
       <c r="U1" s="105"/>
       <c r="V1" s="105"/>
       <c r="W1" s="105"/>
       <c r="X1" s="105"/>
       <c r="Y1" s="105"/>
       <c r="Z1" s="105"/>
       <c r="AA1" s="105"/>
       <c r="AB1" s="105"/>
-      <c r="AC1" s="309" t="s">
+      <c r="AC1" s="147" t="s">
         <v>86</v>
       </c>
-      <c r="AD1" s="309"/>
-[...7 lines deleted...]
-      <c r="AJ1" s="311"/>
+      <c r="AD1" s="147"/>
+      <c r="AE1" s="147"/>
+      <c r="AF1" s="316"/>
+      <c r="AG1" s="316"/>
+      <c r="AH1" s="316"/>
+      <c r="AI1" s="148" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ1" s="149"/>
       <c r="AK1" s="14"/>
       <c r="AL1" s="8"/>
-      <c r="AN1" s="260"/>
-[...1 lines deleted...]
-      <c r="AP1" s="260"/>
+      <c r="AN1" s="244"/>
+      <c r="AO1" s="244"/>
+      <c r="AP1" s="244"/>
     </row>
     <row r="2" spans="1:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="264" t="s">
+      <c r="A2" s="247" t="s">
         <v>88</v>
       </c>
-      <c r="B2" s="265"/>
-[...34 lines deleted...]
-      <c r="AK2" s="266"/>
+      <c r="B2" s="248"/>
+      <c r="C2" s="248"/>
+      <c r="D2" s="248"/>
+      <c r="E2" s="248"/>
+      <c r="F2" s="248"/>
+      <c r="G2" s="248"/>
+      <c r="H2" s="248"/>
+      <c r="I2" s="248"/>
+      <c r="J2" s="248"/>
+      <c r="K2" s="248"/>
+      <c r="L2" s="248"/>
+      <c r="M2" s="248"/>
+      <c r="N2" s="248"/>
+      <c r="O2" s="248"/>
+      <c r="P2" s="248"/>
+      <c r="Q2" s="248"/>
+      <c r="R2" s="248"/>
+      <c r="S2" s="248"/>
+      <c r="T2" s="248"/>
+      <c r="U2" s="248"/>
+      <c r="V2" s="248"/>
+      <c r="W2" s="248"/>
+      <c r="X2" s="248"/>
+      <c r="Y2" s="248"/>
+      <c r="Z2" s="248"/>
+      <c r="AA2" s="248"/>
+      <c r="AB2" s="248"/>
+      <c r="AC2" s="248"/>
+      <c r="AD2" s="248"/>
+      <c r="AE2" s="248"/>
+      <c r="AF2" s="248"/>
+      <c r="AG2" s="248"/>
+      <c r="AH2" s="248"/>
+      <c r="AI2" s="248"/>
+      <c r="AJ2" s="248"/>
+      <c r="AK2" s="249"/>
     </row>
     <row r="3" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="156" t="s">
+      <c r="A3" s="175" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="128"/>
-[...1 lines deleted...]
-      <c r="D3" s="157" t="s">
+      <c r="B3" s="131"/>
+      <c r="C3" s="132"/>
+      <c r="D3" s="123" t="s">
         <v>0</v>
       </c>
-      <c r="E3" s="131"/>
+      <c r="E3" s="118"/>
       <c r="F3" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="130" t="s">
+      <c r="G3" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="H3" s="157"/>
-      <c r="I3" s="127" t="s">
+      <c r="H3" s="123"/>
+      <c r="I3" s="130" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="128"/>
-[...1 lines deleted...]
-      <c r="L3" s="130" t="s">
+      <c r="J3" s="131"/>
+      <c r="K3" s="132"/>
+      <c r="L3" s="117" t="s">
         <v>0</v>
       </c>
-      <c r="M3" s="131"/>
+      <c r="M3" s="118"/>
       <c r="N3" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="130" t="s">
+      <c r="O3" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="P3" s="131"/>
-      <c r="Q3" s="127" t="s">
+      <c r="P3" s="118"/>
+      <c r="Q3" s="130" t="s">
         <v>14</v>
       </c>
-      <c r="R3" s="128"/>
-[...1 lines deleted...]
-      <c r="T3" s="157" t="s">
+      <c r="R3" s="131"/>
+      <c r="S3" s="132"/>
+      <c r="T3" s="123" t="s">
         <v>0</v>
       </c>
-      <c r="U3" s="131"/>
+      <c r="U3" s="118"/>
       <c r="V3" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="W3" s="130" t="s">
+      <c r="W3" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="X3" s="131"/>
-      <c r="Y3" s="127" t="s">
+      <c r="X3" s="118"/>
+      <c r="Y3" s="130" t="s">
         <v>15</v>
       </c>
-      <c r="Z3" s="128"/>
-[...1 lines deleted...]
-      <c r="AB3" s="130" t="s">
+      <c r="Z3" s="131"/>
+      <c r="AA3" s="132"/>
+      <c r="AB3" s="117" t="s">
         <v>0</v>
       </c>
-      <c r="AC3" s="131"/>
+      <c r="AC3" s="118"/>
       <c r="AD3" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="AE3" s="130" t="s">
+      <c r="AE3" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="AF3" s="131"/>
-      <c r="AG3" s="267" t="s">
+      <c r="AF3" s="118"/>
+      <c r="AG3" s="250" t="s">
         <v>18</v>
       </c>
-      <c r="AH3" s="267"/>
+      <c r="AH3" s="250"/>
       <c r="AI3" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="AJ3" s="129" t="s">
+      <c r="AJ3" s="142" t="s">
         <v>1</v>
       </c>
-      <c r="AK3" s="312"/>
+      <c r="AK3" s="161"/>
     </row>
     <row r="4" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="1"/>
       <c r="C4" s="2"/>
-      <c r="D4" s="123" t="s">
+      <c r="D4" s="206" t="s">
         <v>9</v>
       </c>
-      <c r="E4" s="132"/>
+      <c r="E4" s="230"/>
       <c r="F4" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="G4" s="120">
+      <c r="G4" s="153">
         <f>[1]Hoja1!$C$2743</f>
         <v>11751.445081565627</v>
       </c>
-      <c r="H4" s="121"/>
+      <c r="H4" s="154"/>
       <c r="I4" s="35"/>
       <c r="J4" s="107"/>
       <c r="K4" s="4"/>
-      <c r="L4" s="123" t="s">
+      <c r="L4" s="206" t="s">
         <v>12</v>
       </c>
-      <c r="M4" s="132"/>
+      <c r="M4" s="230"/>
       <c r="N4" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="O4" s="236">
+      <c r="O4" s="203">
         <f>[1]Hoja1!$C$2746</f>
         <v>11748.868165404921</v>
       </c>
-      <c r="P4" s="236"/>
+      <c r="P4" s="203"/>
       <c r="Q4" s="38"/>
       <c r="R4" s="1"/>
       <c r="S4" s="40"/>
-      <c r="T4" s="253" t="s">
+      <c r="T4" s="257" t="s">
         <v>90</v>
       </c>
-      <c r="U4" s="253"/>
+      <c r="U4" s="257"/>
       <c r="V4" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="W4" s="215">
+      <c r="W4" s="159">
         <f>[1]Hoja1!$C$2748</f>
         <v>6546.1521233842404</v>
       </c>
-      <c r="X4" s="216"/>
-[...1 lines deleted...]
-      <c r="Z4" s="203"/>
+      <c r="X4" s="259"/>
+      <c r="Y4" s="255"/>
+      <c r="Z4" s="256"/>
       <c r="AA4" s="43"/>
-      <c r="AB4" s="236" t="s">
+      <c r="AB4" s="203" t="s">
         <v>16</v>
       </c>
-      <c r="AC4" s="236"/>
+      <c r="AC4" s="203"/>
       <c r="AD4" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="AE4" s="120">
+      <c r="AE4" s="153">
         <f>[1]Hoja1!$C$2750</f>
         <v>6546.1521233842404</v>
       </c>
-      <c r="AF4" s="236"/>
-      <c r="AG4" s="123" t="s">
+      <c r="AF4" s="203"/>
+      <c r="AG4" s="206" t="s">
         <v>19</v>
       </c>
-      <c r="AH4" s="132"/>
+      <c r="AH4" s="230"/>
       <c r="AI4" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="AJ4" s="120">
+      <c r="AJ4" s="153">
         <f>[1]Hoja1!$C$2811</f>
         <v>23827.244958126768</v>
       </c>
-      <c r="AK4" s="259"/>
+      <c r="AK4" s="253"/>
     </row>
     <row r="5" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A5" s="9"/>
       <c r="C5" s="4"/>
-      <c r="D5" s="130"/>
-      <c r="E5" s="131"/>
+      <c r="D5" s="117"/>
+      <c r="E5" s="118"/>
       <c r="F5" s="34"/>
-      <c r="G5" s="139"/>
-      <c r="H5" s="224"/>
+      <c r="G5" s="121"/>
+      <c r="H5" s="122"/>
       <c r="I5" s="36"/>
       <c r="J5" s="108"/>
       <c r="K5" s="4"/>
-      <c r="L5" s="130"/>
-      <c r="M5" s="131"/>
+      <c r="L5" s="117"/>
+      <c r="M5" s="118"/>
       <c r="N5" s="23"/>
-      <c r="O5" s="140"/>
-      <c r="P5" s="140"/>
+      <c r="O5" s="207"/>
+      <c r="P5" s="207"/>
       <c r="Q5" s="25"/>
       <c r="S5" s="107"/>
-      <c r="T5" s="254"/>
-      <c r="U5" s="254"/>
+      <c r="T5" s="157"/>
+      <c r="U5" s="157"/>
       <c r="V5" s="23"/>
-      <c r="W5" s="256"/>
-[...2 lines deleted...]
-      <c r="Z5" s="250"/>
+      <c r="W5" s="129"/>
+      <c r="X5" s="121"/>
+      <c r="Y5" s="171"/>
+      <c r="Z5" s="172"/>
       <c r="AA5" s="33"/>
-      <c r="AB5" s="248"/>
-      <c r="AC5" s="248"/>
+      <c r="AB5" s="261"/>
+      <c r="AC5" s="261"/>
       <c r="AD5" s="23"/>
       <c r="AE5" s="45"/>
       <c r="AF5" s="46"/>
-      <c r="AG5" s="130" t="s">
+      <c r="AG5" s="117" t="s">
         <v>20</v>
       </c>
-      <c r="AH5" s="131"/>
+      <c r="AH5" s="118"/>
       <c r="AI5" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="AJ5" s="120">
+      <c r="AJ5" s="153">
         <f>[1]Hoja1!$C$2812</f>
         <v>32843.175426446476</v>
       </c>
-      <c r="AK5" s="259"/>
+      <c r="AK5" s="253"/>
     </row>
     <row r="6" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
       <c r="C6" s="4"/>
-      <c r="D6" s="123" t="s">
+      <c r="D6" s="206" t="s">
         <v>10</v>
       </c>
-      <c r="E6" s="132"/>
+      <c r="E6" s="230"/>
       <c r="F6" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="G6" s="120">
+      <c r="G6" s="153">
         <f>[1]Hoja1!$C$2744</f>
         <v>17447.907733933898</v>
       </c>
-      <c r="H6" s="121"/>
+      <c r="H6" s="154"/>
       <c r="I6" s="35"/>
       <c r="J6" s="107"/>
       <c r="K6" s="4"/>
-      <c r="L6" s="123" t="s">
+      <c r="L6" s="206" t="s">
         <v>13</v>
       </c>
-      <c r="M6" s="132"/>
+      <c r="M6" s="230"/>
       <c r="N6" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="O6" s="236">
+      <c r="O6" s="203">
         <f>[1]Hoja1!$C$2747</f>
         <v>17447.907733933898</v>
       </c>
-      <c r="P6" s="236"/>
+      <c r="P6" s="203"/>
       <c r="Q6" s="25"/>
       <c r="S6" s="107"/>
-      <c r="T6" s="253" t="s">
+      <c r="T6" s="257" t="s">
         <v>91</v>
       </c>
-      <c r="U6" s="253"/>
+      <c r="U6" s="257"/>
       <c r="V6" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="W6" s="215">
+      <c r="W6" s="159">
         <f>[1]Hoja1!$C$2749</f>
         <v>9807.4738472800818</v>
       </c>
-      <c r="X6" s="216"/>
-[...1 lines deleted...]
-      <c r="Z6" s="250"/>
+      <c r="X6" s="259"/>
+      <c r="Y6" s="171"/>
+      <c r="Z6" s="172"/>
       <c r="AA6" s="33"/>
-      <c r="AB6" s="236" t="s">
+      <c r="AB6" s="203" t="s">
         <v>17</v>
       </c>
-      <c r="AC6" s="236"/>
+      <c r="AC6" s="203"/>
       <c r="AD6" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="AE6" s="120">
+      <c r="AE6" s="153">
         <f>[1]Hoja1!$C$2751</f>
         <v>9807.4738472800818</v>
       </c>
-      <c r="AF6" s="236"/>
-[...1 lines deleted...]
-      <c r="AH6" s="250"/>
+      <c r="AF6" s="203"/>
+      <c r="AG6" s="171"/>
+      <c r="AH6" s="172"/>
       <c r="AI6" s="109"/>
-      <c r="AJ6" s="151"/>
-      <c r="AK6" s="313"/>
+      <c r="AJ6" s="162"/>
+      <c r="AK6" s="163"/>
     </row>
     <row r="7" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A7" s="9"/>
       <c r="C7" s="4"/>
-      <c r="D7" s="130"/>
-      <c r="E7" s="131"/>
+      <c r="D7" s="117"/>
+      <c r="E7" s="118"/>
       <c r="F7" s="34"/>
-      <c r="G7" s="139"/>
-      <c r="H7" s="224"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="122"/>
       <c r="I7" s="36"/>
       <c r="J7" s="108"/>
       <c r="K7" s="4"/>
-      <c r="L7" s="130"/>
-      <c r="M7" s="131"/>
+      <c r="L7" s="117"/>
+      <c r="M7" s="118"/>
       <c r="N7" s="23"/>
-      <c r="O7" s="140"/>
-      <c r="P7" s="140"/>
+      <c r="O7" s="207"/>
+      <c r="P7" s="207"/>
       <c r="Q7" s="25"/>
       <c r="S7" s="107"/>
-      <c r="T7" s="254"/>
-      <c r="U7" s="254"/>
+      <c r="T7" s="157"/>
+      <c r="U7" s="157"/>
       <c r="V7" s="41"/>
-      <c r="W7" s="256"/>
-[...2 lines deleted...]
-      <c r="Z7" s="250"/>
+      <c r="W7" s="129"/>
+      <c r="X7" s="121"/>
+      <c r="Y7" s="171"/>
+      <c r="Z7" s="172"/>
       <c r="AA7" s="33"/>
-      <c r="AB7" s="248"/>
-      <c r="AC7" s="248"/>
+      <c r="AB7" s="261"/>
+      <c r="AC7" s="261"/>
       <c r="AD7" s="41"/>
       <c r="AE7" s="45"/>
       <c r="AF7" s="46"/>
-      <c r="AG7" s="249"/>
-      <c r="AH7" s="250"/>
+      <c r="AG7" s="171"/>
+      <c r="AH7" s="172"/>
       <c r="AI7" s="109"/>
-      <c r="AJ7" s="151"/>
-      <c r="AK7" s="313"/>
+      <c r="AJ7" s="162"/>
+      <c r="AK7" s="163"/>
     </row>
     <row r="8" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A8" s="11"/>
       <c r="B8" s="6"/>
       <c r="C8" s="7"/>
-      <c r="D8" s="123" t="s">
+      <c r="D8" s="206" t="s">
         <v>11</v>
       </c>
-      <c r="E8" s="132"/>
+      <c r="E8" s="230"/>
       <c r="F8" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="G8" s="120">
+      <c r="G8" s="153">
         <f>[1]Hoja1!$C$2745</f>
         <v>26754.453080262629</v>
       </c>
-      <c r="H8" s="121"/>
+      <c r="H8" s="154"/>
       <c r="I8" s="35"/>
       <c r="J8" s="107"/>
       <c r="K8" s="4"/>
-      <c r="L8" s="123"/>
-      <c r="M8" s="132"/>
+      <c r="L8" s="206"/>
+      <c r="M8" s="230"/>
       <c r="N8" s="26"/>
-      <c r="O8" s="236"/>
-      <c r="P8" s="236"/>
+      <c r="O8" s="203"/>
+      <c r="P8" s="203"/>
       <c r="Q8" s="39"/>
       <c r="R8" s="6"/>
       <c r="S8" s="37"/>
-      <c r="T8" s="255"/>
-      <c r="U8" s="255"/>
+      <c r="T8" s="258"/>
+      <c r="U8" s="258"/>
       <c r="V8" s="24"/>
-      <c r="W8" s="120"/>
-[...2 lines deleted...]
-      <c r="Z8" s="252"/>
+      <c r="W8" s="153"/>
+      <c r="X8" s="203"/>
+      <c r="Y8" s="173"/>
+      <c r="Z8" s="174"/>
       <c r="AA8" s="44"/>
-      <c r="AB8" s="197"/>
-      <c r="AC8" s="197"/>
+      <c r="AB8" s="262"/>
+      <c r="AC8" s="262"/>
       <c r="AD8" s="24"/>
-      <c r="AE8" s="221"/>
-[...2 lines deleted...]
-      <c r="AH8" s="252"/>
+      <c r="AE8" s="137"/>
+      <c r="AF8" s="138"/>
+      <c r="AG8" s="173"/>
+      <c r="AH8" s="174"/>
       <c r="AI8" s="47"/>
-      <c r="AJ8" s="314"/>
-      <c r="AK8" s="315"/>
+      <c r="AJ8" s="164"/>
+      <c r="AK8" s="165"/>
     </row>
     <row r="9" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="156" t="s">
+      <c r="A9" s="175" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="128"/>
-[...1 lines deleted...]
-      <c r="D9" s="157" t="s">
+      <c r="B9" s="131"/>
+      <c r="C9" s="132"/>
+      <c r="D9" s="123" t="s">
         <v>0</v>
       </c>
-      <c r="E9" s="131"/>
+      <c r="E9" s="118"/>
       <c r="F9" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="G9" s="130" t="s">
+      <c r="G9" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="H9" s="131"/>
-      <c r="I9" s="304" t="s">
+      <c r="H9" s="118"/>
+      <c r="I9" s="178" t="s">
         <v>22</v>
       </c>
-      <c r="J9" s="305"/>
-[...1 lines deleted...]
-      <c r="L9" s="157" t="s">
+      <c r="J9" s="179"/>
+      <c r="K9" s="180"/>
+      <c r="L9" s="123" t="s">
         <v>0</v>
       </c>
-      <c r="M9" s="131"/>
+      <c r="M9" s="118"/>
       <c r="N9" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="O9" s="130" t="s">
+      <c r="O9" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="P9" s="131"/>
-      <c r="Q9" s="188" t="s">
+      <c r="P9" s="118"/>
+      <c r="Q9" s="150" t="s">
         <v>25</v>
       </c>
-      <c r="R9" s="189"/>
-[...1 lines deleted...]
-      <c r="T9" s="157" t="s">
+      <c r="R9" s="151"/>
+      <c r="S9" s="152"/>
+      <c r="T9" s="123" t="s">
         <v>0</v>
       </c>
-      <c r="U9" s="131"/>
+      <c r="U9" s="118"/>
       <c r="V9" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="W9" s="130" t="s">
+      <c r="W9" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="X9" s="131"/>
-      <c r="Y9" s="188" t="s">
+      <c r="X9" s="118"/>
+      <c r="Y9" s="150" t="s">
         <v>28</v>
       </c>
-      <c r="Z9" s="189"/>
-[...1 lines deleted...]
-      <c r="AB9" s="130" t="s">
+      <c r="Z9" s="151"/>
+      <c r="AA9" s="152"/>
+      <c r="AB9" s="117" t="s">
         <v>0</v>
       </c>
-      <c r="AC9" s="131"/>
+      <c r="AC9" s="118"/>
       <c r="AD9" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="AE9" s="130" t="s">
+      <c r="AE9" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="AF9" s="131"/>
-      <c r="AG9" s="188" t="s">
+      <c r="AF9" s="118"/>
+      <c r="AG9" s="150" t="s">
         <v>31</v>
       </c>
-      <c r="AH9" s="190"/>
+      <c r="AH9" s="152"/>
       <c r="AI9" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="AJ9" s="270" t="s">
+      <c r="AJ9" s="166" t="s">
         <v>1</v>
       </c>
-      <c r="AK9" s="316"/>
+      <c r="AK9" s="167"/>
     </row>
     <row r="10" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A10" s="9"/>
-      <c r="D10" s="301" t="s">
+      <c r="D10" s="176" t="s">
         <v>70</v>
       </c>
-      <c r="E10" s="302"/>
+      <c r="E10" s="177"/>
       <c r="F10" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="G10" s="120">
+      <c r="G10" s="153">
         <f>[1]Hoja1!$C$2754</f>
         <v>5241.6786354122851</v>
       </c>
-      <c r="H10" s="121"/>
+      <c r="H10" s="154"/>
       <c r="I10" s="51"/>
       <c r="J10" s="40"/>
       <c r="K10" s="2"/>
-      <c r="L10" s="307" t="s">
+      <c r="L10" s="181" t="s">
         <v>23</v>
       </c>
-      <c r="M10" s="308"/>
+      <c r="M10" s="182"/>
       <c r="N10" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="O10" s="120">
+      <c r="O10" s="153">
         <f>[1]Hoja1!$C$2752</f>
         <v>5241.6786354122851</v>
       </c>
-      <c r="P10" s="121"/>
-[...3 lines deleted...]
-      <c r="T10" s="232" t="s">
+      <c r="P10" s="154"/>
+      <c r="Q10" s="183"/>
+      <c r="R10" s="184"/>
+      <c r="S10" s="184"/>
+      <c r="T10" s="155" t="s">
         <v>26</v>
       </c>
-      <c r="U10" s="233"/>
+      <c r="U10" s="156"/>
       <c r="V10" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="W10" s="215">
+      <c r="W10" s="159">
         <f>[1]Hoja1!$C$2757</f>
         <v>18265.816502162037</v>
       </c>
-      <c r="X10" s="257"/>
-[...1 lines deleted...]
-      <c r="Z10" s="195"/>
+      <c r="X10" s="160"/>
+      <c r="Y10" s="223"/>
+      <c r="Z10" s="213"/>
       <c r="AA10" s="33"/>
-      <c r="AB10" s="232" t="s">
+      <c r="AB10" s="155" t="s">
         <v>29</v>
       </c>
-      <c r="AC10" s="233"/>
+      <c r="AC10" s="156"/>
       <c r="AD10" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="AE10" s="120">
+      <c r="AE10" s="153">
         <f>[1]Hoja1!$C$2759</f>
         <v>21714.137705313919</v>
       </c>
-      <c r="AF10" s="121"/>
-      <c r="AG10" s="123" t="s">
+      <c r="AF10" s="154"/>
+      <c r="AG10" s="206" t="s">
         <v>0</v>
       </c>
-      <c r="AH10" s="132"/>
+      <c r="AH10" s="230"/>
       <c r="AI10" s="15"/>
-      <c r="AJ10" s="167"/>
-      <c r="AK10" s="317"/>
+      <c r="AJ10" s="168"/>
+      <c r="AK10" s="169"/>
     </row>
     <row r="11" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A11" s="9"/>
-      <c r="D11" s="303"/>
-      <c r="E11" s="303"/>
+      <c r="D11" s="158"/>
+      <c r="E11" s="158"/>
       <c r="F11" s="34"/>
-      <c r="G11" s="268"/>
-      <c r="H11" s="269"/>
+      <c r="G11" s="251"/>
+      <c r="H11" s="252"/>
       <c r="I11" s="35"/>
       <c r="J11" s="107"/>
       <c r="K11" s="4"/>
-      <c r="L11" s="130"/>
-      <c r="M11" s="131"/>
+      <c r="L11" s="117"/>
+      <c r="M11" s="118"/>
       <c r="N11" s="52"/>
-      <c r="O11" s="234"/>
-[...5 lines deleted...]
-      <c r="U11" s="254"/>
+      <c r="O11" s="127"/>
+      <c r="P11" s="254"/>
+      <c r="Q11" s="185"/>
+      <c r="R11" s="186"/>
+      <c r="S11" s="186"/>
+      <c r="T11" s="157"/>
+      <c r="U11" s="157"/>
       <c r="V11" s="52"/>
-      <c r="W11" s="303"/>
-[...2 lines deleted...]
-      <c r="Z11" s="195"/>
+      <c r="W11" s="158"/>
+      <c r="X11" s="158"/>
+      <c r="Y11" s="223"/>
+      <c r="Z11" s="213"/>
       <c r="AA11" s="33"/>
-      <c r="AB11" s="258"/>
-      <c r="AC11" s="258"/>
+      <c r="AB11" s="260"/>
+      <c r="AC11" s="260"/>
       <c r="AD11" s="23"/>
       <c r="AE11" s="110"/>
       <c r="AF11" s="110"/>
-      <c r="AG11" s="225" t="s">
+      <c r="AG11" s="135" t="s">
         <v>32</v>
       </c>
-      <c r="AH11" s="226"/>
+      <c r="AH11" s="264"/>
       <c r="AI11" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="AJ11" s="139">
+      <c r="AJ11" s="121">
         <f>[1]Hoja1!$C$2764</f>
         <v>21091.016640159869</v>
       </c>
-      <c r="AK11" s="196"/>
+      <c r="AK11" s="170"/>
     </row>
     <row r="12" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A12" s="11"/>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
-      <c r="D12" s="232" t="s">
+      <c r="D12" s="155" t="s">
         <v>71</v>
       </c>
-      <c r="E12" s="233"/>
+      <c r="E12" s="156"/>
       <c r="F12" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="G12" s="120">
+      <c r="G12" s="153">
         <f>[1]Hoja1!$C$2755</f>
         <v>8135.9098098563027</v>
       </c>
-      <c r="H12" s="121"/>
+      <c r="H12" s="154"/>
       <c r="I12" s="50"/>
       <c r="J12" s="37"/>
       <c r="K12" s="7"/>
-      <c r="L12" s="307" t="s">
+      <c r="L12" s="181" t="s">
         <v>24</v>
       </c>
-      <c r="M12" s="308"/>
+      <c r="M12" s="182"/>
       <c r="N12" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="O12" s="120">
+      <c r="O12" s="153">
         <f>[1]Hoja1!$C$2753</f>
         <v>8135.9098098563027</v>
       </c>
-      <c r="P12" s="121"/>
-[...3 lines deleted...]
-      <c r="T12" s="232" t="s">
+      <c r="P12" s="154"/>
+      <c r="Q12" s="187"/>
+      <c r="R12" s="188"/>
+      <c r="S12" s="188"/>
+      <c r="T12" s="155" t="s">
         <v>27</v>
       </c>
-      <c r="U12" s="233"/>
+      <c r="U12" s="156"/>
       <c r="V12" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="W12" s="215">
+      <c r="W12" s="159">
         <f>[1]Hoja1!$C$2758</f>
         <v>23962.702829863792</v>
       </c>
-      <c r="X12" s="257"/>
-[...1 lines deleted...]
-      <c r="Z12" s="195"/>
+      <c r="X12" s="160"/>
+      <c r="Y12" s="223"/>
+      <c r="Z12" s="213"/>
       <c r="AA12" s="44"/>
-      <c r="AB12" s="232" t="s">
+      <c r="AB12" s="155" t="s">
         <v>30</v>
       </c>
-      <c r="AC12" s="233"/>
+      <c r="AC12" s="156"/>
       <c r="AD12" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="AE12" s="120">
+      <c r="AE12" s="153">
         <f>[1]Hoja1!$C$2760</f>
         <v>28252.787907844726</v>
       </c>
-      <c r="AF12" s="121"/>
-[...1 lines deleted...]
-      <c r="AH12" s="195"/>
+      <c r="AF12" s="154"/>
+      <c r="AG12" s="223"/>
+      <c r="AH12" s="213"/>
       <c r="AI12" s="109"/>
-      <c r="AJ12" s="227"/>
-      <c r="AK12" s="228"/>
+      <c r="AJ12" s="186"/>
+      <c r="AK12" s="266"/>
     </row>
     <row r="13" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="229" t="s">
+      <c r="A13" s="267" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="230"/>
-[...2 lines deleted...]
-      <c r="E13" s="175" t="s">
+      <c r="B13" s="268"/>
+      <c r="C13" s="268"/>
+      <c r="D13" s="269"/>
+      <c r="E13" s="220" t="s">
         <v>0</v>
       </c>
-      <c r="F13" s="175"/>
+      <c r="F13" s="220"/>
       <c r="G13" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="H13" s="130" t="s">
+      <c r="H13" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="I13" s="131"/>
-      <c r="J13" s="237" t="s">
+      <c r="I13" s="118"/>
+      <c r="J13" s="217" t="s">
         <v>34</v>
       </c>
-      <c r="K13" s="238"/>
-[...1 lines deleted...]
-      <c r="M13" s="175" t="s">
+      <c r="K13" s="218"/>
+      <c r="L13" s="219"/>
+      <c r="M13" s="220" t="s">
         <v>0</v>
       </c>
-      <c r="N13" s="175"/>
-      <c r="O13" s="234" t="s">
+      <c r="N13" s="220"/>
+      <c r="O13" s="127" t="s">
         <v>1</v>
       </c>
-      <c r="P13" s="235"/>
-      <c r="Q13" s="237" t="s">
+      <c r="P13" s="254"/>
+      <c r="Q13" s="217" t="s">
         <v>36</v>
       </c>
-      <c r="R13" s="238"/>
-[...1 lines deleted...]
-      <c r="T13" s="157" t="s">
+      <c r="R13" s="218"/>
+      <c r="S13" s="219"/>
+      <c r="T13" s="123" t="s">
         <v>0</v>
       </c>
-      <c r="U13" s="131"/>
-      <c r="V13" s="234" t="s">
+      <c r="U13" s="118"/>
+      <c r="V13" s="127" t="s">
         <v>1</v>
       </c>
-      <c r="W13" s="320"/>
-      <c r="X13" s="188" t="s">
+      <c r="W13" s="128"/>
+      <c r="X13" s="150" t="s">
         <v>38</v>
       </c>
-      <c r="Y13" s="189"/>
-[...3 lines deleted...]
-      <c r="AC13" s="130" t="s">
+      <c r="Y13" s="151"/>
+      <c r="Z13" s="151"/>
+      <c r="AA13" s="151"/>
+      <c r="AB13" s="152"/>
+      <c r="AC13" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="AD13" s="131"/>
-      <c r="AE13" s="130" t="s">
+      <c r="AD13" s="118"/>
+      <c r="AE13" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="AF13" s="131"/>
+      <c r="AF13" s="118"/>
       <c r="AG13" s="3"/>
       <c r="AK13" s="10"/>
     </row>
     <row r="14" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A14" s="16"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="2"/>
-      <c r="E14" s="200"/>
-      <c r="F14" s="211"/>
+      <c r="E14" s="263"/>
+      <c r="F14" s="145"/>
       <c r="G14" s="55"/>
-      <c r="H14" s="284"/>
-      <c r="I14" s="288"/>
+      <c r="H14" s="209"/>
+      <c r="I14" s="214"/>
       <c r="J14" s="51"/>
       <c r="K14" s="1"/>
       <c r="L14" s="2"/>
       <c r="M14" s="1"/>
       <c r="N14" s="2"/>
-      <c r="O14" s="120"/>
-[...5 lines deleted...]
-      <c r="U14" s="277"/>
+      <c r="O14" s="153"/>
+      <c r="P14" s="203"/>
+      <c r="Q14" s="270"/>
+      <c r="R14" s="271"/>
+      <c r="S14" s="271"/>
+      <c r="T14" s="124"/>
+      <c r="U14" s="124"/>
       <c r="V14" s="19"/>
       <c r="W14" s="2"/>
       <c r="Y14" s="108"/>
       <c r="Z14" s="108"/>
       <c r="AA14" s="111"/>
       <c r="AB14" s="111"/>
-      <c r="AC14" s="244"/>
-      <c r="AD14" s="245"/>
+      <c r="AC14" s="234"/>
+      <c r="AD14" s="275"/>
       <c r="AG14" s="3"/>
       <c r="AK14" s="10"/>
     </row>
     <row r="15" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A15" s="9"/>
       <c r="D15" s="4"/>
-      <c r="E15" s="225" t="s">
+      <c r="E15" s="135" t="s">
         <v>89</v>
       </c>
-      <c r="F15" s="226"/>
+      <c r="F15" s="264"/>
       <c r="G15" s="63" t="s">
         <v>3</v>
       </c>
-      <c r="H15" s="139">
+      <c r="H15" s="121">
         <f>[1]Hoja1!$C$2765</f>
         <v>21091.016640159869</v>
       </c>
-      <c r="I15" s="140"/>
+      <c r="I15" s="207"/>
       <c r="J15" s="35"/>
       <c r="L15" s="4"/>
-      <c r="M15" s="130" t="s">
+      <c r="M15" s="117" t="s">
         <v>35</v>
       </c>
-      <c r="N15" s="131"/>
-      <c r="O15" s="139">
+      <c r="N15" s="118"/>
+      <c r="O15" s="121">
         <f>[1]Hoja1!$C$2767</f>
         <v>15916.512145725022</v>
       </c>
-      <c r="P15" s="140"/>
-[...3 lines deleted...]
-      <c r="T15" s="318" t="s">
+      <c r="P15" s="207"/>
+      <c r="Q15" s="272"/>
+      <c r="R15" s="273"/>
+      <c r="S15" s="273"/>
+      <c r="T15" s="125" t="s">
         <v>37</v>
       </c>
-      <c r="U15" s="319"/>
-      <c r="V15" s="256">
+      <c r="U15" s="126"/>
+      <c r="V15" s="129">
         <f>[1]Hoja1!$C$2768</f>
         <v>18400.335315333436</v>
       </c>
-      <c r="W15" s="256"/>
+      <c r="W15" s="129"/>
       <c r="X15" s="112"/>
       <c r="Y15" s="108"/>
       <c r="Z15" s="108"/>
-      <c r="AA15" s="243"/>
-[...1 lines deleted...]
-      <c r="AC15" s="246" t="s">
+      <c r="AA15" s="274"/>
+      <c r="AB15" s="274"/>
+      <c r="AC15" s="276" t="s">
         <v>39</v>
       </c>
-      <c r="AD15" s="247"/>
-      <c r="AE15" s="139">
+      <c r="AD15" s="277"/>
+      <c r="AE15" s="121">
         <f>[1]Hoja1!$C$2756</f>
         <v>16155.804091482454</v>
       </c>
-      <c r="AF15" s="224"/>
+      <c r="AF15" s="122"/>
       <c r="AG15" s="3"/>
       <c r="AK15" s="10"/>
     </row>
     <row r="16" spans="1:42" x14ac:dyDescent="0.25">
       <c r="A16" s="9"/>
       <c r="D16" s="4"/>
-      <c r="E16" s="199"/>
-      <c r="F16" s="211"/>
+      <c r="E16" s="265"/>
+      <c r="F16" s="145"/>
       <c r="G16" s="56"/>
-      <c r="H16" s="284"/>
-      <c r="I16" s="288"/>
+      <c r="H16" s="209"/>
+      <c r="I16" s="214"/>
       <c r="J16" s="35"/>
       <c r="L16" s="4"/>
       <c r="N16" s="4"/>
-      <c r="O16" s="215"/>
-[...5 lines deleted...]
-      <c r="U16" s="277"/>
+      <c r="O16" s="159"/>
+      <c r="P16" s="259"/>
+      <c r="Q16" s="272"/>
+      <c r="R16" s="273"/>
+      <c r="S16" s="273"/>
+      <c r="T16" s="124"/>
+      <c r="U16" s="124"/>
       <c r="V16" s="5"/>
       <c r="W16" s="7"/>
       <c r="Y16" s="108"/>
       <c r="Z16" s="108"/>
       <c r="AA16" s="111"/>
       <c r="AB16" s="111"/>
-      <c r="AC16" s="186"/>
-      <c r="AD16" s="271"/>
+      <c r="AC16" s="190"/>
+      <c r="AD16" s="191"/>
       <c r="AG16" s="5"/>
       <c r="AH16" s="6"/>
       <c r="AI16" s="6"/>
       <c r="AJ16" s="6"/>
       <c r="AK16" s="27"/>
     </row>
     <row r="17" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A17" s="89"/>
       <c r="B17" s="53"/>
       <c r="C17" s="53"/>
       <c r="D17" s="54"/>
       <c r="E17" s="113"/>
       <c r="F17" s="113"/>
       <c r="G17" s="57"/>
-      <c r="H17" s="289"/>
-      <c r="I17" s="290"/>
+      <c r="H17" s="215"/>
+      <c r="I17" s="216"/>
       <c r="J17" s="64"/>
       <c r="K17" s="114"/>
       <c r="L17" s="65"/>
       <c r="M17" s="58"/>
       <c r="N17" s="59"/>
-      <c r="O17" s="289"/>
-[...5 lines deleted...]
-      <c r="U17" s="324"/>
+      <c r="O17" s="215"/>
+      <c r="P17" s="221"/>
+      <c r="Q17" s="139"/>
+      <c r="R17" s="140"/>
+      <c r="S17" s="140"/>
+      <c r="T17" s="141"/>
+      <c r="U17" s="141"/>
       <c r="V17" s="58"/>
       <c r="W17" s="59"/>
       <c r="X17" s="114"/>
       <c r="Y17" s="114"/>
       <c r="Z17" s="114"/>
       <c r="AA17" s="114"/>
       <c r="AB17" s="114"/>
       <c r="AC17" s="58"/>
       <c r="AD17" s="59"/>
       <c r="AE17" s="61"/>
       <c r="AF17" s="59"/>
       <c r="AG17" s="113"/>
       <c r="AH17" s="113"/>
       <c r="AI17" s="113"/>
       <c r="AJ17" s="113"/>
       <c r="AK17" s="60"/>
     </row>
     <row r="18" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="261" t="s">
+      <c r="A18" s="245" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="262"/>
-[...2 lines deleted...]
-      <c r="E18" s="129" t="s">
+      <c r="B18" s="246"/>
+      <c r="C18" s="246"/>
+      <c r="D18" s="246"/>
+      <c r="E18" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="F18" s="129"/>
-      <c r="G18" s="130" t="s">
+      <c r="F18" s="142"/>
+      <c r="G18" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="H18" s="131"/>
-      <c r="I18" s="127" t="s">
+      <c r="H18" s="118"/>
+      <c r="I18" s="130" t="s">
         <v>42</v>
       </c>
-      <c r="J18" s="128"/>
-[...2 lines deleted...]
-      <c r="M18" s="129" t="s">
+      <c r="J18" s="131"/>
+      <c r="K18" s="131"/>
+      <c r="L18" s="132"/>
+      <c r="M18" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="N18" s="129"/>
-      <c r="O18" s="130" t="s">
+      <c r="N18" s="142"/>
+      <c r="O18" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="P18" s="131"/>
-      <c r="Q18" s="158" t="s">
+      <c r="P18" s="118"/>
+      <c r="Q18" s="133" t="s">
         <v>44</v>
       </c>
-      <c r="R18" s="159"/>
-[...1 lines deleted...]
-      <c r="T18" s="130" t="s">
+      <c r="R18" s="134"/>
+      <c r="S18" s="134"/>
+      <c r="T18" s="117" t="s">
         <v>0</v>
       </c>
-      <c r="U18" s="131"/>
+      <c r="U18" s="118"/>
       <c r="V18" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="W18" s="130" t="s">
+      <c r="W18" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="X18" s="131"/>
-      <c r="Y18" s="127" t="s">
+      <c r="X18" s="118"/>
+      <c r="Y18" s="130" t="s">
         <v>48</v>
       </c>
-      <c r="Z18" s="128"/>
-[...2 lines deleted...]
-      <c r="AC18" s="158" t="s">
+      <c r="Z18" s="131"/>
+      <c r="AA18" s="131"/>
+      <c r="AB18" s="132"/>
+      <c r="AC18" s="133" t="s">
         <v>50</v>
       </c>
-      <c r="AD18" s="159"/>
-[...2 lines deleted...]
-      <c r="AG18" s="130" t="s">
+      <c r="AD18" s="134"/>
+      <c r="AE18" s="134"/>
+      <c r="AF18" s="278"/>
+      <c r="AG18" s="117" t="s">
         <v>0</v>
       </c>
-      <c r="AH18" s="131"/>
-      <c r="AI18" s="130" t="s">
+      <c r="AH18" s="118"/>
+      <c r="AI18" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="AJ18" s="157"/>
-      <c r="AK18" s="191"/>
+      <c r="AJ18" s="123"/>
+      <c r="AK18" s="288"/>
     </row>
     <row r="19" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A19" s="16"/>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="2"/>
-      <c r="E19" s="263"/>
-[...2 lines deleted...]
-      <c r="H19" s="131"/>
+      <c r="E19" s="144"/>
+      <c r="F19" s="144"/>
+      <c r="G19" s="117"/>
+      <c r="H19" s="118"/>
       <c r="I19" s="35"/>
       <c r="L19" s="4"/>
-      <c r="M19" s="325"/>
-[...2 lines deleted...]
-      <c r="P19" s="205"/>
+      <c r="M19" s="143"/>
+      <c r="N19" s="144"/>
+      <c r="O19" s="220"/>
+      <c r="P19" s="192"/>
       <c r="Q19" s="51"/>
       <c r="R19" s="40"/>
       <c r="S19" s="66"/>
-      <c r="T19" s="225" t="s">
+      <c r="T19" s="135" t="s">
         <v>45</v>
       </c>
-      <c r="U19" s="321"/>
+      <c r="U19" s="136"/>
       <c r="V19" s="62" t="s">
         <v>3</v>
       </c>
-      <c r="W19" s="139">
+      <c r="W19" s="121">
         <f>[1]Hoja1!$C$2761</f>
         <v>2536.877325858226</v>
       </c>
-      <c r="X19" s="224"/>
-      <c r="Y19" s="130" t="s">
+      <c r="X19" s="122"/>
+      <c r="Y19" s="117" t="s">
         <v>0</v>
       </c>
-      <c r="Z19" s="157"/>
-      <c r="AA19" s="130" t="s">
+      <c r="Z19" s="123"/>
+      <c r="AA19" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="AB19" s="157"/>
+      <c r="AB19" s="123"/>
       <c r="AC19" s="69"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="70"/>
       <c r="AF19" s="71"/>
-      <c r="AG19" s="123"/>
-[...3 lines deleted...]
-      <c r="AK19" s="198"/>
+      <c r="AG19" s="206"/>
+      <c r="AH19" s="230"/>
+      <c r="AI19" s="190"/>
+      <c r="AJ19" s="262"/>
+      <c r="AK19" s="289"/>
     </row>
     <row r="20" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A20" s="9"/>
       <c r="D20" s="4"/>
-      <c r="E20" s="212"/>
-[...2 lines deleted...]
-      <c r="H20" s="182"/>
+      <c r="E20" s="146"/>
+      <c r="F20" s="146"/>
+      <c r="G20" s="119"/>
+      <c r="H20" s="120"/>
       <c r="I20" s="35"/>
       <c r="L20" s="4"/>
-      <c r="M20" s="211"/>
-[...2 lines deleted...]
-      <c r="P20" s="123"/>
+      <c r="M20" s="145"/>
+      <c r="N20" s="146"/>
+      <c r="O20" s="205"/>
+      <c r="P20" s="206"/>
       <c r="Q20" s="35"/>
       <c r="R20" s="107"/>
       <c r="S20" s="67"/>
-      <c r="T20" s="221"/>
-      <c r="U20" s="208"/>
+      <c r="T20" s="137"/>
+      <c r="U20" s="138"/>
       <c r="V20" s="24"/>
-      <c r="W20" s="221"/>
-[...1 lines deleted...]
-      <c r="Y20" s="213" t="s">
+      <c r="W20" s="137"/>
+      <c r="X20" s="222"/>
+      <c r="Y20" s="281" t="s">
         <v>49</v>
       </c>
-      <c r="Z20" s="214"/>
-      <c r="AA20" s="120">
+      <c r="Z20" s="282"/>
+      <c r="AA20" s="153">
         <f>[1]Hoja1!$C$2774</f>
         <v>14627.216567620202</v>
       </c>
-      <c r="AB20" s="236"/>
+      <c r="AB20" s="203"/>
       <c r="AC20" s="72"/>
       <c r="AF20" s="4"/>
-      <c r="AG20" s="123"/>
-[...3 lines deleted...]
-      <c r="AK20" s="201"/>
+      <c r="AG20" s="206"/>
+      <c r="AH20" s="230"/>
+      <c r="AI20" s="265"/>
+      <c r="AJ20" s="263"/>
+      <c r="AK20" s="290"/>
     </row>
     <row r="21" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A21" s="9"/>
       <c r="D21" s="4"/>
-      <c r="E21" s="270" t="s">
+      <c r="E21" s="166" t="s">
         <v>41</v>
       </c>
-      <c r="F21" s="270"/>
-      <c r="G21" s="139">
+      <c r="F21" s="166"/>
+      <c r="G21" s="121">
         <f>[1]Hoja1!$C$2766</f>
         <v>12030.268673348128</v>
       </c>
-      <c r="H21" s="224"/>
+      <c r="H21" s="122"/>
       <c r="I21" s="35"/>
       <c r="L21" s="4"/>
-      <c r="M21" s="225" t="s">
+      <c r="M21" s="135" t="s">
         <v>43</v>
       </c>
-      <c r="N21" s="321"/>
-      <c r="O21" s="139">
+      <c r="N21" s="136"/>
+      <c r="O21" s="121">
         <f>[1]Hoja1!$C$2770</f>
         <v>14910.963458783261</v>
       </c>
-      <c r="P21" s="140"/>
+      <c r="P21" s="207"/>
       <c r="Q21" s="35"/>
       <c r="R21" s="107"/>
       <c r="S21" s="67"/>
-      <c r="T21" s="130" t="s">
+      <c r="T21" s="117" t="s">
         <v>46</v>
       </c>
-      <c r="U21" s="131"/>
+      <c r="U21" s="118"/>
       <c r="V21" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="W21" s="139">
+      <c r="W21" s="121">
         <f>[1]Hoja1!$C$2762</f>
         <v>3115.3931091452446</v>
       </c>
-      <c r="X21" s="224"/>
-[...1 lines deleted...]
-      <c r="Z21" s="216"/>
+      <c r="X21" s="122"/>
+      <c r="Y21" s="159"/>
+      <c r="Z21" s="259"/>
       <c r="AA21" s="1"/>
       <c r="AB21" s="68"/>
       <c r="AC21" s="73"/>
       <c r="AE21" s="115"/>
       <c r="AF21" s="74"/>
-      <c r="AG21" s="130" t="s">
+      <c r="AG21" s="117" t="s">
         <v>51</v>
       </c>
-      <c r="AH21" s="131"/>
-      <c r="AI21" s="139">
+      <c r="AH21" s="118"/>
+      <c r="AI21" s="121">
         <f>[1]Hoja1!$C$2796</f>
         <v>11849.897805637826</v>
       </c>
-      <c r="AJ21" s="140"/>
-      <c r="AK21" s="196"/>
+      <c r="AJ21" s="207"/>
+      <c r="AK21" s="170"/>
     </row>
     <row r="22" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A22" s="9"/>
       <c r="D22" s="4"/>
-      <c r="E22" s="212"/>
-[...2 lines deleted...]
-      <c r="H22" s="182"/>
+      <c r="E22" s="146"/>
+      <c r="F22" s="146"/>
+      <c r="G22" s="119"/>
+      <c r="H22" s="120"/>
       <c r="I22" s="35"/>
       <c r="L22" s="4"/>
-      <c r="M22" s="211"/>
-[...2 lines deleted...]
-      <c r="P22" s="284"/>
+      <c r="M22" s="145"/>
+      <c r="N22" s="146"/>
+      <c r="O22" s="208"/>
+      <c r="P22" s="209"/>
       <c r="Q22" s="35"/>
       <c r="R22" s="107"/>
       <c r="S22" s="67"/>
-      <c r="T22" s="221"/>
-      <c r="U22" s="208"/>
+      <c r="T22" s="137"/>
+      <c r="U22" s="138"/>
       <c r="V22" s="24"/>
-      <c r="W22" s="221"/>
-[...2 lines deleted...]
-      <c r="Z22" s="218"/>
+      <c r="W22" s="137"/>
+      <c r="X22" s="222"/>
+      <c r="Y22" s="283"/>
+      <c r="Z22" s="284"/>
       <c r="AC22" s="3"/>
       <c r="AF22" s="4"/>
-      <c r="AG22" s="123"/>
-[...3 lines deleted...]
-      <c r="AK22" s="204"/>
+      <c r="AG22" s="206"/>
+      <c r="AH22" s="230"/>
+      <c r="AI22" s="255"/>
+      <c r="AJ22" s="256"/>
+      <c r="AK22" s="291"/>
     </row>
     <row r="23" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A23" s="11"/>
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="7"/>
-      <c r="E23" s="270"/>
-[...2 lines deleted...]
-      <c r="H23" s="131"/>
+      <c r="E23" s="166"/>
+      <c r="F23" s="166"/>
+      <c r="G23" s="117"/>
+      <c r="H23" s="118"/>
       <c r="I23" s="35"/>
       <c r="L23" s="4"/>
-      <c r="M23" s="131"/>
-[...2 lines deleted...]
-      <c r="P23" s="220"/>
+      <c r="M23" s="118"/>
+      <c r="N23" s="142"/>
+      <c r="O23" s="285"/>
+      <c r="P23" s="286"/>
       <c r="Q23" s="35"/>
       <c r="R23" s="107"/>
       <c r="S23" s="67"/>
-      <c r="T23" s="222" t="s">
+      <c r="T23" s="279" t="s">
         <v>47</v>
       </c>
-      <c r="U23" s="223"/>
+      <c r="U23" s="280"/>
       <c r="V23" s="31" t="s">
         <v>7</v>
       </c>
-      <c r="W23" s="139">
+      <c r="W23" s="121">
         <f>[1]Hoja1!$C$2763</f>
         <v>5188.5240552238574</v>
       </c>
-      <c r="X23" s="224"/>
-[...1 lines deleted...]
-      <c r="Z23" s="218"/>
+      <c r="X23" s="122"/>
+      <c r="Y23" s="283"/>
+      <c r="Z23" s="284"/>
       <c r="AC23" s="3"/>
       <c r="AE23" s="115"/>
       <c r="AF23" s="74"/>
       <c r="AG23" s="81"/>
       <c r="AH23" s="70"/>
       <c r="AI23" s="80"/>
       <c r="AJ23" s="87"/>
       <c r="AK23" s="102"/>
     </row>
     <row r="24" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A24" s="11"/>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="7"/>
-      <c r="E24" s="287"/>
-[...2 lines deleted...]
-      <c r="H24" s="208"/>
+      <c r="E24" s="212"/>
+      <c r="F24" s="212"/>
+      <c r="G24" s="137"/>
+      <c r="H24" s="138"/>
       <c r="I24" s="50"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="7"/>
       <c r="M24" s="21"/>
       <c r="N24" s="22"/>
       <c r="O24" s="21"/>
       <c r="P24" s="21"/>
       <c r="Q24" s="50"/>
       <c r="R24" s="37"/>
       <c r="S24" s="7"/>
       <c r="T24" s="20"/>
       <c r="U24" s="22"/>
       <c r="V24" s="24"/>
-      <c r="W24" s="221"/>
-[...2 lines deleted...]
-      <c r="Z24" s="299"/>
+      <c r="W24" s="137"/>
+      <c r="X24" s="222"/>
+      <c r="Y24" s="197"/>
+      <c r="Z24" s="198"/>
       <c r="AA24" s="6"/>
       <c r="AB24" s="6"/>
       <c r="AC24" s="3"/>
-      <c r="AG24" s="122"/>
-      <c r="AH24" s="122"/>
+      <c r="AG24" s="205"/>
+      <c r="AH24" s="205"/>
       <c r="AI24" s="49"/>
       <c r="AJ24" s="48"/>
       <c r="AK24" s="90"/>
     </row>
     <row r="25" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="156" t="s">
+      <c r="A25" s="175" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="128"/>
-[...1 lines deleted...]
-      <c r="D25" s="129" t="s">
+      <c r="B25" s="131"/>
+      <c r="C25" s="132"/>
+      <c r="D25" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="E25" s="129"/>
-      <c r="F25" s="130" t="s">
+      <c r="E25" s="142"/>
+      <c r="F25" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="G25" s="165"/>
-      <c r="H25" s="158" t="s">
+      <c r="G25" s="228"/>
+      <c r="H25" s="133" t="s">
         <v>53</v>
       </c>
-      <c r="I25" s="159"/>
-[...1 lines deleted...]
-      <c r="K25" s="129" t="s">
+      <c r="I25" s="134"/>
+      <c r="J25" s="278"/>
+      <c r="K25" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="L25" s="129"/>
-      <c r="M25" s="130" t="s">
+      <c r="L25" s="142"/>
+      <c r="M25" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="N25" s="165"/>
-      <c r="O25" s="127" t="s">
+      <c r="N25" s="228"/>
+      <c r="O25" s="130" t="s">
         <v>55</v>
       </c>
-      <c r="P25" s="128"/>
-[...1 lines deleted...]
-      <c r="R25" s="165" t="s">
+      <c r="P25" s="131"/>
+      <c r="Q25" s="132"/>
+      <c r="R25" s="228" t="s">
         <v>0</v>
       </c>
-      <c r="S25" s="175"/>
-      <c r="T25" s="205" t="s">
+      <c r="S25" s="220"/>
+      <c r="T25" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="U25" s="206"/>
-      <c r="V25" s="180" t="s">
+      <c r="U25" s="193"/>
+      <c r="V25" s="294" t="s">
         <v>57</v>
       </c>
-      <c r="W25" s="159"/>
-[...1 lines deleted...]
-      <c r="Y25" s="165" t="s">
+      <c r="W25" s="134"/>
+      <c r="X25" s="278"/>
+      <c r="Y25" s="228" t="s">
         <v>0</v>
       </c>
-      <c r="Z25" s="175"/>
-      <c r="AA25" s="205" t="s">
+      <c r="Z25" s="220"/>
+      <c r="AA25" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="AB25" s="206"/>
-      <c r="AC25" s="188" t="s">
+      <c r="AB25" s="193"/>
+      <c r="AC25" s="150" t="s">
         <v>58</v>
       </c>
-      <c r="AD25" s="189"/>
-[...2 lines deleted...]
-      <c r="AG25" s="165" t="s">
+      <c r="AD25" s="151"/>
+      <c r="AE25" s="151"/>
+      <c r="AF25" s="152"/>
+      <c r="AG25" s="228" t="s">
         <v>0</v>
       </c>
-      <c r="AH25" s="175"/>
-      <c r="AI25" s="130" t="s">
+      <c r="AH25" s="220"/>
+      <c r="AI25" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="AJ25" s="157"/>
-      <c r="AK25" s="191"/>
+      <c r="AJ25" s="123"/>
+      <c r="AK25" s="288"/>
     </row>
     <row r="26" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A26" s="9"/>
       <c r="C26" s="4"/>
-      <c r="D26" s="123"/>
-[...4 lines deleted...]
-      <c r="I26" s="278"/>
+      <c r="D26" s="206"/>
+      <c r="E26" s="230"/>
+      <c r="F26" s="233"/>
+      <c r="G26" s="168"/>
+      <c r="H26" s="234"/>
+      <c r="I26" s="235"/>
       <c r="J26" s="2"/>
-      <c r="K26" s="161"/>
-[...2 lines deleted...]
-      <c r="N26" s="280"/>
+      <c r="K26" s="301"/>
+      <c r="L26" s="315"/>
+      <c r="M26" s="237"/>
+      <c r="N26" s="238"/>
       <c r="O26" s="3"/>
       <c r="Q26" s="33"/>
-      <c r="R26" s="133"/>
-[...9 lines deleted...]
-      <c r="AB26" s="122"/>
+      <c r="R26" s="229"/>
+      <c r="S26" s="230"/>
+      <c r="T26" s="190"/>
+      <c r="U26" s="194"/>
+      <c r="V26" s="295"/>
+      <c r="W26" s="296"/>
+      <c r="X26" s="297"/>
+      <c r="Y26" s="119"/>
+      <c r="Z26" s="120"/>
+      <c r="AA26" s="205"/>
+      <c r="AB26" s="205"/>
       <c r="AC26" s="3"/>
       <c r="AE26" s="107"/>
       <c r="AF26" s="79"/>
-      <c r="AG26" s="192"/>
-[...2 lines deleted...]
-      <c r="AK26" s="179"/>
+      <c r="AG26" s="298"/>
+      <c r="AH26" s="299"/>
+      <c r="AJ26" s="273"/>
+      <c r="AK26" s="293"/>
     </row>
     <row r="27" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A27" s="9"/>
       <c r="C27" s="4"/>
-      <c r="D27" s="125" t="s">
+      <c r="D27" s="199" t="s">
         <v>72</v>
       </c>
-      <c r="E27" s="126"/>
-      <c r="F27" s="276">
+      <c r="E27" s="200"/>
+      <c r="F27" s="232">
         <f>[1]Hoja1!$C$2771</f>
         <v>32733.724702103111</v>
       </c>
-      <c r="G27" s="138"/>
-[...1 lines deleted...]
-      <c r="I27" s="144"/>
+      <c r="G27" s="195"/>
+      <c r="H27" s="236"/>
+      <c r="I27" s="204"/>
       <c r="J27" s="4"/>
-      <c r="K27" s="125" t="s">
+      <c r="K27" s="199" t="s">
         <v>73</v>
       </c>
-      <c r="L27" s="126"/>
-      <c r="M27" s="281">
+      <c r="L27" s="200"/>
+      <c r="M27" s="239">
         <f>[1]Hoja1!$C$2772</f>
         <v>21868.180447985244</v>
       </c>
-      <c r="N27" s="282"/>
+      <c r="N27" s="240"/>
       <c r="O27" s="3"/>
       <c r="Q27" s="4"/>
-      <c r="R27" s="275" t="s">
+      <c r="R27" s="231" t="s">
         <v>74</v>
       </c>
-      <c r="S27" s="126"/>
-      <c r="T27" s="138">
+      <c r="S27" s="200"/>
+      <c r="T27" s="195">
         <f>[1]Hoja1!$C$2773</f>
         <v>21868.180447985244</v>
       </c>
-      <c r="U27" s="136"/>
+      <c r="U27" s="196"/>
       <c r="V27" s="3"/>
       <c r="X27" s="4"/>
-      <c r="Y27" s="125" t="s">
+      <c r="Y27" s="199" t="s">
         <v>75</v>
       </c>
-      <c r="Z27" s="126"/>
-      <c r="AA27" s="138">
+      <c r="Z27" s="200"/>
+      <c r="AA27" s="195">
         <f>[1]Hoja1!$C$2769</f>
         <v>28732.157370495381</v>
       </c>
-      <c r="AB27" s="300"/>
+      <c r="AB27" s="201"/>
       <c r="AC27" s="3"/>
-      <c r="AD27" s="178"/>
-      <c r="AE27" s="178"/>
+      <c r="AD27" s="273"/>
+      <c r="AE27" s="273"/>
       <c r="AF27" s="4"/>
-      <c r="AG27" s="194"/>
-      <c r="AH27" s="195"/>
+      <c r="AG27" s="223"/>
+      <c r="AH27" s="213"/>
       <c r="AK27" s="10"/>
     </row>
     <row r="28" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A28" s="9"/>
       <c r="C28" s="4"/>
-      <c r="D28" s="123"/>
-[...4 lines deleted...]
-      <c r="I28" s="144"/>
+      <c r="D28" s="206"/>
+      <c r="E28" s="230"/>
+      <c r="F28" s="124"/>
+      <c r="G28" s="190"/>
+      <c r="H28" s="236"/>
+      <c r="I28" s="204"/>
       <c r="J28" s="4"/>
-      <c r="K28" s="161"/>
-[...2 lines deleted...]
-      <c r="N28" s="271"/>
+      <c r="K28" s="301"/>
+      <c r="L28" s="315"/>
+      <c r="M28" s="190"/>
+      <c r="N28" s="191"/>
       <c r="O28" s="3"/>
       <c r="Q28" s="33"/>
-      <c r="R28" s="133"/>
-[...2 lines deleted...]
-      <c r="U28" s="297"/>
+      <c r="R28" s="229"/>
+      <c r="S28" s="230"/>
+      <c r="T28" s="190"/>
+      <c r="U28" s="194"/>
       <c r="V28" s="3"/>
       <c r="X28" s="4"/>
-      <c r="Y28" s="123"/>
-[...2 lines deleted...]
-      <c r="AB28" s="121"/>
+      <c r="Y28" s="206"/>
+      <c r="Z28" s="230"/>
+      <c r="AA28" s="153"/>
+      <c r="AB28" s="154"/>
       <c r="AC28" s="3"/>
       <c r="AF28" s="4"/>
-      <c r="AG28" s="130" t="s">
+      <c r="AG28" s="117" t="s">
         <v>80</v>
       </c>
-      <c r="AH28" s="131"/>
-      <c r="AI28" s="139">
+      <c r="AH28" s="118"/>
+      <c r="AI28" s="121">
         <f>[1]Hoja1!$C$3307</f>
         <v>9249.9390879985731</v>
       </c>
-      <c r="AJ28" s="140"/>
-      <c r="AK28" s="196"/>
+      <c r="AJ28" s="207"/>
+      <c r="AK28" s="170"/>
     </row>
     <row r="29" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A29" s="9"/>
-      <c r="D29" s="123"/>
-[...4 lines deleted...]
-      <c r="I29" s="144"/>
+      <c r="D29" s="206"/>
+      <c r="E29" s="230"/>
+      <c r="F29" s="233"/>
+      <c r="G29" s="168"/>
+      <c r="H29" s="236"/>
+      <c r="I29" s="204"/>
       <c r="J29" s="4"/>
       <c r="K29" s="20"/>
       <c r="L29" s="22"/>
-      <c r="M29" s="186"/>
-      <c r="N29" s="187"/>
+      <c r="M29" s="190"/>
+      <c r="N29" s="224"/>
       <c r="O29" s="3"/>
       <c r="Q29" s="4"/>
-      <c r="R29" s="221"/>
-      <c r="S29" s="208"/>
+      <c r="R29" s="137"/>
+      <c r="S29" s="138"/>
       <c r="T29" s="20"/>
       <c r="U29" s="21"/>
       <c r="V29" s="3"/>
       <c r="X29" s="4"/>
-      <c r="Y29" s="186"/>
-[...2 lines deleted...]
-      <c r="AB29" s="208"/>
+      <c r="Y29" s="190"/>
+      <c r="Z29" s="224"/>
+      <c r="AA29" s="222"/>
+      <c r="AB29" s="138"/>
       <c r="AC29" s="3"/>
       <c r="AF29" s="4"/>
-      <c r="AG29" s="194"/>
-[...2 lines deleted...]
-      <c r="AK29" s="177"/>
+      <c r="AG29" s="223"/>
+      <c r="AH29" s="213"/>
+      <c r="AJ29" s="162"/>
+      <c r="AK29" s="292"/>
     </row>
     <row r="30" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A30" s="9"/>
       <c r="D30" s="76"/>
       <c r="E30" s="115"/>
       <c r="F30" s="115"/>
       <c r="G30" s="115"/>
       <c r="H30" s="76"/>
       <c r="I30" s="115"/>
       <c r="J30" s="4"/>
       <c r="K30" s="3"/>
-      <c r="M30" s="135"/>
-      <c r="N30" s="272"/>
+      <c r="M30" s="189"/>
+      <c r="N30" s="225"/>
       <c r="O30" s="3"/>
       <c r="Q30" s="4"/>
-      <c r="R30" s="195"/>
-      <c r="S30" s="195"/>
+      <c r="R30" s="213"/>
+      <c r="S30" s="213"/>
       <c r="V30" s="3"/>
       <c r="X30" s="4"/>
       <c r="Y30" s="3"/>
       <c r="AB30" s="4"/>
       <c r="AC30" s="3"/>
       <c r="AF30" s="4"/>
-      <c r="AG30" s="194"/>
-      <c r="AH30" s="195"/>
+      <c r="AG30" s="223"/>
+      <c r="AH30" s="213"/>
       <c r="AK30" s="10"/>
     </row>
     <row r="31" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A31" s="11"/>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="77"/>
       <c r="E31" s="78"/>
       <c r="F31" s="78"/>
       <c r="G31" s="78"/>
-      <c r="H31" s="163" t="s">
+      <c r="H31" s="241" t="s">
         <v>54</v>
       </c>
-      <c r="I31" s="164"/>
+      <c r="I31" s="242"/>
       <c r="J31" s="7"/>
       <c r="K31" s="5"/>
       <c r="L31" s="6"/>
-      <c r="M31" s="273"/>
-[...1 lines deleted...]
-      <c r="O31" s="163" t="s">
+      <c r="M31" s="226"/>
+      <c r="N31" s="227"/>
+      <c r="O31" s="241" t="s">
         <v>56</v>
       </c>
-      <c r="P31" s="164"/>
-[...2 lines deleted...]
-      <c r="S31" s="195"/>
+      <c r="P31" s="242"/>
+      <c r="Q31" s="243"/>
+      <c r="R31" s="213"/>
+      <c r="S31" s="213"/>
       <c r="T31" s="6"/>
       <c r="U31" s="6"/>
-      <c r="V31" s="209" t="s">
+      <c r="V31" s="287" t="s">
         <v>54</v>
       </c>
-      <c r="W31" s="144"/>
-      <c r="X31" s="210"/>
+      <c r="W31" s="204"/>
+      <c r="X31" s="243"/>
       <c r="Y31" s="3"/>
       <c r="AA31" s="6"/>
       <c r="AB31" s="7"/>
       <c r="AC31" s="5"/>
       <c r="AD31" s="6"/>
       <c r="AF31" s="4"/>
-      <c r="AG31" s="194"/>
-      <c r="AH31" s="195"/>
+      <c r="AG31" s="223"/>
+      <c r="AH31" s="213"/>
       <c r="AK31" s="10"/>
     </row>
     <row r="32" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="156" t="s">
+      <c r="A32" s="175" t="s">
         <v>59</v>
       </c>
-      <c r="B32" s="128"/>
-[...2 lines deleted...]
-      <c r="E32" s="175" t="s">
+      <c r="B32" s="131"/>
+      <c r="C32" s="131"/>
+      <c r="D32" s="132"/>
+      <c r="E32" s="220" t="s">
         <v>0</v>
       </c>
-      <c r="F32" s="175"/>
-      <c r="G32" s="158" t="s">
+      <c r="F32" s="220"/>
+      <c r="G32" s="133" t="s">
         <v>60</v>
       </c>
-      <c r="H32" s="159"/>
-[...2 lines deleted...]
-      <c r="K32" s="127" t="s">
+      <c r="H32" s="134"/>
+      <c r="I32" s="134"/>
+      <c r="J32" s="278"/>
+      <c r="K32" s="130" t="s">
         <v>61</v>
       </c>
-      <c r="L32" s="128"/>
-[...2 lines deleted...]
-      <c r="O32" s="129" t="s">
+      <c r="L32" s="131"/>
+      <c r="M32" s="131"/>
+      <c r="N32" s="131"/>
+      <c r="O32" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="P32" s="129"/>
-      <c r="Q32" s="127" t="s">
+      <c r="P32" s="142"/>
+      <c r="Q32" s="130" t="s">
         <v>62</v>
       </c>
-      <c r="R32" s="128"/>
-[...1 lines deleted...]
-      <c r="T32" s="129" t="s">
+      <c r="R32" s="131"/>
+      <c r="S32" s="132"/>
+      <c r="T32" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="U32" s="130"/>
-      <c r="V32" s="127" t="s">
+      <c r="U32" s="117"/>
+      <c r="V32" s="130" t="s">
         <v>63</v>
       </c>
-      <c r="W32" s="128"/>
-[...1 lines deleted...]
-      <c r="Y32" s="155"/>
+      <c r="W32" s="131"/>
+      <c r="X32" s="131"/>
+      <c r="Y32" s="132"/>
       <c r="Z32" s="42" t="s">
         <v>64</v>
       </c>
-      <c r="AA32" s="129" t="s">
+      <c r="AA32" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="AB32" s="130"/>
-      <c r="AC32" s="205" t="s">
+      <c r="AB32" s="117"/>
+      <c r="AC32" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="AD32" s="206"/>
+      <c r="AD32" s="193"/>
       <c r="AE32" s="85" t="s">
         <v>67</v>
       </c>
       <c r="AF32" s="84"/>
       <c r="AG32" s="84"/>
       <c r="AH32" s="84"/>
       <c r="AI32" s="84"/>
       <c r="AJ32" s="84"/>
       <c r="AK32" s="91"/>
     </row>
     <row r="33" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A33" s="16"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="2"/>
-      <c r="E33" s="130" t="s">
+      <c r="E33" s="117" t="s">
         <v>77</v>
       </c>
-      <c r="F33" s="131"/>
-[...2 lines deleted...]
-      <c r="I33" s="129" t="s">
+      <c r="F33" s="118"/>
+      <c r="G33" s="301"/>
+      <c r="H33" s="302"/>
+      <c r="I33" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="J33" s="129"/>
+      <c r="J33" s="142"/>
       <c r="K33" s="19"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="2"/>
-      <c r="O33" s="130" t="s">
+      <c r="O33" s="117" t="s">
         <v>78</v>
       </c>
-      <c r="P33" s="131"/>
+      <c r="P33" s="118"/>
       <c r="Q33" s="81"/>
       <c r="R33" s="40"/>
       <c r="S33" s="82"/>
-      <c r="T33" s="130" t="s">
+      <c r="T33" s="117" t="s">
         <v>79</v>
       </c>
-      <c r="U33" s="131"/>
-[...3 lines deleted...]
-      <c r="Y33" s="150"/>
+      <c r="U33" s="118"/>
+      <c r="V33" s="322"/>
+      <c r="W33" s="323"/>
+      <c r="X33" s="324"/>
+      <c r="Y33" s="325"/>
       <c r="Z33" s="86" t="s">
         <v>65</v>
       </c>
-      <c r="AA33" s="130" t="s">
+      <c r="AA33" s="117" t="s">
         <v>81</v>
       </c>
-      <c r="AB33" s="131"/>
-      <c r="AC33" s="139">
+      <c r="AB33" s="118"/>
+      <c r="AC33" s="121">
         <f>[1]Hoja1!$C$3139</f>
         <v>8475.0086174835833</v>
       </c>
-      <c r="AD33" s="140"/>
+      <c r="AD33" s="207"/>
       <c r="AE33" s="76"/>
       <c r="AF33" s="115"/>
       <c r="AG33" s="104" t="s">
         <v>68</v>
       </c>
-      <c r="AH33" s="122" t="s">
+      <c r="AH33" s="205" t="s">
         <v>0</v>
       </c>
-      <c r="AI33" s="123"/>
-      <c r="AJ33" s="123" t="s">
+      <c r="AI33" s="206"/>
+      <c r="AJ33" s="206" t="s">
         <v>1</v>
       </c>
-      <c r="AK33" s="124"/>
+      <c r="AK33" s="312"/>
     </row>
     <row r="34" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A34" s="9"/>
       <c r="D34" s="4"/>
       <c r="E34" s="3"/>
       <c r="F34" s="4"/>
-      <c r="G34" s="134"/>
-[...1 lines deleted...]
-      <c r="I34" s="120" t="s">
+      <c r="G34" s="303"/>
+      <c r="H34" s="189"/>
+      <c r="I34" s="153" t="s">
         <v>76</v>
       </c>
-      <c r="J34" s="132"/>
+      <c r="J34" s="230"/>
       <c r="K34" s="3"/>
       <c r="N34" s="4"/>
-      <c r="O34" s="123"/>
-      <c r="P34" s="132"/>
+      <c r="O34" s="206"/>
+      <c r="P34" s="230"/>
       <c r="Q34" s="76"/>
       <c r="R34" s="107"/>
       <c r="S34" s="83"/>
       <c r="T34" s="3"/>
       <c r="U34" s="4"/>
-      <c r="V34" s="147"/>
-[...2 lines deleted...]
-      <c r="Y34" s="152"/>
+      <c r="V34" s="306"/>
+      <c r="W34" s="202"/>
+      <c r="X34" s="162"/>
+      <c r="Y34" s="309"/>
       <c r="Z34" s="26"/>
-      <c r="AA34" s="118"/>
-[...4 lines deleted...]
-      <c r="AF34" s="135"/>
+      <c r="AA34" s="317"/>
+      <c r="AB34" s="318"/>
+      <c r="AC34" s="229"/>
+      <c r="AD34" s="229"/>
+      <c r="AE34" s="303"/>
+      <c r="AF34" s="189"/>
       <c r="AG34" s="24"/>
-      <c r="AH34" s="125" t="s">
+      <c r="AH34" s="199" t="s">
         <v>83</v>
       </c>
-      <c r="AI34" s="126"/>
-      <c r="AJ34" s="136">
+      <c r="AI34" s="200"/>
+      <c r="AJ34" s="196">
         <f>[1]Hoja1!$C$3141</f>
         <v>9204.7941136093705</v>
       </c>
-      <c r="AK34" s="137"/>
+      <c r="AK34" s="319"/>
     </row>
     <row r="35" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A35" s="9"/>
       <c r="D35" s="4"/>
-      <c r="E35" s="130" t="s">
+      <c r="E35" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="F35" s="131"/>
-[...2 lines deleted...]
-      <c r="I35" s="130" t="s">
+      <c r="F35" s="118"/>
+      <c r="G35" s="236"/>
+      <c r="H35" s="162"/>
+      <c r="I35" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="J35" s="131"/>
+      <c r="J35" s="118"/>
       <c r="K35" s="3"/>
       <c r="N35" s="4"/>
-      <c r="O35" s="130" t="s">
+      <c r="O35" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="P35" s="131"/>
+      <c r="P35" s="118"/>
       <c r="Q35" s="76"/>
       <c r="R35" s="107"/>
       <c r="S35" s="83"/>
-      <c r="T35" s="130" t="s">
+      <c r="T35" s="117" t="s">
         <v>1</v>
       </c>
-      <c r="U35" s="131"/>
-[...3 lines deleted...]
-      <c r="Y35" s="152"/>
+      <c r="U35" s="118"/>
+      <c r="V35" s="306"/>
+      <c r="W35" s="202"/>
+      <c r="X35" s="162"/>
+      <c r="Y35" s="309"/>
       <c r="Z35" s="86" t="s">
         <v>66</v>
       </c>
-      <c r="AA35" s="130" t="s">
+      <c r="AA35" s="117" t="s">
         <v>82</v>
       </c>
-      <c r="AB35" s="131"/>
-      <c r="AC35" s="139">
+      <c r="AB35" s="118"/>
+      <c r="AC35" s="121">
         <f>[1]Hoja1!$C$3140</f>
         <v>9368.2922385895654</v>
       </c>
-      <c r="AD35" s="140"/>
-[...1 lines deleted...]
-      <c r="AF35" s="142"/>
+      <c r="AD35" s="207"/>
+      <c r="AE35" s="320"/>
+      <c r="AF35" s="321"/>
       <c r="AG35" s="103" t="s">
         <v>69</v>
       </c>
-      <c r="AH35" s="122" t="s">
+      <c r="AH35" s="205" t="s">
         <v>0</v>
       </c>
-      <c r="AI35" s="123"/>
-      <c r="AJ35" s="123" t="s">
+      <c r="AI35" s="206"/>
+      <c r="AJ35" s="206" t="s">
         <v>1</v>
       </c>
-      <c r="AK35" s="124"/>
+      <c r="AK35" s="312"/>
     </row>
     <row r="36" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A36" s="9"/>
       <c r="D36" s="4"/>
-      <c r="E36" s="120">
+      <c r="E36" s="153">
         <f>[1]Hoja1!$C$3306</f>
         <v>9249.9390879985731</v>
       </c>
-      <c r="F36" s="132"/>
+      <c r="F36" s="230"/>
       <c r="G36" s="3"/>
-      <c r="I36" s="120">
+      <c r="I36" s="153">
         <f>[1]Hoja1!$C$3303</f>
         <v>9249.9390879985731</v>
       </c>
-      <c r="J36" s="132"/>
+      <c r="J36" s="230"/>
       <c r="K36" s="3"/>
       <c r="N36" s="4"/>
-      <c r="O36" s="120">
+      <c r="O36" s="153">
         <f>[1]Hoja1!$C$3304</f>
         <v>9929.8546274180462</v>
       </c>
-      <c r="P36" s="132"/>
+      <c r="P36" s="230"/>
       <c r="Q36" s="76"/>
       <c r="R36" s="107"/>
       <c r="S36" s="83"/>
-      <c r="T36" s="120">
+      <c r="T36" s="153">
         <f>[1]Hoja1!$C$3342</f>
         <v>0</v>
       </c>
-      <c r="U36" s="121"/>
-[...3 lines deleted...]
-      <c r="Y36" s="152"/>
+      <c r="U36" s="154"/>
+      <c r="V36" s="306"/>
+      <c r="W36" s="202"/>
+      <c r="X36" s="162"/>
+      <c r="Y36" s="309"/>
       <c r="Z36" s="26"/>
-      <c r="AA36" s="120"/>
-      <c r="AB36" s="121"/>
+      <c r="AA36" s="153"/>
+      <c r="AB36" s="154"/>
       <c r="AC36" s="80"/>
       <c r="AD36" s="87"/>
-      <c r="AE36" s="143"/>
-      <c r="AF36" s="144"/>
+      <c r="AE36" s="236"/>
+      <c r="AF36" s="204"/>
       <c r="AG36" s="24"/>
-      <c r="AH36" s="125" t="s">
+      <c r="AH36" s="199" t="s">
         <v>84</v>
       </c>
-      <c r="AI36" s="126"/>
-      <c r="AJ36" s="138">
+      <c r="AI36" s="200"/>
+      <c r="AJ36" s="195">
         <f>[1]Hoja1!$C$3142</f>
         <v>11546.822960675639</v>
       </c>
-      <c r="AK36" s="137"/>
+      <c r="AK36" s="319"/>
     </row>
     <row r="37" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A37" s="9"/>
       <c r="D37" s="4"/>
       <c r="E37" s="3"/>
       <c r="F37" s="4"/>
       <c r="G37" s="3"/>
       <c r="J37" s="4"/>
       <c r="K37" s="3"/>
       <c r="N37" s="4"/>
-      <c r="O37" s="153"/>
-      <c r="P37" s="154"/>
+      <c r="O37" s="313"/>
+      <c r="P37" s="314"/>
       <c r="Q37" s="76"/>
       <c r="R37" s="107"/>
       <c r="S37" s="83"/>
       <c r="T37" s="3"/>
       <c r="U37" s="4"/>
-      <c r="V37" s="147"/>
-[...2 lines deleted...]
-      <c r="Y37" s="152"/>
+      <c r="V37" s="306"/>
+      <c r="W37" s="202"/>
+      <c r="X37" s="162"/>
+      <c r="Y37" s="309"/>
       <c r="AA37" s="115"/>
       <c r="AB37" s="75"/>
       <c r="AC37" s="70"/>
       <c r="AD37" s="70"/>
       <c r="AE37" s="35"/>
       <c r="AF37" s="116"/>
       <c r="AJ37" s="107"/>
       <c r="AK37" s="92"/>
     </row>
     <row r="38" spans="1:37" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="12"/>
       <c r="B38" s="13"/>
       <c r="C38" s="13"/>
       <c r="D38" s="17"/>
       <c r="E38" s="28"/>
       <c r="F38" s="17"/>
       <c r="G38" s="28"/>
       <c r="H38" s="13"/>
       <c r="I38" s="13"/>
       <c r="J38" s="17"/>
       <c r="K38" s="28"/>
       <c r="L38" s="13"/>
       <c r="M38" s="13"/>
       <c r="N38" s="17"/>
       <c r="O38" s="28"/>
       <c r="P38" s="93"/>
       <c r="Q38" s="94"/>
       <c r="R38" s="95"/>
       <c r="S38" s="96"/>
       <c r="T38" s="28"/>
       <c r="U38" s="17"/>
-      <c r="V38" s="168"/>
-[...2 lines deleted...]
-      <c r="Y38" s="171"/>
+      <c r="V38" s="307"/>
+      <c r="W38" s="308"/>
+      <c r="X38" s="310"/>
+      <c r="Y38" s="311"/>
       <c r="Z38" s="13"/>
       <c r="AA38" s="97"/>
       <c r="AB38" s="98"/>
       <c r="AC38" s="97"/>
       <c r="AD38" s="97"/>
       <c r="AE38" s="99"/>
       <c r="AF38" s="100"/>
       <c r="AG38" s="13"/>
       <c r="AH38" s="13"/>
       <c r="AI38" s="13"/>
       <c r="AJ38" s="13"/>
       <c r="AK38" s="101"/>
     </row>
     <row r="39" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="P39" s="135"/>
-[...20 lines deleted...]
-      <c r="AK39" s="144"/>
+      <c r="P39" s="189"/>
+      <c r="Q39" s="189"/>
+      <c r="R39" s="162"/>
+      <c r="S39" s="162"/>
+      <c r="T39" s="189"/>
+      <c r="U39" s="189"/>
+      <c r="V39" s="189"/>
+      <c r="W39" s="189"/>
+      <c r="X39" s="189"/>
+      <c r="Y39" s="189"/>
+      <c r="Z39" s="204"/>
+      <c r="AA39" s="204"/>
+      <c r="AB39" s="204"/>
+      <c r="AC39" s="189"/>
+      <c r="AD39" s="189"/>
+      <c r="AE39" s="189"/>
+      <c r="AF39" s="189"/>
+      <c r="AG39" s="204"/>
+      <c r="AH39" s="204"/>
+      <c r="AI39" s="204"/>
+      <c r="AJ39" s="204"/>
+      <c r="AK39" s="204"/>
     </row>
     <row r="40" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A40" s="172"/>
-[...16 lines deleted...]
-      <c r="U40" s="135"/>
+      <c r="A40" s="300"/>
+      <c r="B40" s="300"/>
+      <c r="C40" s="300"/>
+      <c r="D40" s="300"/>
+      <c r="E40" s="189"/>
+      <c r="F40" s="189"/>
+      <c r="G40" s="204"/>
+      <c r="H40" s="204"/>
+      <c r="I40" s="204"/>
+      <c r="J40" s="204"/>
+      <c r="K40" s="189"/>
+      <c r="L40" s="189"/>
+      <c r="P40" s="189"/>
+      <c r="Q40" s="189"/>
+      <c r="R40" s="162"/>
+      <c r="S40" s="162"/>
+      <c r="T40" s="189"/>
+      <c r="U40" s="189"/>
       <c r="AB40" s="88"/>
-      <c r="AC40" s="135"/>
-[...2 lines deleted...]
-      <c r="AF40" s="151"/>
+      <c r="AC40" s="189"/>
+      <c r="AD40" s="189"/>
+      <c r="AE40" s="162"/>
+      <c r="AF40" s="162"/>
       <c r="AG40" s="75"/>
-      <c r="AH40" s="135"/>
-[...2 lines deleted...]
-      <c r="AK40" s="151"/>
+      <c r="AH40" s="189"/>
+      <c r="AI40" s="189"/>
+      <c r="AJ40" s="162"/>
+      <c r="AK40" s="162"/>
     </row>
     <row r="41" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="E41" s="148"/>
-[...12 lines deleted...]
-      <c r="Y41" s="151"/>
+      <c r="E41" s="202"/>
+      <c r="F41" s="202"/>
+      <c r="I41" s="304"/>
+      <c r="J41" s="304"/>
+      <c r="K41" s="202"/>
+      <c r="L41" s="202"/>
+      <c r="P41" s="189"/>
+      <c r="Q41" s="189"/>
+      <c r="R41" s="162"/>
+      <c r="S41" s="162"/>
+      <c r="V41" s="202"/>
+      <c r="W41" s="202"/>
+      <c r="X41" s="162"/>
+      <c r="Y41" s="162"/>
       <c r="AG41" s="75"/>
-      <c r="AH41" s="135"/>
-[...2 lines deleted...]
-      <c r="AK41" s="151"/>
+      <c r="AH41" s="189"/>
+      <c r="AI41" s="189"/>
+      <c r="AJ41" s="162"/>
+      <c r="AK41" s="162"/>
     </row>
     <row r="42" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="E42" s="135"/>
-[...8 lines deleted...]
-      <c r="S42" s="151"/>
+      <c r="E42" s="189"/>
+      <c r="F42" s="189"/>
+      <c r="I42" s="304"/>
+      <c r="J42" s="304"/>
+      <c r="K42" s="162"/>
+      <c r="L42" s="162"/>
+      <c r="P42" s="189"/>
+      <c r="Q42" s="189"/>
+      <c r="R42" s="162"/>
+      <c r="S42" s="162"/>
       <c r="AB42" s="88"/>
-      <c r="AC42" s="135"/>
-[...2 lines deleted...]
-      <c r="AF42" s="151"/>
+      <c r="AC42" s="189"/>
+      <c r="AD42" s="189"/>
+      <c r="AE42" s="162"/>
+      <c r="AF42" s="162"/>
       <c r="AG42" s="75"/>
-      <c r="AH42" s="135"/>
-[...2 lines deleted...]
-      <c r="AK42" s="151"/>
+      <c r="AH42" s="189"/>
+      <c r="AI42" s="189"/>
+      <c r="AJ42" s="162"/>
+      <c r="AK42" s="162"/>
     </row>
     <row r="43" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="E43" s="135"/>
-[...12 lines deleted...]
-      <c r="Y43" s="151"/>
+      <c r="E43" s="189"/>
+      <c r="F43" s="189"/>
+      <c r="I43" s="305"/>
+      <c r="J43" s="305"/>
+      <c r="K43" s="189"/>
+      <c r="L43" s="189"/>
+      <c r="P43" s="189"/>
+      <c r="Q43" s="189"/>
+      <c r="R43" s="162"/>
+      <c r="S43" s="162"/>
+      <c r="V43" s="202"/>
+      <c r="W43" s="202"/>
+      <c r="X43" s="162"/>
+      <c r="Y43" s="162"/>
     </row>
     <row r="44" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="E44" s="151"/>
-[...4 lines deleted...]
-      <c r="L44" s="151"/>
+      <c r="E44" s="162"/>
+      <c r="F44" s="162"/>
+      <c r="I44" s="304"/>
+      <c r="J44" s="304"/>
+      <c r="K44" s="162"/>
+      <c r="L44" s="162"/>
       <c r="AB44" s="88"/>
-      <c r="AC44" s="135"/>
-[...2 lines deleted...]
-      <c r="AF44" s="151"/>
+      <c r="AC44" s="189"/>
+      <c r="AD44" s="189"/>
+      <c r="AE44" s="162"/>
+      <c r="AF44" s="162"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XLTcVlXqqPRm4RITw+yOOjsD2GlSfb6yRVC9maUmbNYJDv+ld/aNn61g3J0eV/rgqAN//a2y3lfPjKPy+8lflw==" saltValue="VB1lhhN/cmEw2fiBsL1+ew==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="uOWI16iwVjCI2zhBkheFfcJ9FjBbG9yurCiRWHQoiAEEiDPE3fjoWb3g/LEp8k4UMGvaVGByMRRIre/ITihcPQ==" saltValue="7XMsvpkjFb8lvSETi6Gnlg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="396">
-    <mergeCell ref="G18:H18"/>
-[...20 lines deleted...]
-    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="AF1:AH1"/>
+    <mergeCell ref="AA34:AB34"/>
+    <mergeCell ref="AA36:AB36"/>
+    <mergeCell ref="AH33:AI33"/>
+    <mergeCell ref="AJ35:AK35"/>
+    <mergeCell ref="AH35:AI35"/>
+    <mergeCell ref="AH34:AI34"/>
+    <mergeCell ref="AH36:AI36"/>
+    <mergeCell ref="K32:N32"/>
+    <mergeCell ref="O32:P32"/>
+    <mergeCell ref="O33:P33"/>
+    <mergeCell ref="O34:P34"/>
+    <mergeCell ref="O35:P35"/>
+    <mergeCell ref="AC34:AD34"/>
+    <mergeCell ref="AE34:AF34"/>
+    <mergeCell ref="AJ34:AK34"/>
+    <mergeCell ref="AJ36:AK36"/>
+    <mergeCell ref="AC35:AD35"/>
+    <mergeCell ref="AE35:AF35"/>
+    <mergeCell ref="AE36:AF36"/>
+    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="V34:W34"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="AJ33:AK33"/>
+    <mergeCell ref="O37:P37"/>
+    <mergeCell ref="O36:P36"/>
+    <mergeCell ref="Q32:S32"/>
+    <mergeCell ref="A3:C3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="H25:J25"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="K26:L26"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="T39:U39"/>
+    <mergeCell ref="T40:U40"/>
+    <mergeCell ref="V39:W39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="T36:U36"/>
+    <mergeCell ref="AA35:AB35"/>
+    <mergeCell ref="V41:W41"/>
+    <mergeCell ref="V43:W43"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="V36:W36"/>
+    <mergeCell ref="V37:W37"/>
+    <mergeCell ref="V38:W38"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="R42:S42"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="P40:Q40"/>
+    <mergeCell ref="P41:Q41"/>
+    <mergeCell ref="K44:L44"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="K40:L40"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="G32:J32"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="A32:D32"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="AJ29:AK29"/>
+    <mergeCell ref="AJ26:AK26"/>
+    <mergeCell ref="V25:X25"/>
+    <mergeCell ref="Y25:Z25"/>
+    <mergeCell ref="Y26:Z26"/>
+    <mergeCell ref="V26:X26"/>
+    <mergeCell ref="Y28:Z28"/>
+    <mergeCell ref="Y29:Z29"/>
+    <mergeCell ref="AA26:AB26"/>
+    <mergeCell ref="AD27:AE27"/>
+    <mergeCell ref="AC25:AF25"/>
+    <mergeCell ref="AG25:AH25"/>
+    <mergeCell ref="AI25:AK25"/>
+    <mergeCell ref="AG26:AH26"/>
+    <mergeCell ref="AG27:AH27"/>
+    <mergeCell ref="AG28:AH28"/>
+    <mergeCell ref="AG29:AH29"/>
+    <mergeCell ref="AI28:AK28"/>
+    <mergeCell ref="AI18:AK18"/>
+    <mergeCell ref="AI19:AK19"/>
+    <mergeCell ref="AG20:AH20"/>
+    <mergeCell ref="AG21:AH21"/>
+    <mergeCell ref="AG22:AH22"/>
+    <mergeCell ref="AG24:AH24"/>
+    <mergeCell ref="AI20:AK20"/>
+    <mergeCell ref="AI21:AK21"/>
+    <mergeCell ref="AI22:AK22"/>
+    <mergeCell ref="AG19:AH19"/>
+    <mergeCell ref="AG18:AH18"/>
+    <mergeCell ref="AG30:AH30"/>
+    <mergeCell ref="AG31:AH31"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="V32:Y32"/>
+    <mergeCell ref="AA32:AB32"/>
+    <mergeCell ref="AC32:AD32"/>
+    <mergeCell ref="AA33:AB33"/>
+    <mergeCell ref="AC33:AD33"/>
+    <mergeCell ref="AA28:AB28"/>
+    <mergeCell ref="AA29:AB29"/>
+    <mergeCell ref="T32:U32"/>
+    <mergeCell ref="V31:X31"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="Y19:Z19"/>
+    <mergeCell ref="Y20:Z20"/>
+    <mergeCell ref="Y21:Z21"/>
+    <mergeCell ref="Y22:Z22"/>
+    <mergeCell ref="Y23:Z23"/>
+    <mergeCell ref="O23:P23"/>
+    <mergeCell ref="O19:P19"/>
+    <mergeCell ref="AC18:AF18"/>
+    <mergeCell ref="T21:U21"/>
+    <mergeCell ref="T22:U22"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="W18:X18"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="W20:X20"/>
+    <mergeCell ref="W21:X21"/>
+    <mergeCell ref="W22:X22"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="AJ12:AK12"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="AG11:AH11"/>
+    <mergeCell ref="AG12:AH12"/>
+    <mergeCell ref="AB12:AC12"/>
+    <mergeCell ref="Y11:Z11"/>
+    <mergeCell ref="Y12:Z12"/>
+    <mergeCell ref="O12:P12"/>
+    <mergeCell ref="O13:P13"/>
+    <mergeCell ref="O15:P15"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="Q13:S13"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="Q16:S16"/>
+    <mergeCell ref="AA15:AB15"/>
+    <mergeCell ref="AC13:AD13"/>
+    <mergeCell ref="AC14:AD14"/>
+    <mergeCell ref="AC15:AD15"/>
+    <mergeCell ref="AG10:AH10"/>
+    <mergeCell ref="AB4:AC4"/>
+    <mergeCell ref="AB5:AC5"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="AB7:AC7"/>
+    <mergeCell ref="AB8:AC8"/>
+    <mergeCell ref="AB9:AC9"/>
+    <mergeCell ref="AB10:AC10"/>
+    <mergeCell ref="AE8:AF8"/>
+    <mergeCell ref="AE10:AF10"/>
+    <mergeCell ref="O6:P6"/>
+    <mergeCell ref="O7:P7"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="O9:P9"/>
+    <mergeCell ref="O10:P10"/>
+    <mergeCell ref="O11:P11"/>
+    <mergeCell ref="AE9:AF9"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="Y5:Z5"/>
+    <mergeCell ref="Y6:Z6"/>
+    <mergeCell ref="Y7:Z7"/>
+    <mergeCell ref="Y8:Z8"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="W5:X5"/>
+    <mergeCell ref="W6:X6"/>
+    <mergeCell ref="W7:X7"/>
+    <mergeCell ref="W8:X8"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="AB11:AC11"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="O5:P5"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="AJ4:AK4"/>
+    <mergeCell ref="AJ5:AK5"/>
+    <mergeCell ref="I3:K3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="Q3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="W3:X3"/>
+    <mergeCell ref="AG4:AH4"/>
+    <mergeCell ref="AG5:AH5"/>
+    <mergeCell ref="AN1:AP1"/>
+    <mergeCell ref="A18:D18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="G3:H3"/>
+    <mergeCell ref="AB3:AC3"/>
+    <mergeCell ref="A2:AK2"/>
+    <mergeCell ref="O3:P3"/>
+    <mergeCell ref="O18:P18"/>
+    <mergeCell ref="AG3:AH3"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="Y3:AA3"/>
+    <mergeCell ref="AE3:AF3"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="AE6:AF6"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="R31:S31"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="M29:N29"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="M31:N31"/>
+    <mergeCell ref="R29:S29"/>
+    <mergeCell ref="O25:Q25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="R27:S27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="M25:N25"/>
+    <mergeCell ref="M26:N26"/>
+    <mergeCell ref="M27:N27"/>
+    <mergeCell ref="O31:Q31"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="O20:P20"/>
+    <mergeCell ref="O21:P21"/>
+    <mergeCell ref="O22:P22"/>
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="AC40:AD40"/>
+    <mergeCell ref="Z39:AB39"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="Y9:AA9"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J13:L13"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="O17:P17"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="Y18:AB18"/>
+    <mergeCell ref="AA19:AB19"/>
+    <mergeCell ref="Y10:Z10"/>
+    <mergeCell ref="AG39:AK39"/>
+    <mergeCell ref="AH40:AI40"/>
+    <mergeCell ref="AJ40:AK40"/>
+    <mergeCell ref="AH41:AI41"/>
+    <mergeCell ref="AJ41:AK41"/>
+    <mergeCell ref="AH42:AI42"/>
+    <mergeCell ref="AJ42:AK42"/>
+    <mergeCell ref="AE39:AF39"/>
+    <mergeCell ref="AC39:AD39"/>
+    <mergeCell ref="Q9:S9"/>
+    <mergeCell ref="Q10:S12"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="AC42:AD42"/>
+    <mergeCell ref="AC44:AD44"/>
+    <mergeCell ref="AE40:AF40"/>
+    <mergeCell ref="AE42:AF42"/>
+    <mergeCell ref="AE44:AF44"/>
+    <mergeCell ref="AC16:AD16"/>
+    <mergeCell ref="T25:U25"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="T27:U27"/>
+    <mergeCell ref="AA25:AB25"/>
+    <mergeCell ref="W23:X23"/>
+    <mergeCell ref="Y24:Z24"/>
+    <mergeCell ref="Y27:Z27"/>
+    <mergeCell ref="AA27:AB27"/>
+    <mergeCell ref="K41:L41"/>
+    <mergeCell ref="K42:L42"/>
+    <mergeCell ref="K43:L43"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="AA20:AB20"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="I9:K9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="L12:M12"/>
     <mergeCell ref="AC1:AE1"/>
     <mergeCell ref="AI1:AJ1"/>
     <mergeCell ref="AE15:AF15"/>
     <mergeCell ref="AE13:AF13"/>
     <mergeCell ref="X13:AB13"/>
     <mergeCell ref="AE12:AF12"/>
     <mergeCell ref="T9:U9"/>
     <mergeCell ref="T10:U10"/>
     <mergeCell ref="T11:U11"/>
     <mergeCell ref="T12:U12"/>
     <mergeCell ref="W9:X9"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="W12:X12"/>
     <mergeCell ref="AJ3:AK3"/>
     <mergeCell ref="AJ6:AK6"/>
     <mergeCell ref="AJ7:AK7"/>
     <mergeCell ref="AJ8:AK8"/>
     <mergeCell ref="AJ9:AK9"/>
     <mergeCell ref="AJ10:AK10"/>
     <mergeCell ref="AJ11:AK11"/>
     <mergeCell ref="AG6:AH6"/>
     <mergeCell ref="AG7:AH7"/>
     <mergeCell ref="AG8:AH8"/>
     <mergeCell ref="AG9:AH9"/>
-    <mergeCell ref="A9:C9"/>
-[...348 lines deleted...]
-    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="T13:U13"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="T15:U15"/>
+    <mergeCell ref="T16:U16"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="I18:L18"/>
+    <mergeCell ref="Q18:S18"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="Q17:S17"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="M18:N18"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="M21:N21"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AC1:AE1" r:id="rId1" display="enviar e-mail" xr:uid="{D4EF0946-FC8D-4517-893A-7712BADD25F1}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="65" orientation="landscape" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>