--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2DBC6367-8E0C-442D-956F-BF142F7CB8EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F81D7BD5-259E-4535-A434-069D3D1B8E2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{4974F9A9-2BD3-436A-9999-C4934B5D3E92}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$AS$59</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -708,71 +708,64 @@
   <si>
     <t>FLONES2510</t>
   </si>
   <si>
     <t>FLONES2520</t>
   </si>
   <si>
     <t>1/2" X 20 Mt.</t>
   </si>
   <si>
     <t>FLONES1320</t>
   </si>
   <si>
     <t xml:space="preserve">  José P. Varela 5714 CABA TEL 4644-5225 /4642-3250  - cel 15 3366 6121              solicitar cotizacion</t>
   </si>
   <si>
     <t>enviar e-mail</t>
   </si>
   <si>
     <t>LRF600P013</t>
   </si>
   <si>
     <t>LRF600M013</t>
   </si>
   <si>
-    <t>LISTA  18</t>
+    <t>LISTA  20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -822,50 +815,57 @@
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color indexed="8"/>
       <name val="Bauhaus 93"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="27"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFDA5AB"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1351,684 +1351,684 @@
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="229">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...107 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="8" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="10" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="10" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="10" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="10" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="9" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="9" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="9" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="10" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="10" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="10" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="9" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...89 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="9" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="9" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="8" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="8" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="2" fontId="4" fillId="7" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="7" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="7" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="8" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="7" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="8" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="2" fontId="10" fillId="8" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="8" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="8" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="6" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="7" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="10" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="10" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...83 lines deleted...]
-    <xf numFmtId="2" fontId="4" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="3" fillId="8" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="8" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="3" fillId="8" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="2" fontId="10" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="9" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="4" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="7" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDAF2D0"/>
       <color rgb="FFFFE593"/>
       <color rgb="FFB5E6A2"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FFFDA5AB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -4216,98 +4216,98 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@brovelli.com.ar?subject=Consulta%20por%20web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D41DA7C5-8A95-4A73-B2E9-DCF37DBB3B5A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AS59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AS2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="45" width="5.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:45" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="215">
-[...3 lines deleted...]
-      <c r="C1" s="217" t="s">
+      <c r="A1" s="227">
+        <v>46073</v>
+      </c>
+      <c r="B1" s="228"/>
+      <c r="C1" s="215" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="217"/>
-[...14 lines deleted...]
-      <c r="S1" s="225" t="s">
+      <c r="D1" s="215"/>
+      <c r="E1" s="215"/>
+      <c r="F1" s="215"/>
+      <c r="G1" s="215"/>
+      <c r="H1" s="215"/>
+      <c r="I1" s="215"/>
+      <c r="J1" s="215"/>
+      <c r="K1" s="215"/>
+      <c r="L1" s="215"/>
+      <c r="M1" s="215"/>
+      <c r="N1" s="215"/>
+      <c r="O1" s="215"/>
+      <c r="P1" s="215"/>
+      <c r="Q1" s="215"/>
+      <c r="R1" s="215"/>
+      <c r="S1" s="223" t="s">
         <v>175</v>
       </c>
-      <c r="T1" s="225"/>
-[...15 lines deleted...]
-      <c r="AJ1" s="225"/>
+      <c r="T1" s="223"/>
+      <c r="U1" s="223"/>
+      <c r="V1" s="223"/>
+      <c r="W1" s="223"/>
+      <c r="X1" s="223"/>
+      <c r="Y1" s="223"/>
+      <c r="Z1" s="223"/>
+      <c r="AA1" s="223"/>
+      <c r="AB1" s="223"/>
+      <c r="AC1" s="223"/>
+      <c r="AD1" s="223"/>
+      <c r="AE1" s="223"/>
+      <c r="AF1" s="223"/>
+      <c r="AG1" s="223"/>
+      <c r="AH1" s="223"/>
+      <c r="AI1" s="223"/>
+      <c r="AJ1" s="223"/>
       <c r="AK1" s="56"/>
-      <c r="AL1" s="226" t="s">
+      <c r="AL1" s="224" t="s">
         <v>176</v>
       </c>
-      <c r="AM1" s="226"/>
-      <c r="AN1" s="226"/>
+      <c r="AM1" s="224"/>
+      <c r="AN1" s="224"/>
       <c r="AO1" s="45"/>
       <c r="AP1" s="45"/>
       <c r="AQ1" s="201" t="s">
         <v>179</v>
       </c>
       <c r="AR1" s="201"/>
       <c r="AS1" s="46"/>
     </row>
     <row r="2" spans="1:45" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="202" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="203"/>
       <c r="C2" s="203"/>
       <c r="D2" s="203"/>
       <c r="E2" s="203"/>
       <c r="F2" s="203"/>
       <c r="G2" s="203"/>
       <c r="H2" s="203"/>
       <c r="I2" s="203"/>
       <c r="J2" s="203"/>
       <c r="K2" s="203"/>
       <c r="L2" s="203"/>
       <c r="M2" s="203"/>
       <c r="N2" s="203"/>
@@ -4322,51 +4322,51 @@
       <c r="W2" s="203"/>
       <c r="X2" s="203"/>
       <c r="Y2" s="203"/>
       <c r="Z2" s="203"/>
       <c r="AA2" s="203"/>
       <c r="AB2" s="203"/>
       <c r="AC2" s="203"/>
       <c r="AD2" s="203"/>
       <c r="AE2" s="203"/>
       <c r="AF2" s="203"/>
       <c r="AG2" s="203"/>
       <c r="AH2" s="203"/>
       <c r="AI2" s="203"/>
       <c r="AJ2" s="203"/>
       <c r="AK2" s="203"/>
       <c r="AL2" s="203"/>
       <c r="AM2" s="203"/>
       <c r="AN2" s="203"/>
       <c r="AO2" s="203"/>
       <c r="AP2" s="203"/>
       <c r="AQ2" s="203"/>
       <c r="AR2" s="203"/>
       <c r="AS2" s="204"/>
     </row>
     <row r="3" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="218" t="s">
+      <c r="A3" s="216" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="208"/>
       <c r="C3" s="208"/>
       <c r="D3" s="209"/>
       <c r="E3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="199" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="211"/>
       <c r="H3" s="199" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="211"/>
       <c r="J3" s="207" t="s">
         <v>17</v>
       </c>
       <c r="K3" s="208"/>
       <c r="L3" s="208"/>
       <c r="M3" s="209"/>
       <c r="N3" s="3" t="s">
         <v>4</v>
       </c>
@@ -4413,54 +4413,54 @@
       </c>
       <c r="AJ3" s="212"/>
       <c r="AK3" s="207" t="s">
         <v>33</v>
       </c>
       <c r="AL3" s="208"/>
       <c r="AM3" s="208"/>
       <c r="AN3" s="209"/>
       <c r="AO3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="AP3" s="199" t="s">
         <v>3</v>
       </c>
       <c r="AQ3" s="211"/>
       <c r="AR3" s="199" t="s">
         <v>5</v>
       </c>
       <c r="AS3" s="200"/>
     </row>
     <row r="4" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="E4" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="219" t="s">
+      <c r="F4" s="217" t="s">
         <v>18</v>
       </c>
-      <c r="G4" s="220"/>
+      <c r="G4" s="218"/>
       <c r="H4" s="144">
         <f>[1]Hoja1!$C2651</f>
         <v>7021.5912602430526</v>
       </c>
       <c r="I4" s="146"/>
       <c r="J4" s="7"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="9"/>
       <c r="N4" s="12" t="s">
         <v>8</v>
       </c>
       <c r="O4" s="165" t="s">
         <v>43</v>
       </c>
       <c r="P4" s="165"/>
       <c r="Q4" s="144">
         <f>[1]Hoja1!$C2675</f>
         <v>8472.4961142557841</v>
       </c>
       <c r="R4" s="146"/>
       <c r="S4" s="7"/>
       <c r="T4" s="8"/>
       <c r="U4" s="8"/>
       <c r="V4" s="9"/>
@@ -4483,61 +4483,61 @@
       </c>
       <c r="AG4" s="165" t="s">
         <v>34</v>
       </c>
       <c r="AH4" s="165"/>
       <c r="AI4" s="141">
         <f>[1]Hoja1!$C$2666</f>
         <v>9652.4609714658982</v>
       </c>
       <c r="AJ4" s="144"/>
       <c r="AK4" s="7"/>
       <c r="AL4" s="8"/>
       <c r="AM4" s="8"/>
       <c r="AN4" s="9"/>
       <c r="AO4" s="13" t="s">
         <v>8</v>
       </c>
       <c r="AP4" s="165" t="s">
         <v>37</v>
       </c>
       <c r="AQ4" s="165"/>
       <c r="AR4" s="141">
         <f>[1]Hoja1!$C$2669</f>
         <v>10311.008949455761</v>
       </c>
-      <c r="AS4" s="227"/>
+      <c r="AS4" s="225"/>
     </row>
     <row r="5" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A5" s="16"/>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="F5" s="221" t="s">
+      <c r="F5" s="219" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="222"/>
+      <c r="G5" s="220"/>
       <c r="H5" s="142">
         <f>[1]Hoja1!$C2652</f>
         <v>8593.9396042999961</v>
       </c>
       <c r="I5" s="143"/>
       <c r="J5" s="10"/>
       <c r="M5" s="1"/>
       <c r="N5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="O5" s="205" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="205"/>
       <c r="Q5" s="142">
         <f>[1]Hoja1!$C2676</f>
         <v>12272.879013907537</v>
       </c>
       <c r="R5" s="143"/>
       <c r="S5" s="10"/>
       <c r="V5" s="1"/>
       <c r="W5" s="14" t="s">
         <v>9</v>
       </c>
       <c r="X5" s="158" t="s">
@@ -4554,61 +4554,61 @@
       <c r="AF5" s="14" t="s">
         <v>9</v>
       </c>
       <c r="AG5" s="205" t="s">
         <v>36</v>
       </c>
       <c r="AH5" s="205"/>
       <c r="AI5" s="206">
         <f>[1]Hoja1!$C$2667</f>
         <v>16228.178786614548</v>
       </c>
       <c r="AJ5" s="142"/>
       <c r="AK5" s="10"/>
       <c r="AN5" s="1"/>
       <c r="AO5" s="14" t="s">
         <v>9</v>
       </c>
       <c r="AP5" s="205" t="s">
         <v>38</v>
       </c>
       <c r="AQ5" s="205"/>
       <c r="AR5" s="206">
         <f>[1]Hoja1!$C$2670</f>
         <v>15651.878014350954</v>
       </c>
-      <c r="AS5" s="228"/>
+      <c r="AS5" s="226"/>
     </row>
     <row r="6" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A6" s="16"/>
       <c r="E6" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="F6" s="219" t="s">
+      <c r="F6" s="217" t="s">
         <v>18</v>
       </c>
-      <c r="G6" s="220"/>
+      <c r="G6" s="218"/>
       <c r="H6" s="144">
         <f>[1]Hoja1!$C2653</f>
         <v>9908.2805337373193</v>
       </c>
       <c r="I6" s="146"/>
       <c r="J6" s="10"/>
       <c r="M6" s="1"/>
       <c r="N6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="O6" s="165" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="165"/>
       <c r="Q6" s="144">
         <f>[1]Hoja1!$C2677</f>
         <v>20074.543218210329</v>
       </c>
       <c r="R6" s="146"/>
       <c r="S6" s="10"/>
       <c r="V6" s="1"/>
       <c r="W6" s="13" t="s">
         <v>10</v>
       </c>
       <c r="X6" s="213" t="s">
@@ -4625,61 +4625,61 @@
       <c r="AF6" s="13" t="s">
         <v>10</v>
       </c>
       <c r="AG6" s="165" t="s">
         <v>35</v>
       </c>
       <c r="AH6" s="165"/>
       <c r="AI6" s="141">
         <f>[1]Hoja1!$C$2668</f>
         <v>24489.878106147866</v>
       </c>
       <c r="AJ6" s="144"/>
       <c r="AK6" s="10"/>
       <c r="AN6" s="1"/>
       <c r="AO6" s="13" t="s">
         <v>10</v>
       </c>
       <c r="AP6" s="165" t="s">
         <v>39</v>
       </c>
       <c r="AQ6" s="165"/>
       <c r="AR6" s="141">
         <f>[1]Hoja1!$C$2671</f>
         <v>27210.9727260445</v>
       </c>
-      <c r="AS6" s="227"/>
+      <c r="AS6" s="225"/>
     </row>
     <row r="7" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A7" s="16"/>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="221" t="s">
+      <c r="F7" s="219" t="s">
         <v>20</v>
       </c>
-      <c r="G7" s="222"/>
+      <c r="G7" s="220"/>
       <c r="H7" s="142">
         <f>[1]Hoja1!$C2654</f>
         <v>14351.629279368941</v>
       </c>
       <c r="I7" s="143"/>
       <c r="J7" s="10"/>
       <c r="M7" s="1"/>
       <c r="N7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="O7" s="205" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="205"/>
       <c r="Q7" s="142">
         <f>[1]Hoja1!$C2678</f>
         <v>28448.232282421821</v>
       </c>
       <c r="R7" s="143"/>
       <c r="S7" s="11"/>
       <c r="T7" s="5"/>
       <c r="U7" s="5"/>
       <c r="V7" s="6"/>
       <c r="W7" s="147"/>
       <c r="X7" s="148"/>
@@ -4688,54 +4688,54 @@
       <c r="AA7" s="149"/>
       <c r="AB7" s="11"/>
       <c r="AC7" s="5"/>
       <c r="AD7" s="5"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="147"/>
       <c r="AG7" s="148"/>
       <c r="AH7" s="148"/>
       <c r="AI7" s="148"/>
       <c r="AJ7" s="149"/>
       <c r="AK7" s="11"/>
       <c r="AL7" s="5"/>
       <c r="AM7" s="5"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="19"/>
       <c r="AP7" s="20"/>
       <c r="AQ7" s="20"/>
       <c r="AR7" s="20"/>
       <c r="AS7" s="47"/>
     </row>
     <row r="8" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A8" s="16"/>
       <c r="E8" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="219" t="s">
+      <c r="F8" s="217" t="s">
         <v>21</v>
       </c>
-      <c r="G8" s="220"/>
+      <c r="G8" s="218"/>
       <c r="H8" s="144">
         <f>[1]Hoja1!$C2655</f>
         <v>23481.643236747401</v>
       </c>
       <c r="I8" s="146"/>
       <c r="J8" s="10"/>
       <c r="M8" s="1"/>
       <c r="N8" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O8" s="165" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="165"/>
       <c r="Q8" s="144">
         <f>[1]Hoja1!$C2679</f>
         <v>46249.644912225005</v>
       </c>
       <c r="R8" s="146"/>
       <c r="S8" s="131" t="s">
         <v>40</v>
       </c>
       <c r="T8" s="132"/>
       <c r="U8" s="132"/>
       <c r="V8" s="133"/>
@@ -4768,54 +4768,54 @@
       </c>
       <c r="AJ8" s="130"/>
       <c r="AK8" s="131" t="s">
         <v>42</v>
       </c>
       <c r="AL8" s="132"/>
       <c r="AM8" s="132"/>
       <c r="AN8" s="133"/>
       <c r="AO8" s="21" t="s">
         <v>4</v>
       </c>
       <c r="AP8" s="173" t="s">
         <v>3</v>
       </c>
       <c r="AQ8" s="174"/>
       <c r="AR8" s="129" t="s">
         <v>5</v>
       </c>
       <c r="AS8" s="179"/>
     </row>
     <row r="9" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A9" s="16"/>
       <c r="E9" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="F9" s="221" t="s">
+      <c r="F9" s="219" t="s">
         <v>22</v>
       </c>
-      <c r="G9" s="222"/>
+      <c r="G9" s="220"/>
       <c r="H9" s="142">
         <f>[1]Hoja1!$C2656</f>
         <v>31687.87064633895</v>
       </c>
       <c r="I9" s="143"/>
       <c r="J9" s="10"/>
       <c r="M9" s="1"/>
       <c r="N9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O9" s="205" t="s">
         <v>48</v>
       </c>
       <c r="P9" s="205"/>
       <c r="Q9" s="142">
         <f>[1]Hoja1!$C2680</f>
         <v>70785.37317812047</v>
       </c>
       <c r="R9" s="143"/>
       <c r="S9" s="7"/>
       <c r="T9" s="8"/>
       <c r="U9" s="8"/>
       <c r="V9" s="9"/>
       <c r="W9" s="13" t="s">
         <v>8</v>
@@ -4843,97 +4843,97 @@
         <v>19137.933986135511</v>
       </c>
       <c r="AJ9" s="198"/>
       <c r="AK9" s="7"/>
       <c r="AL9" s="8"/>
       <c r="AM9" s="8"/>
       <c r="AN9" s="9"/>
       <c r="AO9" s="13" t="s">
         <v>8</v>
       </c>
       <c r="AP9" s="134" t="s">
         <v>54</v>
       </c>
       <c r="AQ9" s="136"/>
       <c r="AR9" s="123">
         <f>[1]Hoja1!$C$2672</f>
         <v>16845.795483057675</v>
       </c>
       <c r="AS9" s="195"/>
     </row>
     <row r="10" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A10" s="16"/>
       <c r="E10" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="F10" s="219" t="s">
+      <c r="F10" s="217" t="s">
         <v>23</v>
       </c>
-      <c r="G10" s="220"/>
+      <c r="G10" s="218"/>
       <c r="H10" s="144">
         <f>[1]Hoja1!$C2657</f>
         <v>51517.518405688548</v>
       </c>
       <c r="I10" s="146"/>
       <c r="J10" s="10"/>
       <c r="M10" s="1"/>
       <c r="N10" s="12" t="s">
         <v>14</v>
       </c>
       <c r="O10" s="165" t="s">
         <v>49</v>
       </c>
       <c r="P10" s="165"/>
       <c r="Q10" s="144">
         <f>[1]Hoja1!$C2681</f>
         <v>167933.5587078442</v>
       </c>
       <c r="R10" s="146"/>
       <c r="S10" s="10"/>
       <c r="V10" s="1"/>
       <c r="W10" s="14"/>
       <c r="X10" s="19"/>
       <c r="Y10" s="23"/>
       <c r="Z10" s="19"/>
       <c r="AA10" s="23"/>
       <c r="AB10" s="10"/>
       <c r="AE10" s="1"/>
       <c r="AF10" s="2"/>
       <c r="AK10" s="10"/>
       <c r="AN10" s="1"/>
       <c r="AO10" s="14"/>
       <c r="AS10" s="17"/>
     </row>
     <row r="11" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A11" s="16"/>
       <c r="E11" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F11" s="221" t="s">
+      <c r="F11" s="219" t="s">
         <v>24</v>
       </c>
-      <c r="G11" s="222"/>
+      <c r="G11" s="220"/>
       <c r="H11" s="142">
         <f>[1]Hoja1!$C2658</f>
         <v>78851.626038806251</v>
       </c>
       <c r="I11" s="143"/>
       <c r="J11" s="10"/>
       <c r="M11" s="1"/>
       <c r="N11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="O11" s="205" t="s">
         <v>50</v>
       </c>
       <c r="P11" s="205"/>
       <c r="Q11" s="142">
         <f>[1]Hoja1!$C2682</f>
         <v>255254.54813929912</v>
       </c>
       <c r="R11" s="143"/>
       <c r="S11" s="10"/>
       <c r="V11" s="1"/>
       <c r="W11" s="12" t="s">
         <v>9</v>
       </c>
       <c r="X11" s="134" t="s">
@@ -4957,105 +4957,105 @@
       <c r="AI11" s="123">
         <f>[1]Hoja1!$C$2665</f>
         <v>25473.555217175639</v>
       </c>
       <c r="AJ11" s="124"/>
       <c r="AK11" s="10"/>
       <c r="AN11" s="1"/>
       <c r="AO11" s="13" t="s">
         <v>9</v>
       </c>
       <c r="AP11" s="134" t="s">
         <v>55</v>
       </c>
       <c r="AQ11" s="136"/>
       <c r="AR11" s="123">
         <f>[1]Hoja1!$C$2673</f>
         <v>27031.01302804513</v>
       </c>
       <c r="AS11" s="195"/>
     </row>
     <row r="12" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A12" s="16"/>
       <c r="E12" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="F12" s="219" t="s">
+      <c r="F12" s="217" t="s">
         <v>25</v>
       </c>
-      <c r="G12" s="220"/>
+      <c r="G12" s="218"/>
       <c r="H12" s="144">
         <f>[1]Hoja1!$C2659</f>
         <v>187059.87257056683</v>
       </c>
       <c r="I12" s="146"/>
       <c r="J12" s="10"/>
       <c r="M12" s="1"/>
       <c r="N12" s="12" t="s">
         <v>16</v>
       </c>
       <c r="O12" s="165" t="s">
         <v>51</v>
       </c>
       <c r="P12" s="165"/>
       <c r="Q12" s="144">
         <f>[1]Hoja1!$C2683</f>
         <v>444877.40383858461</v>
       </c>
       <c r="R12" s="146"/>
       <c r="S12" s="11"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="6"/>
       <c r="W12" s="22"/>
       <c r="X12" s="19"/>
       <c r="Y12" s="23"/>
       <c r="Z12" s="19"/>
       <c r="AA12" s="23"/>
       <c r="AB12" s="11"/>
       <c r="AC12" s="5"/>
       <c r="AD12" s="5"/>
       <c r="AE12" s="6"/>
       <c r="AF12" s="22"/>
       <c r="AG12" s="19"/>
       <c r="AH12" s="23"/>
       <c r="AI12" s="5"/>
       <c r="AJ12" s="5"/>
       <c r="AK12" s="10"/>
       <c r="AN12" s="1"/>
       <c r="AO12" s="22"/>
       <c r="AS12" s="17"/>
     </row>
     <row r="13" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A13" s="16"/>
       <c r="E13" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="F13" s="221" t="s">
+      <c r="F13" s="219" t="s">
         <v>26</v>
       </c>
-      <c r="G13" s="222"/>
+      <c r="G13" s="220"/>
       <c r="H13" s="142">
         <f>[1]Hoja1!$C2660</f>
         <v>284329.29947926337</v>
       </c>
       <c r="I13" s="143"/>
       <c r="J13" s="185" t="s">
         <v>67</v>
       </c>
       <c r="K13" s="186"/>
       <c r="L13" s="186"/>
       <c r="M13" s="186"/>
       <c r="N13" s="186"/>
       <c r="O13" s="186"/>
       <c r="P13" s="186"/>
       <c r="Q13" s="186"/>
       <c r="R13" s="187"/>
       <c r="S13" s="185" t="s">
         <v>77</v>
       </c>
       <c r="T13" s="186"/>
       <c r="U13" s="186"/>
       <c r="V13" s="187"/>
       <c r="W13" s="189" t="s">
         <v>4</v>
       </c>
@@ -5083,54 +5083,54 @@
       <c r="AI13" s="180" t="s">
         <v>5</v>
       </c>
       <c r="AJ13" s="180"/>
       <c r="AK13" s="10"/>
       <c r="AN13" s="1"/>
       <c r="AO13" s="13" t="s">
         <v>10</v>
       </c>
       <c r="AP13" s="134" t="s">
         <v>56</v>
       </c>
       <c r="AQ13" s="136"/>
       <c r="AR13" s="123">
         <f>[1]Hoja1!$C$2674</f>
         <v>42835.196261450241</v>
       </c>
       <c r="AS13" s="195"/>
     </row>
     <row r="14" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A14" s="16"/>
       <c r="D14" s="1"/>
       <c r="E14" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="F14" s="223" t="s">
+      <c r="F14" s="221" t="s">
         <v>27</v>
       </c>
-      <c r="G14" s="224"/>
+      <c r="G14" s="222"/>
       <c r="H14" s="144">
         <f>[1]Hoja1!$C2661</f>
         <v>495542.16510615114</v>
       </c>
       <c r="I14" s="146"/>
       <c r="J14" s="188"/>
       <c r="K14" s="171"/>
       <c r="L14" s="171"/>
       <c r="M14" s="171"/>
       <c r="N14" s="171"/>
       <c r="O14" s="171"/>
       <c r="P14" s="171"/>
       <c r="Q14" s="171"/>
       <c r="R14" s="172"/>
       <c r="S14" s="188" t="s">
         <v>78</v>
       </c>
       <c r="T14" s="171"/>
       <c r="U14" s="171"/>
       <c r="V14" s="172"/>
       <c r="W14" s="189"/>
       <c r="X14" s="180"/>
       <c r="Y14" s="180"/>
       <c r="Z14" s="180"/>
       <c r="AA14" s="180"/>
@@ -7224,51 +7224,51 @@
       <c r="W59" s="53"/>
       <c r="X59" s="54"/>
       <c r="Y59" s="54"/>
       <c r="Z59" s="54"/>
       <c r="AA59" s="54"/>
       <c r="AB59" s="54"/>
       <c r="AC59" s="54"/>
       <c r="AD59" s="54"/>
       <c r="AE59" s="54"/>
       <c r="AF59" s="54"/>
       <c r="AG59" s="54"/>
       <c r="AH59" s="54"/>
       <c r="AI59" s="54"/>
       <c r="AJ59" s="54"/>
       <c r="AK59" s="54"/>
       <c r="AL59" s="54"/>
       <c r="AM59" s="54"/>
       <c r="AN59" s="54"/>
       <c r="AO59" s="54"/>
       <c r="AP59" s="54"/>
       <c r="AQ59" s="54"/>
       <c r="AR59" s="54"/>
       <c r="AS59" s="55"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dJL/cEFzNgxoy2mOtNccrvFSJlcCGdRpjauU46s2+NlJ9sqgCrT2bIp3cJLPfNlyME88WRhgmTbmItGwc0AWSw==" saltValue="HCH4eWflLGuw18i4Ixn7tw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="FtXcfMokEyNmIM22efeiIe2zQwdPrFbPF23DWEpN0WHQIwrub8WQVCH+RGl5bghZzKFEnIqMd7yh4oNBkB7KJA==" saltValue="l/OQDBX7hlCyo9M0VQpyEQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="375">
     <mergeCell ref="S1:AJ1"/>
     <mergeCell ref="AL1:AN1"/>
     <mergeCell ref="AK55:AL55"/>
     <mergeCell ref="AM55:AO55"/>
     <mergeCell ref="AP55:AR55"/>
     <mergeCell ref="AK56:AL56"/>
     <mergeCell ref="AM56:AO56"/>
     <mergeCell ref="AP56:AR56"/>
     <mergeCell ref="AK50:AL50"/>
     <mergeCell ref="AM50:AO50"/>
     <mergeCell ref="AP50:AR50"/>
     <mergeCell ref="AK52:AL52"/>
     <mergeCell ref="AM52:AO52"/>
     <mergeCell ref="AP52:AR52"/>
     <mergeCell ref="AK53:AL53"/>
     <mergeCell ref="AM53:AO53"/>
     <mergeCell ref="AP53:AR53"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="X6:Y6"/>
     <mergeCell ref="AR4:AS4"/>
     <mergeCell ref="AR5:AS5"/>
     <mergeCell ref="AR6:AS6"/>
     <mergeCell ref="W7:AA7"/>
     <mergeCell ref="AF7:AJ7"/>