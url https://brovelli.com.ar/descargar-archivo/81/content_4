--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -3,58 +3,58 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{219E65FC-C0BB-476E-B3E3-BBAABEFB5732}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9975D0F6-68CC-40E5-B88B-D7933509DA0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{108E440C-D269-46D4-90AB-DA77B0A6A8FC}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$AK$39</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -546,51 +546,51 @@
   <si>
     <t>CONTROL  AUTOM PRESION SMAR</t>
   </si>
   <si>
     <t>BOMBA PRESURIZADORA VELOCIDAD VARIABLE</t>
   </si>
   <si>
     <t>PRESVV2332</t>
   </si>
   <si>
     <t>500  W.</t>
   </si>
   <si>
     <t>T310013000</t>
   </si>
   <si>
     <t>T310019000</t>
   </si>
   <si>
     <t>SENSOR AUT. DE FLUJO</t>
   </si>
   <si>
     <t>CAPII00000</t>
   </si>
   <si>
-    <t>LISTA 18</t>
+    <t>LISTA 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -4180,51 +4180,51 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@brovelli.com.ar?subject=Consulta%20por%20web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48513CB7-978F-4B37-B69A-D11F169D4C10}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AP45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AK2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="37" width="5.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="296">
-        <v>45968</v>
+        <v>46073</v>
       </c>
       <c r="B1" s="297"/>
       <c r="C1" s="259" t="s">
         <v>119</v>
       </c>
       <c r="D1" s="259"/>
       <c r="E1" s="259"/>
       <c r="F1" s="259"/>
       <c r="G1" s="259"/>
       <c r="H1" s="259"/>
       <c r="I1" s="259"/>
       <c r="J1" s="259"/>
       <c r="K1" s="259"/>
       <c r="L1" s="259"/>
       <c r="M1" s="41" t="s">
         <v>117</v>
       </c>
       <c r="N1" s="41"/>
       <c r="O1" s="41"/>
       <c r="P1" s="41"/>
       <c r="Q1" s="41"/>
       <c r="R1" s="41"/>
       <c r="S1" s="41"/>
       <c r="T1" s="41"/>
       <c r="U1" s="41"/>
@@ -6392,51 +6392,51 @@
       <c r="AE44" s="129"/>
       <c r="AF44" s="129"/>
     </row>
     <row r="45" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A45" s="42"/>
       <c r="B45" s="42"/>
       <c r="C45" s="42"/>
       <c r="D45" s="42"/>
       <c r="E45" s="66"/>
       <c r="F45" s="66"/>
       <c r="G45" s="42"/>
       <c r="H45" s="42"/>
       <c r="I45" s="42"/>
       <c r="J45" s="42"/>
       <c r="K45" s="42"/>
       <c r="L45" s="42"/>
       <c r="Z45" s="42"/>
       <c r="AA45" s="42"/>
       <c r="AB45" s="42"/>
       <c r="AC45" s="42"/>
       <c r="AD45" s="42"/>
       <c r="AE45" s="42"/>
       <c r="AF45" s="42"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="pWMMPtVpECsPwWdSiI/ttzCJRCbLbLfOX+LF0KMJpOnaQTaHYAGiOggevBzrmFB41d/3FYN7J5l99o9Ske8z1Q==" saltValue="a+xwC+EiFCuS+dHj401stA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="N4WJkKYGOW1ZX0z007n+fcv5mRmaNMy8GZSgKt/wZVyulbeEImhZnK3fnWa/+DqO7UO2/CQxHwkKYuh6peGuUg==" saltValue="qs/z8h+LuoA3JDFysTCxvw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="406">
     <mergeCell ref="AI1:AJ1"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="AC40:AD40"/>
     <mergeCell ref="AC42:AD42"/>
     <mergeCell ref="AC44:AD44"/>
     <mergeCell ref="AE40:AF40"/>
     <mergeCell ref="AE42:AF42"/>
     <mergeCell ref="AE44:AF44"/>
     <mergeCell ref="AG39:AK39"/>
     <mergeCell ref="AH40:AI40"/>
     <mergeCell ref="AJ40:AK40"/>
     <mergeCell ref="AH41:AI41"/>
     <mergeCell ref="AJ41:AK41"/>
     <mergeCell ref="AH42:AI42"/>
     <mergeCell ref="AJ42:AK42"/>
     <mergeCell ref="AJ33:AK33"/>
     <mergeCell ref="AJ34:AK34"/>
     <mergeCell ref="AJ36:AK36"/>
     <mergeCell ref="AJ37:AK37"/>
     <mergeCell ref="Z39:AB39"/>
     <mergeCell ref="AE39:AF39"/>
     <mergeCell ref="AC39:AD39"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="R30:S30"/>