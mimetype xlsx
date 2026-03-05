--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -5,58 +5,58 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{938088C6-258D-4119-8BE9-8DCEDEA72E17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8988FB2-2140-41D3-A4EB-3801E8A6F902}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{55DD8493-A5C0-46D1-B125-7565212B99D9}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$AD$63</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -708,51 +708,51 @@
   <si>
     <t>93S3006000</t>
   </si>
   <si>
     <t>93S3009000</t>
   </si>
   <si>
     <t>93S3013000</t>
   </si>
   <si>
     <t>93S3019000</t>
   </si>
   <si>
     <t>93S3025000</t>
   </si>
   <si>
     <t>93S3032000</t>
   </si>
   <si>
     <t>93S3038000</t>
   </si>
   <si>
     <t>93S3051000</t>
   </si>
   <si>
-    <t>LISTA 18</t>
+    <t>LISTA 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_-&quot;$&quot;\ * #,##0.00_-;\-&quot;$&quot;\ * #,##0.00_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3993,1096 +3993,1096 @@
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/preciosNuevo.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/6b33029b47e5de3c/Escritorio/preciosNuevo.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Hoja1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="2384">
           <cell r="C2384">
             <v>0</v>
           </cell>
         </row>
         <row r="2385">
           <cell r="C2385">
-            <v>12.956913676579465</v>
+            <v>12.274970851496338</v>
           </cell>
         </row>
         <row r="2386">
           <cell r="C2386">
-            <v>10.83531377632084</v>
+            <v>10.532228076283893</v>
           </cell>
         </row>
         <row r="2387">
           <cell r="C2387">
-            <v>13.516766828188246</v>
+            <v>13.138675448378784</v>
           </cell>
         </row>
         <row r="2388">
           <cell r="C2388">
-            <v>19.71695931813867</v>
+            <v>19.165435980568358</v>
           </cell>
         </row>
         <row r="2389">
           <cell r="C2389">
-            <v>29.317041982418981</v>
+            <v>28.496984864029635</v>
           </cell>
         </row>
         <row r="2390">
           <cell r="C2390">
-            <v>41.892362395484547</v>
+            <v>40.720548062743724</v>
           </cell>
         </row>
         <row r="2391">
           <cell r="C2391">
-            <v>58.602034725174185</v>
+            <v>56.962816970623869</v>
           </cell>
         </row>
         <row r="2392">
           <cell r="C2392">
-            <v>16.163406486854477</v>
+            <v>15.31270088228319</v>
           </cell>
         </row>
         <row r="2393">
           <cell r="C2393">
-            <v>16.163406486854477</v>
+            <v>15.31270088228319</v>
           </cell>
         </row>
         <row r="2394">
           <cell r="C2394">
-            <v>13.516766828188246</v>
+            <v>13.138675448378784</v>
           </cell>
         </row>
         <row r="2395">
           <cell r="C2395">
-            <v>19.71695931813867</v>
+            <v>19.165435980568358</v>
           </cell>
         </row>
         <row r="2396">
           <cell r="C2396">
-            <v>29.317041982418981</v>
+            <v>28.496984864029635</v>
           </cell>
         </row>
         <row r="2397">
           <cell r="C2397">
-            <v>41.892362395484547</v>
+            <v>40.720548062743724</v>
           </cell>
         </row>
         <row r="2398">
           <cell r="C2398">
-            <v>58.602034725174185</v>
+            <v>56.962816970623869</v>
           </cell>
         </row>
         <row r="2399">
           <cell r="C2399">
-            <v>96.86386821637096</v>
+            <v>91.765769889193564</v>
           </cell>
         </row>
         <row r="2408">
           <cell r="C2408">
-            <v>56.096667842304349</v>
+            <v>53.144211640077813</v>
           </cell>
         </row>
         <row r="2409">
           <cell r="C2409">
-            <v>56.096667842304349</v>
+            <v>53.144211640077813</v>
           </cell>
         </row>
         <row r="2410">
           <cell r="C2410">
-            <v>56.096667842304349</v>
+            <v>53.144211640077813</v>
           </cell>
         </row>
         <row r="2411">
           <cell r="C2411">
-            <v>61.109488008694036</v>
+            <v>57.893199166131197</v>
           </cell>
         </row>
         <row r="2412">
           <cell r="C2412">
-            <v>65.802524819641917</v>
+            <v>62.339234039660781</v>
           </cell>
         </row>
         <row r="2413">
           <cell r="C2413">
             <v>0</v>
           </cell>
         </row>
         <row r="2414">
           <cell r="C2414">
-            <v>14.968955977847653</v>
+            <v>14.181116189539884</v>
           </cell>
         </row>
         <row r="2415">
           <cell r="C2415">
-            <v>12.517898858667921</v>
+            <v>12.167747841642242</v>
           </cell>
         </row>
         <row r="2416">
           <cell r="C2416">
-            <v>16.717684639605686</v>
+            <v>16.250057097239093</v>
           </cell>
         </row>
         <row r="2417">
           <cell r="C2417">
-            <v>25.306880869491774</v>
+            <v>24.598996089925571</v>
           </cell>
         </row>
         <row r="2418">
           <cell r="C2418">
-            <v>37.712607389336696</v>
+            <v>36.657709280544054</v>
           </cell>
         </row>
         <row r="2419">
           <cell r="C2419">
-            <v>51.954488264917224</v>
+            <v>50.50121586589858</v>
           </cell>
         </row>
         <row r="2420">
           <cell r="C2420">
-            <v>77.33080915368042</v>
+            <v>75.167709596934102</v>
           </cell>
         </row>
         <row r="2421">
           <cell r="C2421">
-            <v>19.991077436171835</v>
+            <v>18.938915465847</v>
           </cell>
         </row>
         <row r="2422">
           <cell r="C2422">
-            <v>19.991077436171835</v>
+            <v>18.938915465847</v>
           </cell>
         </row>
         <row r="2423">
           <cell r="C2423">
-            <v>19.440161091776954</v>
+            <v>18.416994718525533</v>
           </cell>
         </row>
         <row r="2424">
           <cell r="C2424">
-            <v>16.717684639605686</v>
+            <v>16.250057097239093</v>
           </cell>
         </row>
         <row r="2425">
           <cell r="C2425">
-            <v>30.181618296208274</v>
+            <v>29.337377224985669</v>
           </cell>
         </row>
         <row r="2426">
           <cell r="C2426">
-            <v>43.274221449756752</v>
+            <v>42.063753716896422</v>
           </cell>
         </row>
         <row r="2427">
           <cell r="C2427">
-            <v>60.330009543195025</v>
+            <v>58.642456828700062</v>
           </cell>
         </row>
         <row r="2428">
           <cell r="C2428">
-            <v>77.33080915368042</v>
+            <v>75.167709596934102</v>
           </cell>
         </row>
         <row r="2437">
           <cell r="C2437">
-            <v>30.011367468281293</v>
+            <v>28.431821812055965</v>
           </cell>
         </row>
         <row r="2438">
           <cell r="C2438">
-            <v>30.011367468281293</v>
+            <v>28.431821812055965</v>
           </cell>
         </row>
         <row r="2439">
           <cell r="C2439">
-            <v>25.097225426691374</v>
+            <v>24.395205135035674</v>
           </cell>
         </row>
         <row r="2440">
           <cell r="C2440">
-            <v>27.072259820970203</v>
+            <v>26.314993811992011</v>
           </cell>
         </row>
         <row r="2441">
           <cell r="C2441">
-            <v>28.603946399900444</v>
+            <v>27.803836011092034</v>
           </cell>
         </row>
         <row r="2442">
           <cell r="C2442">
-            <v>43.813981390323882</v>
+            <v>42.588415477307827</v>
           </cell>
         </row>
         <row r="2443">
           <cell r="C2443">
-            <v>54.543799752751411</v>
+            <v>53.018099060366758</v>
           </cell>
         </row>
         <row r="2444">
           <cell r="C2444">
-            <v>75.928654918391075</v>
+            <v>73.804776459135397</v>
           </cell>
         </row>
         <row r="2445">
           <cell r="C2445">
-            <v>30.011367468281293</v>
+            <v>28.431821812055965</v>
           </cell>
         </row>
         <row r="2446">
           <cell r="C2446">
-            <v>30.011367468281293</v>
+            <v>28.431821812055965</v>
           </cell>
         </row>
         <row r="2447">
           <cell r="C2447">
-            <v>25.097225426691374</v>
+            <v>24.395205135035674</v>
           </cell>
         </row>
         <row r="2448">
           <cell r="C2448">
-            <v>32.373121883817504</v>
+            <v>30.66927336361659</v>
           </cell>
         </row>
         <row r="2449">
           <cell r="C2449">
-            <v>44.696082549600604</v>
+            <v>42.343657152253201</v>
           </cell>
         </row>
         <row r="2450">
           <cell r="C2450">
-            <v>70.654621953898939</v>
+            <v>66.935957640535847</v>
           </cell>
         </row>
         <row r="2451">
           <cell r="C2451">
-            <v>79.804623847761135</v>
+            <v>75.604380487352671</v>
           </cell>
         </row>
         <row r="2452">
           <cell r="C2452">
-            <v>75.928654918391075</v>
+            <v>73.804776459135397</v>
           </cell>
         </row>
         <row r="2453">
           <cell r="C2453">
-            <v>5.4309173544548468</v>
+            <v>5.1450795989572242</v>
           </cell>
         </row>
         <row r="2454">
           <cell r="C2454">
-            <v>5.4309173544548468</v>
+            <v>5.1450795989572242</v>
           </cell>
         </row>
         <row r="2455">
           <cell r="C2455">
-            <v>4.541644337351129</v>
+            <v>4.4146053349077405</v>
           </cell>
         </row>
         <row r="2456">
           <cell r="C2456">
-            <v>5.4430292028942144</v>
+            <v>5.2907766377782925</v>
           </cell>
         </row>
         <row r="2457">
           <cell r="C2457">
-            <v>7.0294665662500337</v>
+            <v>6.832838130830452</v>
           </cell>
         </row>
         <row r="2458">
           <cell r="C2458">
-            <v>10.6323352584504</v>
+            <v>10.334927279193046</v>
           </cell>
         </row>
         <row r="2459">
           <cell r="C2459">
-            <v>17.987635761281936</v>
+            <v>17.484485110616706</v>
           </cell>
         </row>
         <row r="2460">
           <cell r="C2460">
-            <v>24.117052846974886</v>
+            <v>23.44244997013643</v>
           </cell>
         </row>
         <row r="2461">
           <cell r="C2461">
-            <v>5.0397429371253191</v>
+            <v>4.898771106716219</v>
           </cell>
         </row>
         <row r="2462">
           <cell r="C2462">
-            <v>5.0397429371253191</v>
+            <v>4.898771106716219</v>
           </cell>
         </row>
         <row r="2463">
           <cell r="C2463">
-            <v>5.0397429371253191</v>
+            <v>4.898771106716219</v>
           </cell>
         </row>
         <row r="2467">
           <cell r="C2467">
-            <v>5.7314723598680084</v>
+            <v>5.5711514546968752</v>
           </cell>
         </row>
         <row r="2471">
           <cell r="C2471">
-            <v>7.7407816354539207</v>
+            <v>7.5242562750216431</v>
           </cell>
         </row>
         <row r="2476">
           <cell r="C2476">
-            <v>12.549948098331676</v>
+            <v>12.198900599077643</v>
           </cell>
         </row>
         <row r="2480">
           <cell r="C2480">
-            <v>14.131043921743542</v>
+            <v>13.735769965890574</v>
           </cell>
         </row>
         <row r="2484">
           <cell r="C2484">
-            <v>22.168281024087189</v>
+            <v>21.548189247189644</v>
           </cell>
         </row>
         <row r="2488">
           <cell r="C2488">
-            <v>7.778300039267755</v>
+            <v>7.3689158266747166</v>
           </cell>
         </row>
         <row r="2489">
           <cell r="C2489">
-            <v>7.778300039267755</v>
+            <v>7.3689158266747166</v>
           </cell>
         </row>
         <row r="2490">
           <cell r="C2490">
-            <v>6.5046602667560753</v>
+            <v>6.322711727825836</v>
           </cell>
         </row>
         <row r="2491">
           <cell r="C2491">
-            <v>8.5598177601943082</v>
+            <v>8.3203822983706903</v>
           </cell>
         </row>
         <row r="2492">
           <cell r="C2492">
-            <v>12.409732674802745</v>
+            <v>12.062607285297773</v>
           </cell>
         </row>
         <row r="2493">
           <cell r="C2493">
-            <v>15.992570592213267</v>
+            <v>15.545225960263247</v>
           </cell>
         </row>
         <row r="2494">
           <cell r="C2494">
-            <v>19.193488403630674</v>
+            <v>18.656607609123526</v>
           </cell>
         </row>
         <row r="2495">
           <cell r="C2495">
-            <v>32.464544394396825</v>
+            <v>31.556445250497607</v>
           </cell>
         </row>
         <row r="2496">
           <cell r="C2496">
-            <v>6.2548965825932532</v>
+            <v>5.9256914992988721</v>
           </cell>
         </row>
         <row r="2497">
           <cell r="C2497">
-            <v>6.2548965825932532</v>
+            <v>5.9256914992988721</v>
           </cell>
         </row>
         <row r="2498">
           <cell r="C2498">
-            <v>6.2548965825932532</v>
+            <v>5.9256914992988721</v>
           </cell>
         </row>
         <row r="2499">
           <cell r="C2499">
-            <v>6.6048141407053231</v>
+            <v>6.4200640948114671</v>
           </cell>
         </row>
         <row r="2500">
           <cell r="C2500">
-            <v>9.6975657682575545</v>
+            <v>9.4263051873272747</v>
           </cell>
         </row>
         <row r="2501">
           <cell r="C2501">
-            <v>14.778705639948567</v>
+            <v>14.365315272397559</v>
           </cell>
         </row>
         <row r="2502">
           <cell r="C2502">
-            <v>20.193691758137007</v>
+            <v>19.628833247419887</v>
           </cell>
         </row>
         <row r="2503">
           <cell r="C2503">
-            <v>27.534303026122654</v>
+            <v>26.764112731685657</v>
           </cell>
         </row>
         <row r="2504">
           <cell r="C2504">
-            <v>3.6576194766259422</v>
+            <v>3.5553084423147272</v>
           </cell>
         </row>
         <row r="2505">
           <cell r="C2505">
-            <v>3.6576194766259422</v>
+            <v>3.5553084423147272</v>
           </cell>
         </row>
         <row r="2506">
           <cell r="C2506">
-            <v>3.6576194766259422</v>
+            <v>3.5553084423147272</v>
           </cell>
         </row>
         <row r="2507">
           <cell r="C2507">
-            <v>4.4348135384719569</v>
+            <v>4.3107628101230926</v>
           </cell>
         </row>
         <row r="2508">
           <cell r="C2508">
-            <v>5.907743178018646</v>
+            <v>5.7424916205915499</v>
           </cell>
         </row>
         <row r="2509">
           <cell r="C2509">
-            <v>8.8562732270840296</v>
+            <v>8.6085453046481124</v>
           </cell>
         </row>
         <row r="2510">
           <cell r="C2510">
-            <v>10.800593766685108</v>
+            <v>10.49847925572888</v>
           </cell>
         </row>
         <row r="2511">
           <cell r="C2511">
-            <v>16.256976819439206</v>
+            <v>15.802236209105242</v>
           </cell>
         </row>
         <row r="2512">
           <cell r="C2512">
-            <v>8.2286142685991912</v>
+            <v>7.7955293070939708</v>
           </cell>
         </row>
         <row r="2513">
           <cell r="C2513">
-            <v>8.2286142685991912</v>
+            <v>7.7955293070939708</v>
           </cell>
         </row>
         <row r="2515">
           <cell r="C2515">
-            <v>8.2286142685991912</v>
+            <v>7.7955293070939708</v>
           </cell>
         </row>
         <row r="2518">
           <cell r="C2518">
-            <v>9.6961276613495748</v>
+            <v>9.185805152857494</v>
           </cell>
         </row>
         <row r="2522">
           <cell r="C2522">
-            <v>14.136992454862936</v>
+            <v>13.392940220396467</v>
           </cell>
         </row>
         <row r="2529">
           <cell r="C2529">
-            <v>21.159978201670508</v>
+            <v>20.0462951384247</v>
           </cell>
         </row>
         <row r="2531">
           <cell r="C2531">
-            <v>28.839272984844104</v>
+            <v>27.321416511957569</v>
           </cell>
         </row>
         <row r="2535">
           <cell r="C2535">
-            <v>39.439222822795102</v>
+            <v>37.363474253174303</v>
           </cell>
         </row>
         <row r="2539">
           <cell r="C2539">
-            <v>5.9544730843454845</v>
+            <v>5.6410797641167747</v>
           </cell>
         </row>
         <row r="2548">
           <cell r="C2548">
-            <v>6.2557361682368944</v>
+            <v>5.9264868962244268</v>
           </cell>
         </row>
         <row r="2549">
           <cell r="C2549">
-            <v>4.9350047002860418</v>
+            <v>4.8084661182274262</v>
           </cell>
         </row>
         <row r="2550">
           <cell r="C2550">
-            <v>5.0502332810358705</v>
+            <v>4.9207401199836687</v>
           </cell>
         </row>
         <row r="2551">
           <cell r="C2551">
-            <v>6.1021587117521285</v>
+            <v>5.9456931037584821</v>
           </cell>
         </row>
         <row r="2552">
           <cell r="C2552">
-            <v>7.942098952757604</v>
+            <v>7.7384553898663855</v>
           </cell>
         </row>
         <row r="2553">
           <cell r="C2553">
-            <v>8.9246394316245077</v>
+            <v>8.6958025231213156</v>
           </cell>
         </row>
         <row r="2554">
           <cell r="C2554">
-            <v>9.980281913332675</v>
+            <v>9.7243772488882492</v>
           </cell>
         </row>
         <row r="2555">
           <cell r="C2555">
-            <v>5.4069644699159438</v>
+            <v>5.1223873925519472</v>
           </cell>
         </row>
         <row r="2556">
           <cell r="C2556">
-            <v>5.4069644699159438</v>
+            <v>5.1223873925519472</v>
           </cell>
         </row>
         <row r="2557">
           <cell r="C2557">
-            <v>4.5216135625612877</v>
+            <v>4.3951348615106207</v>
           </cell>
         </row>
         <row r="2558">
           <cell r="C2558">
-            <v>5.420327658132396</v>
+            <v>5.2687101012615605</v>
           </cell>
         </row>
         <row r="2559">
           <cell r="C2559">
-            <v>6.4218663976246955</v>
+            <v>6.2422337711177107</v>
           </cell>
         </row>
         <row r="2560">
           <cell r="C2560">
-            <v>9.83911657677249</v>
+            <v>9.563896532666968</v>
           </cell>
         </row>
         <row r="2561">
           <cell r="C2561">
-            <v>12.30290187592357</v>
+            <v>11.958764760513121</v>
           </cell>
         </row>
         <row r="2562">
           <cell r="C2562">
-            <v>17.691180294392215</v>
+            <v>17.196322104339284</v>
           </cell>
         </row>
         <row r="2563">
           <cell r="C2563">
-            <v>6.8203986697382613</v>
+            <v>6.4614303186994047</v>
           </cell>
         </row>
         <row r="2564">
           <cell r="C2564">
-            <v>7.3620137221987783</v>
+            <v>6.974539315767263</v>
           </cell>
         </row>
         <row r="2565">
           <cell r="C2565">
-            <v>5.8320530063385272</v>
+            <v>5.6825131856631801</v>
           </cell>
         </row>
         <row r="2566">
           <cell r="C2566">
-            <v>6.4404103520177953</v>
+            <v>6.2752716250429783</v>
           </cell>
         </row>
         <row r="2567">
           <cell r="C2567">
-            <v>6.9087587770009939</v>
+            <v>6.7316111160522496</v>
           </cell>
         </row>
         <row r="2568">
           <cell r="C2568">
-            <v>9.1947451370380779</v>
+            <v>8.9589824412165893</v>
           </cell>
         </row>
         <row r="2569">
           <cell r="C2569">
-            <v>10.677848482818243</v>
+            <v>10.404057496079313</v>
           </cell>
         </row>
         <row r="2570">
           <cell r="C2570">
-            <v>11.429931800185456</v>
+            <v>11.136856625821723</v>
           </cell>
         </row>
         <row r="2571">
           <cell r="C2571">
-            <v>7.4772509674031484</v>
+            <v>7.0837114428029837</v>
           </cell>
         </row>
         <row r="2572">
           <cell r="C2572">
-            <v>8.1077633233070241</v>
+            <v>7.6810389378698121</v>
           </cell>
         </row>
         <row r="2573">
           <cell r="C2573">
-            <v>6.6188287996304496</v>
+            <v>6.4491152406655665</v>
           </cell>
         </row>
         <row r="2574">
           <cell r="C2574">
-            <v>7.3139173351213946</v>
+            <v>7.1263809931952062</v>
           </cell>
         </row>
         <row r="2575">
           <cell r="C2575">
-            <v>7.8082851170480962</v>
+            <v>7.6080726781494272</v>
           </cell>
         </row>
         <row r="2576">
           <cell r="C2576">
-            <v>10.116573783036801</v>
+            <v>9.8571744552666267</v>
           </cell>
         </row>
         <row r="2577">
           <cell r="C2577">
-            <v>11.887129072192888</v>
+            <v>11.58233089085461</v>
           </cell>
         </row>
         <row r="2578">
           <cell r="C2578">
-            <v>12.963834842855356</v>
+            <v>12.631428821243679</v>
           </cell>
         </row>
         <row r="2579">
           <cell r="C2579">
-            <v>8.4040876681182333</v>
+            <v>7.961767264533063</v>
           </cell>
         </row>
         <row r="2580">
           <cell r="C2580">
-            <v>9.235442079949717</v>
+            <v>8.7493661810049961</v>
           </cell>
         </row>
         <row r="2581">
           <cell r="C2581">
-            <v>7.4080826269169595</v>
+            <v>7.2181317903293456</v>
           </cell>
         </row>
         <row r="2582">
           <cell r="C2582">
-            <v>8.4562910066412762</v>
+            <v>8.2394630321120115</v>
           </cell>
         </row>
         <row r="2583">
           <cell r="C2583">
-            <v>9.4252022985377657</v>
+            <v>9.1835304447291044</v>
           </cell>
         </row>
         <row r="2584">
           <cell r="C2584">
-            <v>11.623218451765847</v>
+            <v>11.325187209412876</v>
           </cell>
         </row>
         <row r="2585">
           <cell r="C2585">
-            <v>13.678747650303272</v>
+            <v>13.328010531064727</v>
           </cell>
         </row>
         <row r="2586">
           <cell r="C2586">
-            <v>14.358967981826487</v>
+            <v>13.990789315625804</v>
           </cell>
         </row>
         <row r="2587">
           <cell r="C2587">
-            <v>9.9844841737780836</v>
+            <v>9.4589850067371319</v>
           </cell>
         </row>
         <row r="2588">
           <cell r="C2588">
-            <v>10.374644561112854</v>
+            <v>9.8286106368437576</v>
           </cell>
         </row>
         <row r="2589">
           <cell r="C2589">
-            <v>8.6557727432081979</v>
+            <v>8.4338298523567055</v>
           </cell>
         </row>
         <row r="2590">
           <cell r="C2590">
-            <v>9.645747324058954</v>
+            <v>9.3984204695959033</v>
           </cell>
         </row>
         <row r="2591">
           <cell r="C2591">
-            <v>10.627048785928533</v>
+            <v>10.35456035552011</v>
           </cell>
         </row>
         <row r="2592">
           <cell r="C2592">
-            <v>13.931507117754519</v>
+            <v>13.574288986530046</v>
           </cell>
         </row>
         <row r="2593">
           <cell r="C2593">
-            <v>15.923846449429121</v>
+            <v>15.515542694315553</v>
           </cell>
         </row>
         <row r="2594">
           <cell r="C2594">
-            <v>18.569147738686134</v>
+            <v>18.093015745386495</v>
           </cell>
         </row>
         <row r="2595">
           <cell r="C2595">
-            <v>11.090761727740009</v>
+            <v>10.507037426280009</v>
           </cell>
         </row>
         <row r="2596">
           <cell r="C2596">
-            <v>11.630730533840447</v>
+            <v>11.018586821533054</v>
           </cell>
         </row>
         <row r="2597">
           <cell r="C2597">
-            <v>10.116573783036801</v>
+            <v>9.8571744552666267</v>
           </cell>
         </row>
         <row r="2598">
           <cell r="C2598">
-            <v>11.952796973050335</v>
+            <v>11.646314999382376</v>
           </cell>
         </row>
         <row r="2599">
           <cell r="C2599">
-            <v>12.963834842855356</v>
+            <v>12.631428821243679</v>
           </cell>
         </row>
         <row r="2600">
           <cell r="C2600">
-            <v>16.280683344654431</v>
+            <v>15.863229925560725</v>
           </cell>
         </row>
         <row r="2601">
           <cell r="C2601">
-            <v>18.933418735895305</v>
+            <v>18.447946460615931</v>
           </cell>
         </row>
         <row r="2602">
           <cell r="C2602">
-            <v>21.688992537912906</v>
+            <v>21.132864524120272</v>
           </cell>
         </row>
         <row r="2603">
           <cell r="C2603">
-            <v>12.425867525750551</v>
+            <v>11.771874498079471</v>
           </cell>
         </row>
         <row r="2604">
           <cell r="C2604">
-            <v>13.053087388934305</v>
+            <v>12.36608278951671</v>
           </cell>
         </row>
         <row r="2605">
           <cell r="C2605">
-            <v>11.666584046671703</v>
+            <v>11.367440865987815</v>
           </cell>
         </row>
         <row r="2606">
           <cell r="C2606">
-            <v>13.459441641779378</v>
+            <v>13.114327753528626</v>
           </cell>
         </row>
         <row r="2607">
           <cell r="C2607">
-            <v>15.591789894150015</v>
+            <v>15.192000409684631</v>
           </cell>
         </row>
         <row r="2608">
           <cell r="C2608">
-            <v>19.624790220394335</v>
+            <v>19.121590471153457</v>
           </cell>
         </row>
         <row r="2609">
           <cell r="C2609">
-            <v>22.42744666830971</v>
+            <v>21.852383933224854</v>
           </cell>
         </row>
         <row r="2610">
           <cell r="C2610">
-            <v>26.021834977506277</v>
+            <v>25.354608439621497</v>
           </cell>
         </row>
         <row r="2611">
           <cell r="C2611">
-            <v>13.586471209594499</v>
+            <v>12.871393777510582</v>
           </cell>
         </row>
         <row r="2612">
           <cell r="C2612">
-            <v>14.574219025631891</v>
+            <v>13.807154866388109</v>
           </cell>
         </row>
         <row r="2613">
           <cell r="C2613">
-            <v>13.053044066661652</v>
+            <v>12.718350629054942</v>
           </cell>
         </row>
         <row r="2614">
           <cell r="C2614">
-            <v>16.507423455162179</v>
+            <v>16.084156187081096</v>
           </cell>
         </row>
         <row r="2615">
           <cell r="C2615">
-            <v>18.167706231557673</v>
+            <v>17.701867610235681</v>
           </cell>
         </row>
         <row r="2616">
           <cell r="C2616">
-            <v>22.42744666830971</v>
+            <v>21.852383933224854</v>
           </cell>
         </row>
         <row r="2617">
           <cell r="C2617">
-            <v>26.153170779221135</v>
+            <v>25.482576656677004</v>
           </cell>
         </row>
         <row r="2618">
           <cell r="C2618">
-            <v>31.132780091410265</v>
+            <v>30.334503678810002</v>
           </cell>
         </row>
         <row r="2619">
           <cell r="C2619">
             <v>0</v>
           </cell>
         </row>
         <row r="2620">
           <cell r="C2620">
-            <v>15.299505784484577</v>
+            <v>14.494268637932761</v>
           </cell>
         </row>
         <row r="2621">
           <cell r="C2621">
-            <v>15.299505784484577</v>
+            <v>14.494268637932761</v>
           </cell>
         </row>
         <row r="2622">
           <cell r="C2622">
-            <v>24.147701333156842</v>
+            <v>22.876769684043325</v>
           </cell>
         </row>
         <row r="2623">
           <cell r="C2623">
-            <v>25.883487032742991</v>
+            <v>24.521198241545989</v>
           </cell>
         </row>
         <row r="2624">
           <cell r="C2624">
-            <v>40.85244301059069</v>
+            <v>38.702314431085917</v>
           </cell>
         </row>
         <row r="2625">
           <cell r="C2625">
-            <v>54.238911749901163</v>
+            <v>51.384232184116897</v>
           </cell>
         </row>
         <row r="2626">
           <cell r="C2626">
-            <v>73.734962905602259</v>
+            <v>69.854175384254773</v>
           </cell>
         </row>
         <row r="2627">
           <cell r="C2627">
-            <v>19.440161091776954</v>
+            <v>18.416994718525533</v>
           </cell>
         </row>
         <row r="2628">
           <cell r="C2628">
-            <v>19.440161091776954</v>
+            <v>18.416994718525533</v>
           </cell>
         </row>
         <row r="2629">
           <cell r="C2629">
-            <v>19.440161091776954</v>
+            <v>18.416994718525533</v>
           </cell>
         </row>
         <row r="2630">
           <cell r="C2630">
-            <v>25.311811521747725</v>
+            <v>23.979610915339947</v>
           </cell>
         </row>
         <row r="2631">
           <cell r="C2631">
-            <v>40.021895259475578</v>
+            <v>37.915479719503182</v>
           </cell>
         </row>
         <row r="2632">
           <cell r="C2632">
-            <v>53.590587008381384</v>
+            <v>50.770029797413947</v>
           </cell>
         </row>
         <row r="2633">
           <cell r="C2633">
-            <v>73.094622458928697</v>
+            <v>69.247537066353502</v>
           </cell>
         </row>
         <row r="2634">
           <cell r="C2634">
-            <v>116.96672578039083</v>
+            <v>110.81058231826502</v>
           </cell>
         </row>
         <row r="2635">
           <cell r="C2635">
             <v>0</v>
           </cell>
         </row>
         <row r="2636">
           <cell r="C2636">
-            <v>16.934628312547428</v>
+            <v>16.194742019457944</v>
           </cell>
         </row>
         <row r="2637">
           <cell r="C2637">
-            <v>16.934628312547428</v>
+            <v>16.194742019457944</v>
           </cell>
         </row>
         <row r="2638">
           <cell r="C2638">
-            <v>21.712749222128668</v>
+            <v>20.721382881166484</v>
           </cell>
         </row>
         <row r="2639">
           <cell r="C2639">
-            <v>31.312587034991736</v>
+            <v>29.815966072299918</v>
           </cell>
         </row>
         <row r="2640">
           <cell r="C2640">
-            <v>45.184832230509578</v>
+            <v>42.958093099632613</v>
           </cell>
         </row>
         <row r="2641">
           <cell r="C2641">
-            <v>60.995230745972229</v>
+            <v>57.93636537743933</v>
           </cell>
         </row>
         <row r="2642">
           <cell r="C2642">
-            <v>89.088489086612313</v>
+            <v>84.551031173835213</v>
           </cell>
         </row>
         <row r="2643">
           <cell r="C2643">
-            <v>24.147701333156842</v>
+            <v>22.876769684043325</v>
           </cell>
         </row>
         <row r="2644">
           <cell r="C2644">
-            <v>24.147701333156842</v>
+            <v>22.876769684043325</v>
           </cell>
         </row>
         <row r="2645">
           <cell r="C2645">
-            <v>24.147701333156842</v>
+            <v>22.876769684043325</v>
           </cell>
         </row>
         <row r="2646">
           <cell r="C2646">
-            <v>35.924536231452834</v>
+            <v>34.033771166639532</v>
           </cell>
         </row>
         <row r="2647">
           <cell r="C2647">
-            <v>50.591685864110424</v>
+            <v>47.928965555473027</v>
           </cell>
         </row>
         <row r="2648">
           <cell r="C2648">
-            <v>72.495800345456132</v>
+            <v>68.680231906221607</v>
           </cell>
         </row>
         <row r="2649">
           <cell r="C2649">
-            <v>100.79852871662868</v>
+            <v>95.493342994700868</v>
           </cell>
         </row>
         <row r="2650">
           <cell r="C2650">
-            <v>135.85916424571167</v>
+            <v>128.70868191699</v>
           </cell>
         </row>
         <row r="3274">
           <cell r="C3274">
-            <v>5.9476609169075383</v>
+            <v>5.6346261318071429</v>
           </cell>
         </row>
         <row r="3275">
           <cell r="C3275">
-            <v>7.1298156118510763</v>
+            <v>6.7545621585957569</v>
           </cell>
         </row>
         <row r="3276">
           <cell r="C3276">
-            <v>8.4472242614909447</v>
+            <v>8.0026335108861595</v>
           </cell>
         </row>
         <row r="3277">
           <cell r="C3277">
-            <v>12.942222574062278</v>
+            <v>12.261052964901106</v>
           </cell>
         </row>
         <row r="3278">
           <cell r="C3278">
-            <v>16.183047852176394</v>
+            <v>15.331308491535532</v>
           </cell>
         </row>
         <row r="3279">
           <cell r="C3279">
-            <v>23.270706387238995</v>
+            <v>22.045932366857997</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -5401,51 +5401,51 @@
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="7.7109375" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" customWidth="1"/>
     <col min="5" max="6" width="5.7109375" customWidth="1"/>
     <col min="7" max="8" width="7.7109375" customWidth="1"/>
     <col min="9" max="9" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" customWidth="1"/>
     <col min="11" max="12" width="5.7109375" customWidth="1"/>
     <col min="13" max="14" width="7.7109375" customWidth="1"/>
     <col min="16" max="16" width="7.7109375" customWidth="1"/>
     <col min="17" max="18" width="5.7109375" customWidth="1"/>
     <col min="19" max="20" width="7.7109375" customWidth="1"/>
     <col min="21" max="21" width="12" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="7.7109375" customWidth="1"/>
     <col min="23" max="24" width="5.7109375" customWidth="1"/>
     <col min="25" max="26" width="7.7109375" customWidth="1"/>
     <col min="27" max="27" width="10.7109375" customWidth="1"/>
     <col min="28" max="28" width="7.7109375" customWidth="1"/>
     <col min="29" max="30" width="5.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:40" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="333">
-        <v>45968</v>
+        <v>46073</v>
       </c>
       <c r="B1" s="334"/>
       <c r="C1" s="335" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="335"/>
       <c r="E1" s="335"/>
       <c r="F1" s="335"/>
       <c r="G1" s="335"/>
       <c r="H1" s="335"/>
       <c r="I1" s="58" t="s">
         <v>1</v>
       </c>
       <c r="J1" s="59"/>
       <c r="K1" s="59"/>
       <c r="L1" s="59"/>
       <c r="M1" s="59"/>
       <c r="N1" s="59"/>
       <c r="O1" s="59"/>
       <c r="P1" s="59"/>
       <c r="Q1" s="59"/>
       <c r="R1" s="59"/>
       <c r="S1" s="58"/>
       <c r="T1" s="58"/>
       <c r="U1" s="58" t="s">
@@ -5597,600 +5597,600 @@
       </c>
       <c r="B4" s="251"/>
       <c r="C4" s="55" t="s">
         <v>40</v>
       </c>
       <c r="D4" s="69" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="258">
         <f>[1]Hoja1!$C2384</f>
         <v>0</v>
       </c>
       <c r="F4" s="259"/>
       <c r="G4" s="338" t="s">
         <v>32</v>
       </c>
       <c r="H4" s="339"/>
       <c r="I4" s="55" t="s">
         <v>103</v>
       </c>
       <c r="J4" s="53" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="258">
         <f>[1]Hoja1!$C2408</f>
-        <v>56.096667842304349</v>
+        <v>53.144211640077813</v>
       </c>
       <c r="L4" s="259"/>
       <c r="M4" s="248" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="249"/>
       <c r="O4" s="174" t="s">
         <v>108</v>
       </c>
       <c r="P4" s="53" t="s">
         <v>7</v>
       </c>
       <c r="Q4" s="244">
         <f>[1]Hoja1!$C2619</f>
         <v>0</v>
       </c>
       <c r="R4" s="245"/>
       <c r="S4" s="250" t="s">
         <v>31</v>
       </c>
       <c r="T4" s="251"/>
       <c r="U4" s="52">
         <v>1302006000</v>
       </c>
       <c r="V4" s="53" t="s">
         <v>7</v>
       </c>
       <c r="W4" s="341">
         <f>[1]Hoja1!$C2413</f>
         <v>0</v>
       </c>
       <c r="X4" s="342"/>
       <c r="Y4" s="248" t="s">
         <v>30</v>
       </c>
       <c r="Z4" s="249"/>
       <c r="AA4" s="52">
         <v>2802006000</v>
       </c>
       <c r="AB4" s="53" t="s">
         <v>7</v>
       </c>
       <c r="AC4" s="343">
         <f>[1]Hoja1!$C2488</f>
-        <v>7.778300039267755</v>
+        <v>7.3689158266747166</v>
       </c>
       <c r="AD4" s="344"/>
       <c r="AE4" s="150"/>
       <c r="AF4" s="41"/>
       <c r="AI4" s="12"/>
       <c r="AJ4" s="12"/>
       <c r="AK4" s="12"/>
       <c r="AL4" s="14"/>
       <c r="AM4" s="262"/>
       <c r="AN4" s="267"/>
     </row>
     <row r="5" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="75"/>
       <c r="B5" s="76"/>
       <c r="C5" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="256">
         <f>[1]Hoja1!$C2385</f>
-        <v>12.956913676579465</v>
+        <v>12.274970851496338</v>
       </c>
       <c r="F5" s="257"/>
       <c r="G5" s="193"/>
       <c r="H5" s="194"/>
       <c r="I5" s="173" t="s">
         <v>104</v>
       </c>
       <c r="J5" s="71" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="256">
         <f>[1]Hoja1!$C2409</f>
-        <v>56.096667842304349</v>
+        <v>53.144211640077813</v>
       </c>
       <c r="L5" s="257"/>
       <c r="M5" s="16"/>
       <c r="N5" s="17"/>
       <c r="O5" s="175" t="s">
         <v>109</v>
       </c>
       <c r="P5" s="71" t="s">
         <v>9</v>
       </c>
       <c r="Q5" s="252">
         <f>[1]Hoja1!$C2620</f>
-        <v>15.299505784484577</v>
+        <v>14.494268637932761</v>
       </c>
       <c r="R5" s="253"/>
       <c r="S5" s="1"/>
       <c r="T5" s="2"/>
       <c r="U5" s="4">
         <v>1302009000</v>
       </c>
       <c r="V5" s="71" t="s">
         <v>9</v>
       </c>
       <c r="W5" s="218">
         <f>[1]Hoja1!$C2414</f>
-        <v>14.968955977847653</v>
+        <v>14.181116189539884</v>
       </c>
       <c r="X5" s="218"/>
       <c r="Y5" s="16"/>
       <c r="Z5" s="20"/>
       <c r="AA5" s="4">
         <v>2802009000</v>
       </c>
       <c r="AB5" s="71" t="s">
         <v>9</v>
       </c>
       <c r="AC5" s="345">
         <f>[1]Hoja1!$C2489</f>
-        <v>7.778300039267755</v>
+        <v>7.3689158266747166</v>
       </c>
       <c r="AD5" s="346"/>
       <c r="AE5" s="150"/>
       <c r="AF5" s="41"/>
       <c r="AI5" s="12"/>
       <c r="AJ5" s="12"/>
       <c r="AK5" s="12"/>
       <c r="AL5" s="14"/>
       <c r="AM5" s="262"/>
       <c r="AN5" s="267"/>
     </row>
     <row r="6" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="65"/>
       <c r="B6" s="2"/>
       <c r="C6" s="55" t="s">
         <v>42</v>
       </c>
       <c r="D6" s="54" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="258">
         <f>[1]Hoja1!$C2386</f>
-        <v>10.83531377632084</v>
+        <v>10.532228076283893</v>
       </c>
       <c r="F6" s="259"/>
       <c r="G6" s="193"/>
       <c r="H6" s="194"/>
       <c r="I6" s="55" t="s">
         <v>105</v>
       </c>
       <c r="J6" s="54" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="258">
         <f>[1]Hoja1!$C2410</f>
-        <v>56.096667842304349</v>
+        <v>53.144211640077813</v>
       </c>
       <c r="L6" s="259"/>
       <c r="M6" s="16"/>
       <c r="N6" s="17"/>
       <c r="O6" s="174" t="s">
         <v>110</v>
       </c>
       <c r="P6" s="54" t="s">
         <v>6</v>
       </c>
       <c r="Q6" s="244">
         <f>[1]Hoja1!$C2621</f>
-        <v>15.299505784484577</v>
+        <v>14.494268637932761</v>
       </c>
       <c r="R6" s="245"/>
       <c r="S6" s="1"/>
       <c r="T6" s="2"/>
       <c r="U6" s="52">
         <v>1302013000</v>
       </c>
       <c r="V6" s="54" t="s">
         <v>6</v>
       </c>
       <c r="W6" s="217">
         <f>[1]Hoja1!$C2415</f>
-        <v>12.517898858667921</v>
+        <v>12.167747841642242</v>
       </c>
       <c r="X6" s="217"/>
       <c r="Y6" s="16"/>
       <c r="Z6" s="20"/>
       <c r="AA6" s="52">
         <v>2802013000</v>
       </c>
       <c r="AB6" s="54" t="s">
         <v>6</v>
       </c>
       <c r="AC6" s="343">
         <f>[1]Hoja1!$C2490</f>
-        <v>6.5046602667560753</v>
+        <v>6.322711727825836</v>
       </c>
       <c r="AD6" s="344"/>
       <c r="AE6" s="150"/>
       <c r="AF6" s="41"/>
       <c r="AI6" s="12"/>
       <c r="AJ6" s="12"/>
       <c r="AK6" s="12"/>
       <c r="AL6" s="14"/>
       <c r="AM6" s="262"/>
       <c r="AN6" s="267"/>
     </row>
     <row r="7" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="65"/>
       <c r="B7" s="2"/>
       <c r="C7" s="24" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="256">
         <f>[1]Hoja1!$C2387</f>
-        <v>13.516766828188246</v>
+        <v>13.138675448378784</v>
       </c>
       <c r="F7" s="257"/>
       <c r="G7" s="193"/>
       <c r="H7" s="194"/>
       <c r="I7" s="173" t="s">
         <v>106</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="256">
         <f>[1]Hoja1!$C2411</f>
-        <v>61.109488008694036</v>
+        <v>57.893199166131197</v>
       </c>
       <c r="L7" s="257"/>
       <c r="M7" s="16"/>
       <c r="N7" s="17"/>
       <c r="O7" s="175" t="s">
         <v>111</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="Q7" s="252">
         <f>[1]Hoja1!$C2622</f>
-        <v>24.147701333156842</v>
+        <v>22.876769684043325</v>
       </c>
       <c r="R7" s="253"/>
       <c r="S7" s="1"/>
       <c r="T7" s="2"/>
       <c r="U7" s="4">
         <v>1302019000</v>
       </c>
       <c r="V7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="W7" s="218">
         <f>[1]Hoja1!$C2416</f>
-        <v>16.717684639605686</v>
+        <v>16.250057097239093</v>
       </c>
       <c r="X7" s="218"/>
       <c r="Y7" s="16"/>
       <c r="Z7" s="20"/>
       <c r="AA7" s="4">
         <v>2802019000</v>
       </c>
       <c r="AB7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AC7" s="345">
         <f>[1]Hoja1!$C2491</f>
-        <v>8.5598177601943082</v>
+        <v>8.3203822983706903</v>
       </c>
       <c r="AD7" s="346"/>
       <c r="AE7" s="150"/>
       <c r="AF7" s="41"/>
       <c r="AI7" s="12"/>
       <c r="AJ7" s="12"/>
       <c r="AK7" s="12"/>
       <c r="AL7" s="11"/>
       <c r="AM7" s="262"/>
       <c r="AN7" s="267"/>
     </row>
     <row r="8" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="65"/>
       <c r="B8" s="2"/>
       <c r="C8" s="55" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="258">
         <f>[1]Hoja1!$C2388</f>
-        <v>19.71695931813867</v>
+        <v>19.165435980568358</v>
       </c>
       <c r="F8" s="259"/>
       <c r="G8" s="193"/>
       <c r="H8" s="194"/>
       <c r="I8" s="55" t="s">
         <v>107</v>
       </c>
       <c r="J8" s="53" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="258">
         <f>[1]Hoja1!$C2412</f>
-        <v>65.802524819641917</v>
+        <v>62.339234039660781</v>
       </c>
       <c r="L8" s="259"/>
       <c r="M8" s="16"/>
       <c r="N8" s="17"/>
       <c r="O8" s="174" t="s">
         <v>112</v>
       </c>
       <c r="P8" s="53" t="s">
         <v>26</v>
       </c>
       <c r="Q8" s="244">
         <f>[1]Hoja1!$C2623</f>
-        <v>25.883487032742991</v>
+        <v>24.521198241545989</v>
       </c>
       <c r="R8" s="245"/>
       <c r="S8" s="1"/>
       <c r="T8" s="2"/>
       <c r="U8" s="52">
         <v>1302025000</v>
       </c>
       <c r="V8" s="53" t="s">
         <v>26</v>
       </c>
       <c r="W8" s="217">
         <f>[1]Hoja1!$C2417</f>
-        <v>25.306880869491774</v>
+        <v>24.598996089925571</v>
       </c>
       <c r="X8" s="217"/>
       <c r="Y8" s="16"/>
       <c r="Z8" s="20"/>
       <c r="AA8" s="52">
         <v>2802025000</v>
       </c>
       <c r="AB8" s="53" t="s">
         <v>26</v>
       </c>
       <c r="AC8" s="343">
         <f>[1]Hoja1!$C2492</f>
-        <v>12.409732674802745</v>
+        <v>12.062607285297773</v>
       </c>
       <c r="AD8" s="344"/>
       <c r="AE8" s="150"/>
       <c r="AF8" s="41"/>
       <c r="AI8" s="12"/>
       <c r="AJ8" s="12"/>
       <c r="AK8" s="12"/>
       <c r="AL8" s="23"/>
       <c r="AM8" s="262"/>
       <c r="AN8" s="267"/>
     </row>
     <row r="9" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="65"/>
       <c r="B9" s="2"/>
       <c r="C9" s="24" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="256">
         <f>[1]Hoja1!$C2389</f>
-        <v>29.317041982418981</v>
+        <v>28.496984864029635</v>
       </c>
       <c r="F9" s="257"/>
       <c r="G9" s="193"/>
       <c r="H9" s="194"/>
       <c r="I9" s="13"/>
       <c r="J9" s="51"/>
       <c r="K9" s="260"/>
       <c r="L9" s="261"/>
       <c r="M9" s="16"/>
       <c r="N9" s="17"/>
       <c r="O9" s="175" t="s">
         <v>113</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Q9" s="252">
         <f>[1]Hoja1!$C2624</f>
-        <v>40.85244301059069</v>
+        <v>38.702314431085917</v>
       </c>
       <c r="R9" s="253"/>
       <c r="S9" s="1"/>
       <c r="T9" s="2"/>
       <c r="U9" s="4">
         <v>1302032000</v>
       </c>
       <c r="V9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="W9" s="218">
         <f>[1]Hoja1!$C2418</f>
-        <v>37.712607389336696</v>
+        <v>36.657709280544054</v>
       </c>
       <c r="X9" s="218"/>
       <c r="Y9" s="16"/>
       <c r="Z9" s="20"/>
       <c r="AA9" s="4">
         <v>2802032000</v>
       </c>
       <c r="AB9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="AC9" s="345">
         <f>[1]Hoja1!$C2493</f>
-        <v>15.992570592213267</v>
+        <v>15.545225960263247</v>
       </c>
       <c r="AD9" s="346"/>
       <c r="AE9" s="150"/>
       <c r="AF9" s="41"/>
       <c r="AI9" s="12"/>
       <c r="AJ9" s="12"/>
       <c r="AK9" s="12"/>
       <c r="AL9" s="11"/>
       <c r="AM9" s="262"/>
       <c r="AN9" s="267"/>
     </row>
     <row r="10" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="65"/>
       <c r="B10" s="2"/>
       <c r="C10" s="55" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="53" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="258">
         <f>[1]Hoja1!$C2390</f>
-        <v>41.892362395484547</v>
+        <v>40.720548062743724</v>
       </c>
       <c r="F10" s="259"/>
       <c r="G10" s="193"/>
       <c r="H10" s="194"/>
       <c r="I10" s="26"/>
       <c r="J10" s="14"/>
       <c r="K10" s="262"/>
       <c r="L10" s="194"/>
       <c r="M10" s="16"/>
       <c r="N10" s="17"/>
       <c r="O10" s="174" t="s">
         <v>114</v>
       </c>
       <c r="P10" s="53" t="s">
         <v>12</v>
       </c>
       <c r="Q10" s="244">
         <f>[1]Hoja1!$C2625</f>
-        <v>54.238911749901163</v>
+        <v>51.384232184116897</v>
       </c>
       <c r="R10" s="245"/>
       <c r="S10" s="1"/>
       <c r="T10" s="2"/>
       <c r="U10" s="52">
         <v>1302038000</v>
       </c>
       <c r="V10" s="53" t="s">
         <v>12</v>
       </c>
       <c r="W10" s="217">
         <f>[1]Hoja1!$C2419</f>
-        <v>51.954488264917224</v>
+        <v>50.50121586589858</v>
       </c>
       <c r="X10" s="217"/>
       <c r="Y10" s="16"/>
       <c r="Z10" s="20"/>
       <c r="AA10" s="52">
         <v>2802038000</v>
       </c>
       <c r="AB10" s="53" t="s">
         <v>12</v>
       </c>
       <c r="AC10" s="343">
         <f>[1]Hoja1!$C2494</f>
-        <v>19.193488403630674</v>
+        <v>18.656607609123526</v>
       </c>
       <c r="AD10" s="344"/>
       <c r="AE10" s="150"/>
       <c r="AF10" s="41"/>
       <c r="AI10" s="12"/>
       <c r="AJ10" s="12"/>
       <c r="AK10" s="12"/>
       <c r="AL10" s="11"/>
       <c r="AM10" s="262"/>
       <c r="AN10" s="267"/>
     </row>
     <row r="11" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="66"/>
       <c r="B11" s="7"/>
       <c r="C11" s="4" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="E11" s="256">
         <f>[1]Hoja1!$C2391</f>
-        <v>58.602034725174185</v>
+        <v>56.962816970623869</v>
       </c>
       <c r="F11" s="257"/>
       <c r="G11" s="235"/>
       <c r="H11" s="264"/>
       <c r="I11" s="72"/>
       <c r="J11" s="73"/>
       <c r="K11" s="263"/>
       <c r="L11" s="264"/>
       <c r="M11" s="18"/>
       <c r="N11" s="19"/>
       <c r="O11" s="175" t="s">
         <v>115</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="Q11" s="252">
         <f>[1]Hoja1!$C2626</f>
-        <v>73.734962905602259</v>
+        <v>69.854175384254773</v>
       </c>
       <c r="R11" s="253"/>
       <c r="S11" s="6"/>
       <c r="T11" s="7"/>
       <c r="U11" s="4">
         <v>1302051000</v>
       </c>
       <c r="V11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="W11" s="218">
         <f>[1]Hoja1!$C2420</f>
-        <v>77.33080915368042</v>
+        <v>75.167709596934102</v>
       </c>
       <c r="X11" s="218"/>
       <c r="Y11" s="18"/>
       <c r="Z11" s="21"/>
       <c r="AA11" s="4">
         <v>2802051000</v>
       </c>
       <c r="AB11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="AC11" s="345">
         <f>[1]Hoja1!$C2495</f>
-        <v>32.464544394396825</v>
+        <v>31.556445250497607</v>
       </c>
       <c r="AD11" s="346"/>
       <c r="AE11" s="150"/>
       <c r="AF11" s="41"/>
       <c r="AI11" s="12"/>
       <c r="AJ11" s="12"/>
       <c r="AK11" s="12"/>
       <c r="AL11" s="11"/>
       <c r="AM11" s="262"/>
       <c r="AN11" s="267"/>
     </row>
     <row r="12" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A12" s="351" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="254"/>
       <c r="C12" s="38" t="s">
         <v>3</v>
       </c>
       <c r="D12" s="70" t="s">
         <v>4</v>
       </c>
       <c r="E12" s="233" t="s">
         <v>5</v>
       </c>
@@ -6253,636 +6253,636 @@
       <c r="AD12" s="331"/>
       <c r="AE12" s="150"/>
       <c r="AF12" s="41"/>
       <c r="AG12" s="32"/>
       <c r="AH12" s="32"/>
       <c r="AI12" s="268"/>
       <c r="AJ12" s="268"/>
       <c r="AK12" s="268"/>
       <c r="AL12" s="22"/>
       <c r="AM12" s="277"/>
       <c r="AN12" s="277"/>
     </row>
     <row r="13" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="176" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="52">
         <v>241200603</v>
       </c>
       <c r="D13" s="53" t="s">
         <v>55</v>
       </c>
       <c r="E13" s="225">
         <f>[1]Hoja1!$C$2461</f>
-        <v>5.0397429371253191</v>
+        <v>4.898771106716219</v>
       </c>
       <c r="F13" s="226"/>
       <c r="G13" s="369" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="319"/>
       <c r="I13" s="52">
         <v>3002006000</v>
       </c>
       <c r="J13" s="53" t="s">
         <v>7</v>
       </c>
       <c r="K13" s="225">
         <f>[1]Hoja1!$C2453</f>
-        <v>5.4309173544548468</v>
+        <v>5.1450795989572242</v>
       </c>
       <c r="L13" s="226"/>
       <c r="M13" s="209" t="s">
         <v>35</v>
       </c>
       <c r="N13" s="210"/>
       <c r="O13" s="52">
         <v>290006000</v>
       </c>
       <c r="P13" s="53" t="s">
         <v>7</v>
       </c>
       <c r="Q13" s="225">
         <f>[1]Hoja1!$C2504</f>
-        <v>3.6576194766259422</v>
+        <v>3.5553084423147272</v>
       </c>
       <c r="R13" s="226"/>
       <c r="S13" s="211" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="177"/>
       <c r="U13" s="52">
         <v>2702006000</v>
       </c>
       <c r="V13" s="53" t="s">
         <v>7</v>
       </c>
       <c r="W13" s="225">
         <f>[1]Hoja1!$C2496</f>
-        <v>6.2548965825932532</v>
+        <v>5.9256914992988721</v>
       </c>
       <c r="X13" s="226"/>
       <c r="Y13" s="211" t="s">
         <v>30</v>
       </c>
       <c r="Z13" s="177"/>
       <c r="AA13" s="52" t="s">
         <v>56</v>
       </c>
       <c r="AB13" s="53" t="s">
         <v>7</v>
       </c>
       <c r="AC13" s="221">
         <f>[1]Hoja1!$C2555</f>
-        <v>5.4069644699159438</v>
+        <v>5.1223873925519472</v>
       </c>
       <c r="AD13" s="222"/>
       <c r="AE13" s="150"/>
       <c r="AF13" s="41"/>
       <c r="AI13" s="267"/>
       <c r="AJ13" s="267"/>
       <c r="AK13" s="267"/>
       <c r="AL13" s="14"/>
       <c r="AM13" s="275"/>
       <c r="AN13" s="275"/>
     </row>
     <row r="14" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="67"/>
       <c r="B14" s="9"/>
       <c r="C14" s="56">
         <v>241200906</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="216">
         <f>[1]Hoja1!$C$2462</f>
-        <v>5.0397429371253191</v>
+        <v>4.898771106716219</v>
       </c>
       <c r="F14" s="216"/>
       <c r="G14" s="262"/>
       <c r="H14" s="267"/>
       <c r="I14" s="4">
         <v>3002009000</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K14" s="215">
         <f>[1]Hoja1!$C2454</f>
-        <v>5.4309173544548468</v>
+        <v>5.1450795989572242</v>
       </c>
       <c r="L14" s="215"/>
       <c r="M14" s="16"/>
       <c r="N14" s="17"/>
       <c r="O14" s="4">
         <v>290009000</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="Q14" s="225">
         <f>[1]Hoja1!$C2505</f>
-        <v>3.6576194766259422</v>
+        <v>3.5553084423147272</v>
       </c>
       <c r="R14" s="226"/>
       <c r="S14" s="8"/>
       <c r="T14" s="9"/>
       <c r="U14" s="4">
         <v>2702009000</v>
       </c>
       <c r="V14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="W14" s="225">
         <f>[1]Hoja1!$C2497</f>
-        <v>6.2548965825932532</v>
+        <v>5.9256914992988721</v>
       </c>
       <c r="X14" s="226"/>
       <c r="Y14" s="16"/>
       <c r="Z14" s="20"/>
       <c r="AA14" s="4" t="s">
         <v>57</v>
       </c>
       <c r="AB14" s="3" t="s">
         <v>9</v>
       </c>
       <c r="AC14" s="223">
         <f>[1]Hoja1!$C2556</f>
-        <v>5.4069644699159438</v>
+        <v>5.1223873925519472</v>
       </c>
       <c r="AD14" s="224"/>
       <c r="AE14" s="150"/>
       <c r="AF14" s="41"/>
       <c r="AI14" s="267"/>
       <c r="AJ14" s="267"/>
       <c r="AK14" s="267"/>
       <c r="AL14" s="14"/>
       <c r="AM14" s="275"/>
       <c r="AN14" s="275"/>
     </row>
     <row r="15" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="65"/>
       <c r="B15" s="2"/>
       <c r="C15" s="57">
         <v>241201309</v>
       </c>
       <c r="D15" s="53" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="214">
         <f>[1]Hoja1!$C$2463</f>
-        <v>5.0397429371253191</v>
+        <v>4.898771106716219</v>
       </c>
       <c r="F15" s="214"/>
       <c r="G15" s="262"/>
       <c r="H15" s="267"/>
       <c r="I15" s="52">
         <v>3002013000</v>
       </c>
       <c r="J15" s="53" t="s">
         <v>6</v>
       </c>
       <c r="K15" s="225">
         <f>[1]Hoja1!$C2455</f>
-        <v>4.541644337351129</v>
+        <v>4.4146053349077405</v>
       </c>
       <c r="L15" s="225"/>
       <c r="M15" s="16"/>
       <c r="N15" s="17"/>
       <c r="O15" s="52">
         <v>290013000</v>
       </c>
       <c r="P15" s="53" t="s">
         <v>6</v>
       </c>
       <c r="Q15" s="225">
         <f>[1]Hoja1!$C2506</f>
-        <v>3.6576194766259422</v>
+        <v>3.5553084423147272</v>
       </c>
       <c r="R15" s="226"/>
       <c r="S15" s="1"/>
       <c r="T15" s="2"/>
       <c r="U15" s="52">
         <v>2702013000</v>
       </c>
       <c r="V15" s="53" t="s">
         <v>6</v>
       </c>
       <c r="W15" s="225">
         <f>[1]Hoja1!$C2498</f>
-        <v>6.2548965825932532</v>
+        <v>5.9256914992988721</v>
       </c>
       <c r="X15" s="226"/>
       <c r="Y15" s="16"/>
       <c r="Z15" s="20"/>
       <c r="AA15" s="52" t="s">
         <v>58</v>
       </c>
       <c r="AB15" s="53" t="s">
         <v>6</v>
       </c>
       <c r="AC15" s="221">
         <f>[1]Hoja1!$C2557</f>
-        <v>4.5216135625612877</v>
+        <v>4.3951348615106207</v>
       </c>
       <c r="AD15" s="222"/>
       <c r="AE15" s="150"/>
       <c r="AF15" s="41"/>
       <c r="AI15" s="12"/>
       <c r="AJ15" s="12"/>
       <c r="AK15" s="12"/>
       <c r="AL15" s="14"/>
       <c r="AM15" s="262"/>
       <c r="AN15" s="267"/>
     </row>
     <row r="16" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="65"/>
       <c r="B16" s="2"/>
       <c r="C16" s="56">
         <v>241201913</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="216">
         <f>[1]Hoja1!$C$2467</f>
-        <v>5.7314723598680084</v>
+        <v>5.5711514546968752</v>
       </c>
       <c r="F16" s="216"/>
       <c r="G16" s="262"/>
       <c r="H16" s="267"/>
       <c r="I16" s="4">
         <v>3002019000</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>8</v>
       </c>
       <c r="K16" s="215">
         <f>[1]Hoja1!$C2456</f>
-        <v>5.4430292028942144</v>
+        <v>5.2907766377782925</v>
       </c>
       <c r="L16" s="215"/>
       <c r="M16" s="16"/>
       <c r="N16" s="17"/>
       <c r="O16" s="4">
         <v>290019000</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>8</v>
       </c>
       <c r="Q16" s="225">
         <f>[1]Hoja1!$C2507</f>
-        <v>4.4348135384719569</v>
+        <v>4.3107628101230926</v>
       </c>
       <c r="R16" s="226"/>
       <c r="S16" s="1"/>
       <c r="T16" s="2"/>
       <c r="U16" s="4">
         <v>2702019000</v>
       </c>
       <c r="V16" s="3" t="s">
         <v>8</v>
       </c>
       <c r="W16" s="225">
         <f>[1]Hoja1!$C2499</f>
-        <v>6.6048141407053231</v>
+        <v>6.4200640948114671</v>
       </c>
       <c r="X16" s="226"/>
       <c r="Y16" s="16"/>
       <c r="Z16" s="27"/>
       <c r="AA16" s="4" t="s">
         <v>59</v>
       </c>
       <c r="AB16" s="3" t="s">
         <v>8</v>
       </c>
       <c r="AC16" s="223">
         <f>[1]Hoja1!$C2558</f>
-        <v>5.420327658132396</v>
+        <v>5.2687101012615605</v>
       </c>
       <c r="AD16" s="224"/>
       <c r="AE16" s="150"/>
       <c r="AF16" s="41"/>
       <c r="AI16" s="12"/>
       <c r="AJ16" s="12"/>
       <c r="AK16" s="12"/>
       <c r="AL16" s="34"/>
       <c r="AM16" s="262"/>
       <c r="AN16" s="267"/>
     </row>
     <row r="17" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="65"/>
       <c r="B17" s="2"/>
       <c r="C17" s="57">
         <v>241202519</v>
       </c>
       <c r="D17" s="54" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="214">
         <f>[1]Hoja1!$C$2471</f>
-        <v>7.7407816354539207</v>
+        <v>7.5242562750216431</v>
       </c>
       <c r="F17" s="214"/>
       <c r="G17" s="262"/>
       <c r="H17" s="267"/>
       <c r="I17" s="52">
         <v>3002025000</v>
       </c>
       <c r="J17" s="54" t="s">
         <v>10</v>
       </c>
       <c r="K17" s="225">
         <f>[1]Hoja1!$C2457</f>
-        <v>7.0294665662500337</v>
+        <v>6.832838130830452</v>
       </c>
       <c r="L17" s="225"/>
       <c r="M17" s="16"/>
       <c r="N17" s="17"/>
       <c r="O17" s="52">
         <v>290025000</v>
       </c>
       <c r="P17" s="54" t="s">
         <v>10</v>
       </c>
       <c r="Q17" s="225">
         <f>[1]Hoja1!$C2508</f>
-        <v>5.907743178018646</v>
+        <v>5.7424916205915499</v>
       </c>
       <c r="R17" s="226"/>
       <c r="S17" s="1"/>
       <c r="T17" s="2"/>
       <c r="U17" s="52">
         <v>2702025000</v>
       </c>
       <c r="V17" s="54" t="s">
         <v>10</v>
       </c>
       <c r="W17" s="225">
         <f>[1]Hoja1!$C2500</f>
-        <v>9.6975657682575545</v>
+        <v>9.4263051873272747</v>
       </c>
       <c r="X17" s="226"/>
       <c r="Y17" s="16"/>
       <c r="Z17" s="28"/>
       <c r="AA17" s="52" t="s">
         <v>60</v>
       </c>
       <c r="AB17" s="54" t="s">
         <v>10</v>
       </c>
       <c r="AC17" s="221">
         <f>[1]Hoja1!$C2559</f>
-        <v>6.4218663976246955</v>
+        <v>6.2422337711177107</v>
       </c>
       <c r="AD17" s="222"/>
       <c r="AE17" s="150"/>
       <c r="AF17" s="41"/>
       <c r="AI17" s="12"/>
       <c r="AJ17" s="12"/>
       <c r="AK17" s="12"/>
       <c r="AL17" s="35"/>
       <c r="AM17" s="262"/>
       <c r="AN17" s="267"/>
     </row>
     <row r="18" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="65"/>
       <c r="B18" s="2"/>
       <c r="C18" s="56">
         <v>241203225</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="216">
         <f>[1]Hoja1!$C$2476</f>
-        <v>12.549948098331676</v>
+        <v>12.198900599077643</v>
       </c>
       <c r="F18" s="216"/>
       <c r="G18" s="262"/>
       <c r="H18" s="267"/>
       <c r="I18" s="4">
         <v>3002032000</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K18" s="215">
         <f>[1]Hoja1!$C2458</f>
-        <v>10.6323352584504</v>
+        <v>10.334927279193046</v>
       </c>
       <c r="L18" s="215"/>
       <c r="M18" s="16"/>
       <c r="N18" s="17"/>
       <c r="O18" s="4">
         <v>290032000</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Q18" s="225">
         <f>[1]Hoja1!$C2509</f>
-        <v>8.8562732270840296</v>
+        <v>8.6085453046481124</v>
       </c>
       <c r="R18" s="226"/>
       <c r="S18" s="1"/>
       <c r="T18" s="2"/>
       <c r="U18" s="4">
         <v>2702032000</v>
       </c>
       <c r="V18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="W18" s="225">
         <f>[1]Hoja1!$C2501</f>
-        <v>14.778705639948567</v>
+        <v>14.365315272397559</v>
       </c>
       <c r="X18" s="226"/>
       <c r="Y18" s="16"/>
       <c r="Z18" s="27"/>
       <c r="AA18" s="4" t="s">
         <v>61</v>
       </c>
       <c r="AB18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="AC18" s="223">
         <f>[1]Hoja1!$C2560</f>
-        <v>9.83911657677249</v>
+        <v>9.563896532666968</v>
       </c>
       <c r="AD18" s="224"/>
       <c r="AE18" s="150"/>
       <c r="AF18" s="41"/>
       <c r="AI18" s="12"/>
       <c r="AJ18" s="12"/>
       <c r="AK18" s="12"/>
       <c r="AL18" s="14"/>
       <c r="AM18" s="262"/>
       <c r="AN18" s="267"/>
     </row>
     <row r="19" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="65"/>
       <c r="B19" s="2"/>
       <c r="C19" s="52">
         <v>241203832</v>
       </c>
       <c r="D19" s="53" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="214">
         <f>[1]Hoja1!$C$2480</f>
-        <v>14.131043921743542</v>
+        <v>13.735769965890574</v>
       </c>
       <c r="F19" s="214"/>
       <c r="G19" s="262"/>
       <c r="H19" s="267"/>
       <c r="I19" s="52">
         <v>3002038000</v>
       </c>
       <c r="J19" s="53" t="s">
         <v>12</v>
       </c>
       <c r="K19" s="225">
         <f>[1]Hoja1!$C2459</f>
-        <v>17.987635761281936</v>
+        <v>17.484485110616706</v>
       </c>
       <c r="L19" s="225"/>
       <c r="M19" s="16"/>
       <c r="N19" s="17"/>
       <c r="O19" s="52">
         <v>290038000</v>
       </c>
       <c r="P19" s="53" t="s">
         <v>12</v>
       </c>
       <c r="Q19" s="225">
         <f>[1]Hoja1!$C2510</f>
-        <v>10.800593766685108</v>
+        <v>10.49847925572888</v>
       </c>
       <c r="R19" s="226"/>
       <c r="S19" s="1"/>
       <c r="T19" s="2"/>
       <c r="U19" s="52">
         <v>2702038000</v>
       </c>
       <c r="V19" s="53" t="s">
         <v>12</v>
       </c>
       <c r="W19" s="225">
         <f>[1]Hoja1!$C2502</f>
-        <v>20.193691758137007</v>
+        <v>19.628833247419887</v>
       </c>
       <c r="X19" s="226"/>
       <c r="Y19" s="16"/>
       <c r="Z19" s="27"/>
       <c r="AA19" s="52" t="s">
         <v>62</v>
       </c>
       <c r="AB19" s="53" t="s">
         <v>12</v>
       </c>
       <c r="AC19" s="221">
         <f>[1]Hoja1!$C2561</f>
-        <v>12.30290187592357</v>
+        <v>11.958764760513121</v>
       </c>
       <c r="AD19" s="222"/>
       <c r="AE19" s="150"/>
       <c r="AF19" s="41"/>
       <c r="AI19" s="12"/>
       <c r="AJ19" s="12"/>
       <c r="AK19" s="12"/>
       <c r="AL19" s="14"/>
       <c r="AM19" s="262"/>
       <c r="AN19" s="267"/>
     </row>
     <row r="20" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="66"/>
       <c r="B20" s="7"/>
       <c r="C20" s="4">
         <v>241205138</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="216">
         <f>[1]Hoja1!$C$2484</f>
-        <v>22.168281024087189</v>
+        <v>21.548189247189644</v>
       </c>
       <c r="F20" s="216"/>
       <c r="G20" s="235"/>
       <c r="H20" s="236"/>
       <c r="I20" s="4">
         <v>3002051000</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="K20" s="215">
         <f>[1]Hoja1!$C2460</f>
-        <v>24.117052846974886</v>
+        <v>23.44244997013643</v>
       </c>
       <c r="L20" s="215"/>
       <c r="M20" s="18"/>
       <c r="N20" s="19"/>
       <c r="O20" s="4">
         <v>290051000</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="Q20" s="225">
         <f>[1]Hoja1!$C2511</f>
-        <v>16.256976819439206</v>
+        <v>15.802236209105242</v>
       </c>
       <c r="R20" s="226"/>
       <c r="S20" s="6"/>
       <c r="T20" s="7"/>
       <c r="U20" s="4">
         <v>2702051000</v>
       </c>
       <c r="V20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="W20" s="225">
         <f>[1]Hoja1!$C2503</f>
-        <v>27.534303026122654</v>
+        <v>26.764112731685657</v>
       </c>
       <c r="X20" s="226"/>
       <c r="Y20" s="18"/>
       <c r="Z20" s="30"/>
       <c r="AA20" s="4" t="s">
         <v>63</v>
       </c>
       <c r="AB20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="AC20" s="223">
         <f>[1]Hoja1!$C2562</f>
-        <v>17.691180294392215</v>
+        <v>17.196322104339284</v>
       </c>
       <c r="AD20" s="224"/>
       <c r="AE20" s="150"/>
       <c r="AF20" s="41"/>
       <c r="AI20" s="12"/>
       <c r="AJ20" s="12"/>
       <c r="AK20" s="12"/>
       <c r="AL20" s="12"/>
       <c r="AM20" s="262"/>
       <c r="AN20" s="267"/>
     </row>
     <row r="21" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A21" s="332" t="s">
         <v>38</v>
       </c>
       <c r="B21" s="319"/>
       <c r="C21" s="38" t="s">
         <v>3</v>
       </c>
       <c r="D21" s="36" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="233" t="s">
         <v>5</v>
       </c>
@@ -6960,621 +6960,621 @@
       </c>
       <c r="B22" s="177"/>
       <c r="C22" s="52" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="53" t="s">
         <v>55</v>
       </c>
       <c r="E22" s="214">
         <f>[1]Hoja1!$C2635</f>
         <v>0</v>
       </c>
       <c r="F22" s="214"/>
       <c r="G22" s="230" t="s">
         <v>32</v>
       </c>
       <c r="H22" s="210"/>
       <c r="I22" s="52">
         <v>2402006003</v>
       </c>
       <c r="J22" s="53" t="s">
         <v>79</v>
       </c>
       <c r="K22" s="215">
         <f>[1]Hoja1!$C2512</f>
-        <v>8.2286142685991912</v>
+        <v>7.7955293070939708</v>
       </c>
       <c r="L22" s="215"/>
       <c r="M22" s="230" t="s">
         <v>39</v>
       </c>
       <c r="N22" s="210"/>
       <c r="O22" s="52">
         <v>3402006000</v>
       </c>
       <c r="P22" s="53" t="s">
         <v>7</v>
       </c>
       <c r="Q22" s="225">
         <f>[1]Hoja1!$C2437</f>
-        <v>30.011367468281293</v>
+        <v>28.431821812055965</v>
       </c>
       <c r="R22" s="226"/>
       <c r="S22" s="211" t="s">
         <v>80</v>
       </c>
       <c r="T22" s="177"/>
       <c r="U22" s="52">
         <v>3403006000</v>
       </c>
       <c r="V22" s="53" t="s">
         <v>7</v>
       </c>
       <c r="W22" s="225">
         <f>[1]Hoja1!$C2445</f>
-        <v>30.011367468281293</v>
+        <v>28.431821812055965</v>
       </c>
       <c r="X22" s="226"/>
       <c r="Y22" s="329" t="s">
         <v>80</v>
       </c>
       <c r="Z22" s="330"/>
       <c r="AA22" s="52" t="s">
         <v>116</v>
       </c>
       <c r="AB22" s="53" t="s">
         <v>7</v>
       </c>
       <c r="AC22" s="221">
         <f>[1]Hoja1!$C2392</f>
-        <v>16.163406486854477</v>
+        <v>15.31270088228319</v>
       </c>
       <c r="AD22" s="222"/>
       <c r="AE22" s="150"/>
       <c r="AF22" s="41"/>
       <c r="AI22" s="12"/>
       <c r="AJ22" s="12"/>
       <c r="AK22" s="12"/>
       <c r="AL22" s="14"/>
       <c r="AM22" s="33"/>
       <c r="AN22" s="5"/>
     </row>
     <row r="23" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="65"/>
       <c r="B23" s="2"/>
       <c r="C23" s="4" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="214">
         <f>[1]Hoja1!$C2636</f>
-        <v>16.934628312547428</v>
+        <v>16.194742019457944</v>
       </c>
       <c r="F23" s="214"/>
       <c r="G23" s="193"/>
       <c r="H23" s="227"/>
       <c r="I23" s="4">
         <v>2402009006</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K23" s="215">
         <f>[1]Hoja1!$C2513</f>
-        <v>8.2286142685991912</v>
+        <v>7.7955293070939708</v>
       </c>
       <c r="L23" s="215"/>
       <c r="M23" s="228"/>
       <c r="N23" s="229"/>
       <c r="O23" s="52">
         <v>3402009000</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="Q23" s="225">
         <f>[1]Hoja1!$C2438</f>
-        <v>30.011367468281293</v>
+        <v>28.431821812055965</v>
       </c>
       <c r="R23" s="226"/>
       <c r="S23" s="8"/>
       <c r="T23" s="9"/>
       <c r="U23" s="4">
         <v>3403009000</v>
       </c>
       <c r="V23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="W23" s="225">
         <f>[1]Hoja1!$C2446</f>
-        <v>30.011367468281293</v>
+        <v>28.431821812055965</v>
       </c>
       <c r="X23" s="226"/>
       <c r="Y23" s="16"/>
       <c r="Z23" s="27"/>
       <c r="AA23" s="4" t="s">
         <v>117</v>
       </c>
       <c r="AB23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="AC23" s="221">
         <f>[1]Hoja1!$C2393</f>
-        <v>16.163406486854477</v>
+        <v>15.31270088228319</v>
       </c>
       <c r="AD23" s="222"/>
       <c r="AE23" s="150"/>
       <c r="AF23" s="41"/>
       <c r="AI23" s="12"/>
       <c r="AJ23" s="12"/>
       <c r="AK23" s="12"/>
       <c r="AL23" s="34"/>
       <c r="AM23" s="33"/>
       <c r="AN23" s="5"/>
     </row>
     <row r="24" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="65"/>
       <c r="B24" s="2"/>
       <c r="C24" s="52" t="s">
         <v>73</v>
       </c>
       <c r="D24" s="53" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="214">
         <f>[1]Hoja1!$C2637</f>
-        <v>16.934628312547428</v>
+        <v>16.194742019457944</v>
       </c>
       <c r="F24" s="214"/>
       <c r="G24" s="193"/>
       <c r="H24" s="227"/>
       <c r="I24" s="52">
         <v>2402013006</v>
       </c>
       <c r="J24" s="53" t="s">
         <v>65</v>
       </c>
       <c r="K24" s="215">
         <f>[1]Hoja1!$C2515</f>
-        <v>8.2286142685991912</v>
+        <v>7.7955293070939708</v>
       </c>
       <c r="L24" s="215"/>
       <c r="M24" s="193"/>
       <c r="N24" s="227"/>
       <c r="O24" s="52">
         <v>3402013000</v>
       </c>
       <c r="P24" s="53" t="s">
         <v>6</v>
       </c>
       <c r="Q24" s="225">
         <f>[1]Hoja1!$C2439</f>
-        <v>25.097225426691374</v>
+        <v>24.395205135035674</v>
       </c>
       <c r="R24" s="226"/>
       <c r="S24" s="1"/>
       <c r="T24" s="2"/>
       <c r="U24" s="52">
         <v>3403013000</v>
       </c>
       <c r="V24" s="53" t="s">
         <v>6</v>
       </c>
       <c r="W24" s="225">
         <f>[1]Hoja1!$C2447</f>
-        <v>25.097225426691374</v>
+        <v>24.395205135035674</v>
       </c>
       <c r="X24" s="226"/>
       <c r="Y24" s="16"/>
       <c r="Z24" s="28"/>
       <c r="AA24" s="52" t="s">
         <v>118</v>
       </c>
       <c r="AB24" s="53" t="s">
         <v>6</v>
       </c>
       <c r="AC24" s="221">
         <f>[1]Hoja1!$C2394</f>
-        <v>13.516766828188246</v>
+        <v>13.138675448378784</v>
       </c>
       <c r="AD24" s="222"/>
       <c r="AE24" s="150"/>
       <c r="AF24" s="41"/>
       <c r="AI24" s="12"/>
       <c r="AJ24" s="12"/>
       <c r="AK24" s="12"/>
       <c r="AL24" s="35"/>
       <c r="AM24" s="33"/>
       <c r="AN24" s="5"/>
     </row>
     <row r="25" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="65"/>
       <c r="B25" s="2"/>
       <c r="C25" s="4" t="s">
         <v>74</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="214">
         <f>[1]Hoja1!$C2638</f>
-        <v>21.712749222128668</v>
+        <v>20.721382881166484</v>
       </c>
       <c r="F25" s="214"/>
       <c r="G25" s="193"/>
       <c r="H25" s="227"/>
       <c r="I25" s="4">
         <v>2402019013</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>66</v>
       </c>
       <c r="K25" s="215">
         <f>[1]Hoja1!$C$2518</f>
-        <v>9.6961276613495748</v>
+        <v>9.185805152857494</v>
       </c>
       <c r="L25" s="215"/>
       <c r="M25" s="193"/>
       <c r="N25" s="227"/>
       <c r="O25" s="52">
         <v>3402019000</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>8</v>
       </c>
       <c r="Q25" s="225">
         <f>[1]Hoja1!$C2440</f>
-        <v>27.072259820970203</v>
+        <v>26.314993811992011</v>
       </c>
       <c r="R25" s="226"/>
       <c r="S25" s="1"/>
       <c r="T25" s="2"/>
       <c r="U25" s="4">
         <v>3403019000</v>
       </c>
       <c r="V25" s="3" t="s">
         <v>8</v>
       </c>
       <c r="W25" s="225">
         <f>[1]Hoja1!$C2448</f>
-        <v>32.373121883817504</v>
+        <v>30.66927336361659</v>
       </c>
       <c r="X25" s="226"/>
       <c r="Y25" s="16"/>
       <c r="Z25" s="20"/>
       <c r="AA25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="AB25" s="3" t="s">
         <v>8</v>
       </c>
       <c r="AC25" s="221">
         <f>[1]Hoja1!$C2395</f>
-        <v>19.71695931813867</v>
+        <v>19.165435980568358</v>
       </c>
       <c r="AD25" s="222"/>
       <c r="AE25" s="150"/>
       <c r="AF25" s="41"/>
       <c r="AI25" s="12"/>
       <c r="AJ25" s="12"/>
       <c r="AK25" s="12"/>
       <c r="AL25" s="14"/>
       <c r="AM25" s="33"/>
       <c r="AN25" s="5"/>
     </row>
     <row r="26" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="65"/>
       <c r="B26" s="2"/>
       <c r="C26" s="52" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="54" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="214">
         <f>[1]Hoja1!$C2639</f>
-        <v>31.312587034991736</v>
+        <v>29.815966072299918</v>
       </c>
       <c r="F26" s="214"/>
       <c r="G26" s="193"/>
       <c r="H26" s="227"/>
       <c r="I26" s="52">
         <v>2402025019</v>
       </c>
       <c r="J26" s="54" t="s">
         <v>67</v>
       </c>
       <c r="K26" s="215">
         <f>[1]Hoja1!$C$2522</f>
-        <v>14.136992454862936</v>
+        <v>13.392940220396467</v>
       </c>
       <c r="L26" s="215"/>
       <c r="M26" s="193"/>
       <c r="N26" s="227"/>
       <c r="O26" s="52">
         <v>3402025000</v>
       </c>
       <c r="P26" s="54" t="s">
         <v>10</v>
       </c>
       <c r="Q26" s="225">
         <f>[1]Hoja1!$C2441</f>
-        <v>28.603946399900444</v>
+        <v>27.803836011092034</v>
       </c>
       <c r="R26" s="226"/>
       <c r="S26" s="1"/>
       <c r="T26" s="2"/>
       <c r="U26" s="52">
         <v>3403025000</v>
       </c>
       <c r="V26" s="54" t="s">
         <v>10</v>
       </c>
       <c r="W26" s="225">
         <f>[1]Hoja1!$C2449</f>
-        <v>44.696082549600604</v>
+        <v>42.343657152253201</v>
       </c>
       <c r="X26" s="226"/>
       <c r="Y26" s="16"/>
       <c r="Z26" s="20"/>
       <c r="AA26" s="52" t="s">
         <v>120</v>
       </c>
       <c r="AB26" s="54" t="s">
         <v>10</v>
       </c>
       <c r="AC26" s="221">
         <f>[1]Hoja1!$C2396</f>
-        <v>29.317041982418981</v>
+        <v>28.496984864029635</v>
       </c>
       <c r="AD26" s="222"/>
       <c r="AE26" s="150"/>
       <c r="AF26" s="41"/>
       <c r="AI26" s="12"/>
       <c r="AJ26" s="12"/>
       <c r="AK26" s="12"/>
       <c r="AL26" s="14"/>
       <c r="AM26" s="33"/>
       <c r="AN26" s="5"/>
     </row>
     <row r="27" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="65"/>
       <c r="B27" s="2"/>
       <c r="C27" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="214">
         <f>[1]Hoja1!$C2640</f>
-        <v>45.184832230509578</v>
+        <v>42.958093099632613</v>
       </c>
       <c r="F27" s="214"/>
       <c r="G27" s="193"/>
       <c r="H27" s="227"/>
       <c r="I27" s="4">
         <v>2402032025</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>68</v>
       </c>
       <c r="K27" s="215">
         <f>[1]Hoja1!$C$2529</f>
-        <v>21.159978201670508</v>
+        <v>20.0462951384247</v>
       </c>
       <c r="L27" s="215"/>
       <c r="M27" s="193"/>
       <c r="N27" s="227"/>
       <c r="O27" s="52">
         <v>3402032000</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Q27" s="225">
         <f>[1]Hoja1!$C2442</f>
-        <v>43.813981390323882</v>
+        <v>42.588415477307827</v>
       </c>
       <c r="R27" s="226"/>
       <c r="S27" s="1"/>
       <c r="T27" s="2"/>
       <c r="U27" s="4">
         <v>3403032000</v>
       </c>
       <c r="V27" s="3" t="s">
         <v>11</v>
       </c>
       <c r="W27" s="225">
         <f>[1]Hoja1!$C2450</f>
-        <v>70.654621953898939</v>
+        <v>66.935957640535847</v>
       </c>
       <c r="X27" s="226"/>
       <c r="Y27" s="16"/>
       <c r="Z27" s="17"/>
       <c r="AA27" s="4" t="s">
         <v>121</v>
       </c>
       <c r="AB27" s="3" t="s">
         <v>11</v>
       </c>
       <c r="AC27" s="221">
         <f>[1]Hoja1!$C2397</f>
-        <v>41.892362395484547</v>
+        <v>40.720548062743724</v>
       </c>
       <c r="AD27" s="222"/>
       <c r="AE27" s="150"/>
       <c r="AF27" s="41"/>
       <c r="AI27" s="12"/>
       <c r="AJ27" s="12"/>
       <c r="AK27" s="12"/>
       <c r="AL27" s="12"/>
       <c r="AM27" s="33"/>
       <c r="AN27" s="5"/>
     </row>
     <row r="28" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="65"/>
       <c r="B28" s="2"/>
       <c r="C28" s="52" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="53" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="214">
         <f>[1]Hoja1!$C2641</f>
-        <v>60.995230745972229</v>
+        <v>57.93636537743933</v>
       </c>
       <c r="F28" s="214"/>
       <c r="G28" s="193"/>
       <c r="H28" s="227"/>
       <c r="I28" s="52">
         <v>2902038032</v>
       </c>
       <c r="J28" s="53" t="s">
         <v>69</v>
       </c>
       <c r="K28" s="215">
         <f>[1]Hoja1!$C$2531</f>
-        <v>28.839272984844104</v>
+        <v>27.321416511957569</v>
       </c>
       <c r="L28" s="215"/>
       <c r="M28" s="193"/>
       <c r="N28" s="227"/>
       <c r="O28" s="52">
         <v>3402038000</v>
       </c>
       <c r="P28" s="53" t="s">
         <v>12</v>
       </c>
       <c r="Q28" s="225">
         <f>[1]Hoja1!$C2443</f>
-        <v>54.543799752751411</v>
+        <v>53.018099060366758</v>
       </c>
       <c r="R28" s="226"/>
       <c r="S28" s="1"/>
       <c r="T28" s="2"/>
       <c r="U28" s="52">
         <v>3403038000</v>
       </c>
       <c r="V28" s="53" t="s">
         <v>12</v>
       </c>
       <c r="W28" s="225">
         <f>[1]Hoja1!$C2451</f>
-        <v>79.804623847761135</v>
+        <v>75.604380487352671</v>
       </c>
       <c r="X28" s="226"/>
       <c r="Y28" s="16"/>
       <c r="Z28" s="20"/>
       <c r="AA28" s="52" t="s">
         <v>122</v>
       </c>
       <c r="AB28" s="53" t="s">
         <v>12</v>
       </c>
       <c r="AC28" s="221">
         <f>[1]Hoja1!$C2398</f>
-        <v>58.602034725174185</v>
+        <v>56.962816970623869</v>
       </c>
       <c r="AD28" s="222"/>
       <c r="AE28" s="150"/>
       <c r="AF28" s="41"/>
       <c r="AI28" s="12"/>
       <c r="AJ28" s="12"/>
       <c r="AK28" s="12"/>
       <c r="AL28" s="14"/>
       <c r="AM28" s="33"/>
       <c r="AN28" s="5"/>
     </row>
     <row r="29" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="66"/>
       <c r="B29" s="7"/>
       <c r="C29" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E29" s="214">
         <f>[1]Hoja1!$C2642</f>
-        <v>89.088489086612313</v>
+        <v>84.551031173835213</v>
       </c>
       <c r="F29" s="214"/>
       <c r="G29" s="235"/>
       <c r="H29" s="236"/>
       <c r="I29" s="4">
         <v>2402051038</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>70</v>
       </c>
       <c r="K29" s="215">
         <f>[1]Hoja1!$C$2535</f>
-        <v>39.439222822795102</v>
+        <v>37.363474253174303</v>
       </c>
       <c r="L29" s="215"/>
       <c r="M29" s="235"/>
       <c r="N29" s="236"/>
       <c r="O29" s="52">
         <v>3402051000</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="Q29" s="225">
         <f>[1]Hoja1!$C2444</f>
-        <v>75.928654918391075</v>
+        <v>73.804776459135397</v>
       </c>
       <c r="R29" s="226"/>
       <c r="S29" s="1"/>
       <c r="T29" s="2"/>
       <c r="U29" s="25">
         <v>3402051000</v>
       </c>
       <c r="V29" s="79" t="s">
         <v>13</v>
       </c>
       <c r="W29" s="225">
         <f>[1]Hoja1!$C2452</f>
-        <v>75.928654918391075</v>
+        <v>73.804776459135397</v>
       </c>
       <c r="X29" s="226"/>
       <c r="Y29" s="16"/>
       <c r="Z29" s="29"/>
       <c r="AA29" s="25" t="s">
         <v>123</v>
       </c>
       <c r="AB29" s="79" t="s">
         <v>13</v>
       </c>
       <c r="AC29" s="219">
         <f>[1]Hoja1!$C2399</f>
-        <v>96.86386821637096</v>
+        <v>91.765769889193564</v>
       </c>
       <c r="AD29" s="220"/>
       <c r="AE29" s="150"/>
       <c r="AF29" s="41"/>
       <c r="AI29" s="12"/>
       <c r="AJ29" s="12"/>
       <c r="AK29" s="12"/>
       <c r="AL29" s="11"/>
       <c r="AM29" s="33"/>
       <c r="AN29" s="5"/>
     </row>
     <row r="30" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A30" s="326" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="327"/>
       <c r="C30" s="38" t="s">
         <v>3</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>4</v>
       </c>
       <c r="E30" s="233" t="s">
         <v>5</v>
       </c>
@@ -7629,552 +7629,552 @@
       <c r="AD30" s="168"/>
       <c r="AE30" s="41"/>
       <c r="AF30" s="41"/>
       <c r="AG30" s="37"/>
       <c r="AH30" s="37"/>
       <c r="AI30" s="268"/>
       <c r="AJ30" s="268"/>
       <c r="AK30" s="268"/>
       <c r="AL30" s="22"/>
       <c r="AM30" s="277"/>
       <c r="AN30" s="277"/>
     </row>
     <row r="31" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="328" t="s">
         <v>81</v>
       </c>
       <c r="B31" s="249"/>
       <c r="C31" s="108" t="s">
         <v>132</v>
       </c>
       <c r="D31" s="53" t="s">
         <v>7</v>
       </c>
       <c r="E31" s="214">
         <f>[1]Hoja1!$C2627</f>
-        <v>19.440161091776954</v>
+        <v>18.416994718525533</v>
       </c>
       <c r="F31" s="214"/>
       <c r="G31" s="250" t="s">
         <v>82</v>
       </c>
       <c r="H31" s="251"/>
       <c r="I31" s="52">
         <v>1303006000</v>
       </c>
       <c r="J31" s="53" t="s">
         <v>7</v>
       </c>
       <c r="K31" s="215">
         <f>[1]Hoja1!$C2421</f>
-        <v>19.991077436171835</v>
+        <v>18.938915465847</v>
       </c>
       <c r="L31" s="215"/>
       <c r="M31" s="211" t="s">
         <v>82</v>
       </c>
       <c r="N31" s="177"/>
       <c r="O31" s="52" t="s">
         <v>124</v>
       </c>
       <c r="P31" s="53" t="s">
         <v>7</v>
       </c>
       <c r="Q31" s="225">
         <f>[1]Hoja1!$C2643</f>
-        <v>24.147701333156842</v>
+        <v>22.876769684043325</v>
       </c>
       <c r="R31" s="226"/>
       <c r="S31" s="312" t="s">
         <v>90</v>
       </c>
       <c r="T31" s="313"/>
       <c r="U31" s="110" t="s">
         <v>91</v>
       </c>
       <c r="V31" s="53" t="s">
         <v>6</v>
       </c>
       <c r="W31" s="225">
         <f>[1]Hoja1!$C3274</f>
-        <v>5.9476609169075383</v>
+        <v>5.6346261318071429</v>
       </c>
       <c r="X31" s="316"/>
       <c r="Y31" s="169"/>
       <c r="Z31" s="164"/>
       <c r="AA31" s="78"/>
       <c r="AB31" s="14"/>
       <c r="AC31" s="33"/>
       <c r="AD31" s="170"/>
       <c r="AE31" s="41"/>
       <c r="AF31" s="41"/>
       <c r="AG31" s="37"/>
       <c r="AH31" s="37"/>
     </row>
     <row r="32" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="67"/>
       <c r="B32" s="9"/>
       <c r="C32" s="4" t="s">
         <v>133</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="214">
         <f>[1]Hoja1!$C2628</f>
-        <v>19.440161091776954</v>
+        <v>18.416994718525533</v>
       </c>
       <c r="F32" s="214"/>
       <c r="G32" s="228"/>
       <c r="H32" s="229"/>
       <c r="I32" s="4">
         <v>1303009000</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K32" s="215">
         <f>[1]Hoja1!$C2422</f>
-        <v>19.991077436171835</v>
+        <v>18.938915465847</v>
       </c>
       <c r="L32" s="215"/>
       <c r="M32" s="16"/>
       <c r="N32" s="17"/>
       <c r="O32" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="Q32" s="225">
         <f>[1]Hoja1!$C2644</f>
-        <v>24.147701333156842</v>
+        <v>22.876769684043325</v>
       </c>
       <c r="R32" s="226"/>
       <c r="S32" s="8"/>
       <c r="T32" s="9"/>
       <c r="U32" s="50" t="s">
         <v>92</v>
       </c>
       <c r="V32" s="3" t="s">
         <v>8</v>
       </c>
       <c r="W32" s="225">
         <f>[1]Hoja1!$C3275</f>
-        <v>7.1298156118510763</v>
+        <v>6.7545621585957569</v>
       </c>
       <c r="X32" s="316"/>
       <c r="Y32" s="320" t="s">
         <v>101</v>
       </c>
       <c r="Z32" s="321"/>
       <c r="AA32" s="321"/>
       <c r="AB32" s="321"/>
       <c r="AC32" s="321"/>
       <c r="AD32" s="322"/>
       <c r="AE32" s="41"/>
       <c r="AF32" s="41"/>
       <c r="AI32" s="12"/>
       <c r="AJ32" s="12"/>
       <c r="AK32" s="12"/>
       <c r="AL32" s="14"/>
       <c r="AM32" s="262"/>
       <c r="AN32" s="267"/>
     </row>
     <row r="33" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="65"/>
       <c r="B33" s="2"/>
       <c r="C33" s="52" t="s">
         <v>134</v>
       </c>
       <c r="D33" s="53" t="s">
         <v>6</v>
       </c>
       <c r="E33" s="214">
         <f>[1]Hoja1!$C2629</f>
-        <v>19.440161091776954</v>
+        <v>18.416994718525533</v>
       </c>
       <c r="F33" s="214"/>
       <c r="G33" s="193"/>
       <c r="H33" s="227"/>
       <c r="I33" s="52">
         <v>1303013000</v>
       </c>
       <c r="J33" s="53" t="s">
         <v>6</v>
       </c>
       <c r="K33" s="215">
         <f>[1]Hoja1!$C2423</f>
-        <v>19.440161091776954</v>
+        <v>18.416994718525533</v>
       </c>
       <c r="L33" s="215"/>
       <c r="M33" s="16"/>
       <c r="N33" s="17"/>
       <c r="O33" s="52" t="s">
         <v>126</v>
       </c>
       <c r="P33" s="53" t="s">
         <v>6</v>
       </c>
       <c r="Q33" s="225">
         <f>[1]Hoja1!$C2645</f>
-        <v>24.147701333156842</v>
+        <v>22.876769684043325</v>
       </c>
       <c r="R33" s="226"/>
       <c r="S33" s="112"/>
       <c r="T33" s="76"/>
       <c r="U33" s="110" t="s">
         <v>93</v>
       </c>
       <c r="V33" s="54" t="s">
         <v>10</v>
       </c>
       <c r="W33" s="225">
         <f>[1]Hoja1!$C3276</f>
-        <v>8.4472242614909447</v>
+        <v>8.0026335108861595</v>
       </c>
       <c r="X33" s="309"/>
       <c r="Y33" s="159"/>
       <c r="Z33" s="165"/>
       <c r="AA33" s="165"/>
       <c r="AB33" s="165"/>
       <c r="AC33" s="165"/>
       <c r="AD33" s="161"/>
       <c r="AE33" s="41"/>
       <c r="AF33" s="41"/>
       <c r="AI33" s="12"/>
       <c r="AJ33" s="12"/>
       <c r="AK33" s="12"/>
       <c r="AL33" s="34"/>
       <c r="AM33" s="262"/>
       <c r="AN33" s="267"/>
     </row>
     <row r="34" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="65"/>
       <c r="B34" s="2"/>
       <c r="C34" s="4" t="s">
         <v>135</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E34" s="214">
         <f>[1]Hoja1!$C2630</f>
-        <v>25.311811521747725</v>
+        <v>23.979610915339947</v>
       </c>
       <c r="F34" s="214"/>
       <c r="G34" s="193"/>
       <c r="H34" s="227"/>
       <c r="I34" s="4">
         <v>1303019000</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>8</v>
       </c>
       <c r="K34" s="215">
         <f>[1]Hoja1!$C2424</f>
-        <v>16.717684639605686</v>
+        <v>16.250057097239093</v>
       </c>
       <c r="L34" s="215"/>
       <c r="M34" s="16"/>
       <c r="N34" s="17"/>
       <c r="O34" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>8</v>
       </c>
       <c r="Q34" s="225">
         <f>[1]Hoja1!$C2646</f>
-        <v>35.924536231452834</v>
+        <v>34.033771166639532</v>
       </c>
       <c r="R34" s="226"/>
       <c r="S34" s="1"/>
       <c r="T34" s="111"/>
       <c r="U34" s="50" t="s">
         <v>94</v>
       </c>
       <c r="V34" s="3" t="s">
         <v>11</v>
       </c>
       <c r="W34" s="225">
         <f>[1]Hoja1!$C3277</f>
-        <v>12.942222574062278</v>
+        <v>12.261052964901106</v>
       </c>
       <c r="X34" s="309"/>
       <c r="Y34" s="323" t="s">
         <v>102</v>
       </c>
       <c r="Z34" s="324"/>
       <c r="AA34" s="324"/>
       <c r="AB34" s="324"/>
       <c r="AC34" s="324"/>
       <c r="AD34" s="325"/>
       <c r="AE34" s="41"/>
       <c r="AF34" s="41"/>
       <c r="AI34" s="12"/>
       <c r="AJ34" s="12"/>
       <c r="AK34" s="12"/>
       <c r="AL34" s="35"/>
       <c r="AM34" s="262"/>
       <c r="AN34" s="267"/>
     </row>
     <row r="35" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="65"/>
       <c r="B35" s="2"/>
       <c r="C35" s="52" t="s">
         <v>136</v>
       </c>
       <c r="D35" s="54" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="214">
         <f>[1]Hoja1!$C2631</f>
-        <v>40.021895259475578</v>
+        <v>37.915479719503182</v>
       </c>
       <c r="F35" s="214"/>
       <c r="G35" s="193"/>
       <c r="H35" s="227"/>
       <c r="I35" s="52">
         <v>1303025000</v>
       </c>
       <c r="J35" s="54" t="s">
         <v>10</v>
       </c>
       <c r="K35" s="215">
         <f>[1]Hoja1!$C2425</f>
-        <v>30.181618296208274</v>
+        <v>29.337377224985669</v>
       </c>
       <c r="L35" s="215"/>
       <c r="M35" s="16"/>
       <c r="N35" s="17"/>
       <c r="O35" s="52" t="s">
         <v>128</v>
       </c>
       <c r="P35" s="54" t="s">
         <v>10</v>
       </c>
       <c r="Q35" s="225">
         <f>[1]Hoja1!$C2647</f>
-        <v>50.591685864110424</v>
+        <v>47.928965555473027</v>
       </c>
       <c r="R35" s="226"/>
       <c r="S35" s="1"/>
       <c r="T35" s="2"/>
       <c r="U35" s="110" t="s">
         <v>95</v>
       </c>
       <c r="V35" s="53" t="s">
         <v>12</v>
       </c>
       <c r="W35" s="225">
         <f>[1]Hoja1!$C3278</f>
-        <v>16.183047852176394</v>
+        <v>15.331308491535532</v>
       </c>
       <c r="X35" s="309"/>
       <c r="Y35" s="160"/>
       <c r="Z35" s="166"/>
       <c r="AA35" s="166"/>
       <c r="AB35" s="166"/>
       <c r="AC35" s="166"/>
       <c r="AD35" s="162"/>
       <c r="AE35" s="41"/>
       <c r="AF35" s="41"/>
       <c r="AI35" s="12"/>
       <c r="AJ35" s="12"/>
       <c r="AK35" s="12"/>
       <c r="AL35" s="14"/>
       <c r="AM35" s="262"/>
       <c r="AN35" s="267"/>
     </row>
     <row r="36" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="65"/>
       <c r="B36" s="2"/>
       <c r="C36" s="4" t="s">
         <v>137</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="214">
         <f>[1]Hoja1!$C2632</f>
-        <v>53.590587008381384</v>
+        <v>50.770029797413947</v>
       </c>
       <c r="F36" s="214"/>
       <c r="G36" s="193"/>
       <c r="H36" s="227"/>
       <c r="I36" s="4">
         <v>1303032000</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K36" s="215">
         <f>[1]Hoja1!$C2426</f>
-        <v>43.274221449756752</v>
+        <v>42.063753716896422</v>
       </c>
       <c r="L36" s="215"/>
       <c r="M36" s="16"/>
       <c r="N36" s="17"/>
       <c r="O36" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Q36" s="225">
         <f>[1]Hoja1!$C2648</f>
-        <v>72.495800345456132</v>
+        <v>68.680231906221607</v>
       </c>
       <c r="R36" s="226"/>
       <c r="S36" s="1"/>
       <c r="T36" s="2"/>
       <c r="U36" s="50" t="s">
         <v>96</v>
       </c>
       <c r="V36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="W36" s="225">
         <f>[1]Hoja1!$C3279</f>
-        <v>23.270706387238995</v>
+        <v>22.045932366857997</v>
       </c>
       <c r="X36" s="309"/>
       <c r="Y36" s="116"/>
       <c r="Z36" s="14"/>
       <c r="AA36" s="78"/>
       <c r="AB36" s="14"/>
       <c r="AC36" s="33"/>
       <c r="AD36" s="170"/>
       <c r="AE36" s="41"/>
       <c r="AF36" s="41"/>
       <c r="AI36" s="12"/>
       <c r="AJ36" s="12"/>
       <c r="AK36" s="12"/>
       <c r="AL36" s="14"/>
       <c r="AM36" s="262"/>
       <c r="AN36" s="267"/>
     </row>
     <row r="37" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="65"/>
       <c r="B37" s="2"/>
       <c r="C37" s="52" t="s">
         <v>138</v>
       </c>
       <c r="D37" s="53" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="214">
         <f>[1]Hoja1!$C2633</f>
-        <v>73.094622458928697</v>
+        <v>69.247537066353502</v>
       </c>
       <c r="F37" s="214"/>
       <c r="G37" s="193"/>
       <c r="H37" s="227"/>
       <c r="I37" s="52">
         <v>1303038000</v>
       </c>
       <c r="J37" s="53" t="s">
         <v>12</v>
       </c>
       <c r="K37" s="215">
         <f>[1]Hoja1!$C2427</f>
-        <v>60.330009543195025</v>
+        <v>58.642456828700062</v>
       </c>
       <c r="L37" s="215"/>
       <c r="M37" s="16"/>
       <c r="N37" s="17"/>
       <c r="O37" s="52" t="s">
         <v>130</v>
       </c>
       <c r="P37" s="53" t="s">
         <v>12</v>
       </c>
       <c r="Q37" s="225">
         <f>[1]Hoja1!$C2649</f>
-        <v>100.79852871662868</v>
+        <v>95.493342994700868</v>
       </c>
       <c r="R37" s="226"/>
       <c r="S37" s="1"/>
       <c r="T37" s="2"/>
       <c r="U37" s="78"/>
       <c r="V37" s="14"/>
       <c r="W37" s="262"/>
       <c r="X37" s="262"/>
       <c r="Y37" s="116"/>
       <c r="Z37" s="14"/>
       <c r="AA37" s="78"/>
       <c r="AB37" s="14"/>
       <c r="AC37" s="33"/>
       <c r="AD37" s="170"/>
       <c r="AE37" s="41"/>
       <c r="AF37" s="41"/>
       <c r="AI37" s="12"/>
       <c r="AJ37" s="12"/>
       <c r="AK37" s="12"/>
       <c r="AL37" s="12"/>
       <c r="AM37" s="262"/>
       <c r="AN37" s="267"/>
     </row>
     <row r="38" spans="1:40" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="66"/>
       <c r="B38" s="7"/>
       <c r="C38" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="214">
         <f>[1]Hoja1!$C2634</f>
-        <v>116.96672578039083</v>
+        <v>110.81058231826502</v>
       </c>
       <c r="F38" s="214"/>
       <c r="G38" s="296"/>
       <c r="H38" s="297"/>
       <c r="I38" s="4">
         <v>1303051000</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="K38" s="215">
         <f>[1]Hoja1!$C2428</f>
-        <v>77.33080915368042</v>
+        <v>75.167709596934102</v>
       </c>
       <c r="L38" s="215"/>
       <c r="M38" s="18"/>
       <c r="N38" s="19"/>
       <c r="O38" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="Q38" s="225">
         <f>[1]Hoja1!$C2650</f>
-        <v>135.85916424571167</v>
+        <v>128.70868191699</v>
       </c>
       <c r="R38" s="226"/>
       <c r="S38" s="6"/>
       <c r="T38" s="7"/>
       <c r="U38" s="113"/>
       <c r="V38" s="114"/>
       <c r="W38" s="263"/>
       <c r="X38" s="263"/>
       <c r="Y38" s="117"/>
       <c r="Z38" s="73"/>
       <c r="AA38" s="113"/>
       <c r="AB38" s="114"/>
       <c r="AC38" s="171"/>
       <c r="AD38" s="172"/>
       <c r="AE38" s="41"/>
       <c r="AF38" s="41"/>
       <c r="AI38" s="12"/>
       <c r="AJ38" s="12"/>
       <c r="AK38" s="12"/>
       <c r="AL38" s="14"/>
       <c r="AM38" s="262"/>
       <c r="AN38" s="267"/>
     </row>
     <row r="39" spans="1:40" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="300" t="s">
@@ -8323,92 +8323,92 @@
       </c>
       <c r="AB41" s="207"/>
       <c r="AC41" s="207"/>
       <c r="AD41" s="208"/>
       <c r="AE41" s="150"/>
       <c r="AF41" s="41"/>
       <c r="AH41" s="43"/>
       <c r="AI41" s="271"/>
       <c r="AJ41" s="271"/>
       <c r="AK41" s="271"/>
       <c r="AL41" s="262"/>
       <c r="AM41" s="267"/>
       <c r="AN41" s="267"/>
     </row>
     <row r="42" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="81"/>
       <c r="B42" s="15"/>
       <c r="C42" s="96"/>
       <c r="D42" s="307"/>
       <c r="E42" s="308"/>
       <c r="F42" s="85" t="s">
         <v>5</v>
       </c>
       <c r="G42" s="202">
         <f>[1]Hoja1!$C$2539</f>
-        <v>5.9544730843454845</v>
+        <v>5.6410797641167747</v>
       </c>
       <c r="H42" s="202"/>
       <c r="I42" s="202">
         <f>[1]Hoja1!$C$2563</f>
-        <v>6.8203986697382613</v>
+        <v>6.4614303186994047</v>
       </c>
       <c r="J42" s="202"/>
       <c r="K42" s="196">
         <f>[1]Hoja1!$C$2571</f>
-        <v>7.4772509674031484</v>
+        <v>7.0837114428029837</v>
       </c>
       <c r="L42" s="197"/>
       <c r="M42" s="198"/>
       <c r="N42" s="196">
         <f>[1]Hoja1!$C$2579</f>
-        <v>8.4040876681182333</v>
+        <v>7.961767264533063</v>
       </c>
       <c r="O42" s="197"/>
       <c r="P42" s="196">
         <f>[1]Hoja1!$C$2587</f>
-        <v>9.9844841737780836</v>
+        <v>9.4589850067371319</v>
       </c>
       <c r="Q42" s="197"/>
       <c r="R42" s="197"/>
       <c r="S42" s="198"/>
       <c r="T42" s="196">
         <f>[1]Hoja1!$C$2595</f>
-        <v>11.090761727740009</v>
+        <v>10.507037426280009</v>
       </c>
       <c r="U42" s="197"/>
       <c r="V42" s="197"/>
       <c r="W42" s="196">
         <f>[1]Hoja1!$C$2603</f>
-        <v>12.425867525750551</v>
+        <v>11.771874498079471</v>
       </c>
       <c r="X42" s="197"/>
       <c r="Y42" s="197"/>
       <c r="Z42" s="198"/>
       <c r="AA42" s="196">
         <f>[1]Hoja1!$C$2611</f>
-        <v>13.586471209594499</v>
+        <v>12.871393777510582</v>
       </c>
       <c r="AB42" s="197"/>
       <c r="AC42" s="197"/>
       <c r="AD42" s="354"/>
       <c r="AE42" s="150"/>
       <c r="AF42" s="41"/>
       <c r="AH42" s="44"/>
       <c r="AI42" s="271"/>
       <c r="AJ42" s="271"/>
       <c r="AK42" s="271"/>
       <c r="AL42" s="262"/>
       <c r="AM42" s="267"/>
       <c r="AN42" s="267"/>
     </row>
     <row r="43" spans="1:40" ht="2.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="81"/>
       <c r="B43" s="15"/>
       <c r="C43" s="97"/>
       <c r="D43" s="370" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="371"/>
       <c r="F43" s="152"/>
       <c r="G43" s="152"/>
       <c r="H43" s="152"/>
@@ -8493,92 +8493,92 @@
       <c r="AB44" s="207"/>
       <c r="AC44" s="207"/>
       <c r="AD44" s="208"/>
       <c r="AE44" s="150"/>
       <c r="AF44" s="41"/>
       <c r="AG44" s="268"/>
       <c r="AH44" s="268"/>
       <c r="AI44" s="268"/>
       <c r="AJ44" s="268"/>
       <c r="AK44" s="268"/>
       <c r="AL44" s="22"/>
       <c r="AM44" s="277"/>
       <c r="AN44" s="277"/>
     </row>
     <row r="45" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="81"/>
       <c r="B45" s="15"/>
       <c r="C45" s="97"/>
       <c r="D45" s="370"/>
       <c r="E45" s="371"/>
       <c r="F45" s="84" t="s">
         <v>5</v>
       </c>
       <c r="G45" s="202">
         <f>[1]Hoja1!$C2548</f>
-        <v>6.2557361682368944</v>
+        <v>5.9264868962244268</v>
       </c>
       <c r="H45" s="202"/>
       <c r="I45" s="202">
         <f>[1]Hoja1!$C$2564</f>
-        <v>7.3620137221987783</v>
+        <v>6.974539315767263</v>
       </c>
       <c r="J45" s="202"/>
       <c r="K45" s="196">
         <f>[1]Hoja1!$C$2572</f>
-        <v>8.1077633233070241</v>
+        <v>7.6810389378698121</v>
       </c>
       <c r="L45" s="197"/>
       <c r="M45" s="198"/>
       <c r="N45" s="196">
         <f>[1]Hoja1!$C$2580</f>
-        <v>9.235442079949717</v>
+        <v>8.7493661810049961</v>
       </c>
       <c r="O45" s="197"/>
       <c r="P45" s="196">
         <f>[1]Hoja1!$C$2588</f>
-        <v>10.374644561112854</v>
+        <v>9.8286106368437576</v>
       </c>
       <c r="Q45" s="197"/>
       <c r="R45" s="197"/>
       <c r="S45" s="198"/>
       <c r="T45" s="196">
         <f>[1]Hoja1!$C$2596</f>
-        <v>11.630730533840447</v>
+        <v>11.018586821533054</v>
       </c>
       <c r="U45" s="197"/>
       <c r="V45" s="197"/>
       <c r="W45" s="196">
         <f>[1]Hoja1!$C$2604</f>
-        <v>13.053087388934305</v>
+        <v>12.36608278951671</v>
       </c>
       <c r="X45" s="197"/>
       <c r="Y45" s="197"/>
       <c r="Z45" s="198"/>
       <c r="AA45" s="196">
         <f>[1]Hoja1!$C$2612</f>
-        <v>14.574219025631891</v>
+        <v>13.807154866388109</v>
       </c>
       <c r="AB45" s="197"/>
       <c r="AC45" s="197"/>
       <c r="AD45" s="354"/>
       <c r="AE45" s="150"/>
       <c r="AF45" s="41"/>
       <c r="AH45" s="45"/>
       <c r="AI45" s="5"/>
       <c r="AJ45" s="5"/>
       <c r="AK45" s="5"/>
       <c r="AL45" s="14"/>
       <c r="AM45" s="262"/>
       <c r="AN45" s="267"/>
     </row>
     <row r="46" spans="1:40" ht="2.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="81"/>
       <c r="B46" s="15"/>
       <c r="C46" s="97"/>
       <c r="D46" s="305" t="s">
         <v>6</v>
       </c>
       <c r="E46" s="306"/>
       <c r="F46" s="93"/>
       <c r="G46" s="91"/>
       <c r="H46" s="91"/>
@@ -8660,92 +8660,92 @@
         <v>4012013000</v>
       </c>
       <c r="AB47" s="207"/>
       <c r="AC47" s="207"/>
       <c r="AD47" s="208"/>
       <c r="AE47" s="150"/>
       <c r="AF47" s="41"/>
       <c r="AI47" s="5"/>
       <c r="AJ47" s="5"/>
       <c r="AK47" s="5"/>
       <c r="AL47" s="14"/>
       <c r="AM47" s="262"/>
       <c r="AN47" s="267"/>
     </row>
     <row r="48" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="81"/>
       <c r="B48" s="15"/>
       <c r="C48" s="97"/>
       <c r="D48" s="307"/>
       <c r="E48" s="308"/>
       <c r="F48" s="84" t="s">
         <v>5</v>
       </c>
       <c r="G48" s="202">
         <f>[1]Hoja1!$C2549</f>
-        <v>4.9350047002860418</v>
+        <v>4.8084661182274262</v>
       </c>
       <c r="H48" s="202"/>
       <c r="I48" s="202">
         <f>[1]Hoja1!$C$2565</f>
-        <v>5.8320530063385272</v>
+        <v>5.6825131856631801</v>
       </c>
       <c r="J48" s="202"/>
       <c r="K48" s="196">
         <f>[1]Hoja1!$C$2573</f>
-        <v>6.6188287996304496</v>
+        <v>6.4491152406655665</v>
       </c>
       <c r="L48" s="197"/>
       <c r="M48" s="198"/>
       <c r="N48" s="196">
         <f>[1]Hoja1!$C$2581</f>
-        <v>7.4080826269169595</v>
+        <v>7.2181317903293456</v>
       </c>
       <c r="O48" s="197"/>
       <c r="P48" s="196">
         <f>[1]Hoja1!$C$2589</f>
-        <v>8.6557727432081979</v>
+        <v>8.4338298523567055</v>
       </c>
       <c r="Q48" s="197"/>
       <c r="R48" s="197"/>
       <c r="S48" s="198"/>
       <c r="T48" s="196">
         <f>[1]Hoja1!$C$2597</f>
-        <v>10.116573783036801</v>
+        <v>9.8571744552666267</v>
       </c>
       <c r="U48" s="197"/>
       <c r="V48" s="197"/>
       <c r="W48" s="196">
         <f>[1]Hoja1!$C$2605</f>
-        <v>11.666584046671703</v>
+        <v>11.367440865987815</v>
       </c>
       <c r="X48" s="197"/>
       <c r="Y48" s="197"/>
       <c r="Z48" s="198"/>
       <c r="AA48" s="196">
         <f>[1]Hoja1!$C$2613</f>
-        <v>13.053044066661652</v>
+        <v>12.718350629054942</v>
       </c>
       <c r="AB48" s="197"/>
       <c r="AC48" s="197"/>
       <c r="AD48" s="354"/>
       <c r="AE48" s="150"/>
       <c r="AF48" s="41"/>
       <c r="AI48" s="5"/>
       <c r="AJ48" s="5"/>
       <c r="AK48" s="5"/>
       <c r="AL48" s="14"/>
       <c r="AM48" s="262"/>
       <c r="AN48" s="267"/>
     </row>
     <row r="49" spans="1:40" ht="2.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="81"/>
       <c r="B49" s="15"/>
       <c r="C49" s="97"/>
       <c r="D49" s="238" t="s">
         <v>25</v>
       </c>
       <c r="E49" s="372"/>
       <c r="F49" s="377"/>
       <c r="G49" s="378"/>
       <c r="H49" s="378"/>
       <c r="I49" s="378"/>
@@ -8826,92 +8826,92 @@
         <v>4012019000</v>
       </c>
       <c r="AB50" s="207"/>
       <c r="AC50" s="207"/>
       <c r="AD50" s="208"/>
       <c r="AE50" s="150"/>
       <c r="AF50" s="41"/>
       <c r="AI50" s="5"/>
       <c r="AJ50" s="5"/>
       <c r="AK50" s="5"/>
       <c r="AL50" s="14"/>
       <c r="AM50" s="262"/>
       <c r="AN50" s="267"/>
     </row>
     <row r="51" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="81"/>
       <c r="B51" s="15"/>
       <c r="C51" s="97"/>
       <c r="D51" s="375"/>
       <c r="E51" s="376"/>
       <c r="F51" s="84" t="s">
         <v>5</v>
       </c>
       <c r="G51" s="202">
         <f>[1]Hoja1!$C$2550</f>
-        <v>5.0502332810358705</v>
+        <v>4.9207401199836687</v>
       </c>
       <c r="H51" s="202"/>
       <c r="I51" s="202">
         <f>[1]Hoja1!$C$2566</f>
-        <v>6.4404103520177953</v>
+        <v>6.2752716250429783</v>
       </c>
       <c r="J51" s="202"/>
       <c r="K51" s="196">
         <f>[1]Hoja1!$C$2574</f>
-        <v>7.3139173351213946</v>
+        <v>7.1263809931952062</v>
       </c>
       <c r="L51" s="197"/>
       <c r="M51" s="198"/>
       <c r="N51" s="196">
         <f>[1]Hoja1!$C$2582</f>
-        <v>8.4562910066412762</v>
+        <v>8.2394630321120115</v>
       </c>
       <c r="O51" s="197"/>
       <c r="P51" s="196">
         <f>[1]Hoja1!$C$2590</f>
-        <v>9.645747324058954</v>
+        <v>9.3984204695959033</v>
       </c>
       <c r="Q51" s="197"/>
       <c r="R51" s="197"/>
       <c r="S51" s="198"/>
       <c r="T51" s="196">
         <f>[1]Hoja1!$C$2598</f>
-        <v>11.952796973050335</v>
+        <v>11.646314999382376</v>
       </c>
       <c r="U51" s="197"/>
       <c r="V51" s="197"/>
       <c r="W51" s="196">
         <f>[1]Hoja1!$C$2606</f>
-        <v>13.459441641779378</v>
+        <v>13.114327753528626</v>
       </c>
       <c r="X51" s="197"/>
       <c r="Y51" s="197"/>
       <c r="Z51" s="198"/>
       <c r="AA51" s="196">
         <f>[1]Hoja1!$C$2614</f>
-        <v>16.507423455162179</v>
+        <v>16.084156187081096</v>
       </c>
       <c r="AB51" s="197"/>
       <c r="AC51" s="197"/>
       <c r="AD51" s="354"/>
       <c r="AE51" s="150"/>
       <c r="AF51" s="41"/>
       <c r="AG51" s="32"/>
       <c r="AH51" s="32"/>
       <c r="AI51" s="294"/>
       <c r="AJ51" s="294"/>
       <c r="AK51" s="295"/>
       <c r="AL51" s="295"/>
       <c r="AM51" s="277"/>
       <c r="AN51" s="277"/>
     </row>
     <row r="52" spans="1:40" ht="2.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="81"/>
       <c r="B52" s="15"/>
       <c r="C52" s="97"/>
       <c r="D52" s="238" t="s">
         <v>26</v>
       </c>
       <c r="E52" s="239"/>
       <c r="F52" s="203"/>
       <c r="G52" s="204"/>
@@ -8996,92 +8996,92 @@
       </c>
       <c r="AB53" s="207"/>
       <c r="AC53" s="207"/>
       <c r="AD53" s="208"/>
       <c r="AE53" s="150"/>
       <c r="AF53" s="41"/>
       <c r="AH53" s="293"/>
       <c r="AI53" s="293"/>
       <c r="AJ53" s="293"/>
       <c r="AK53" s="14"/>
       <c r="AL53" s="14"/>
       <c r="AM53" s="262"/>
       <c r="AN53" s="262"/>
     </row>
     <row r="54" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="81"/>
       <c r="B54" s="15"/>
       <c r="C54" s="97"/>
       <c r="D54" s="242"/>
       <c r="E54" s="243"/>
       <c r="F54" s="85" t="s">
         <v>5</v>
       </c>
       <c r="G54" s="202">
         <f>[1]Hoja1!$C$2551</f>
-        <v>6.1021587117521285</v>
+        <v>5.9456931037584821</v>
       </c>
       <c r="H54" s="202"/>
       <c r="I54" s="202">
         <f>[1]Hoja1!$C$2567</f>
-        <v>6.9087587770009939</v>
+        <v>6.7316111160522496</v>
       </c>
       <c r="J54" s="202"/>
       <c r="K54" s="196">
         <f>[1]Hoja1!$C$2575</f>
-        <v>7.8082851170480962</v>
+        <v>7.6080726781494272</v>
       </c>
       <c r="L54" s="197"/>
       <c r="M54" s="198"/>
       <c r="N54" s="196">
         <f>[1]Hoja1!$C$2583</f>
-        <v>9.4252022985377657</v>
+        <v>9.1835304447291044</v>
       </c>
       <c r="O54" s="197"/>
       <c r="P54" s="196">
         <f>[1]Hoja1!$C$2591</f>
-        <v>10.627048785928533</v>
+        <v>10.35456035552011</v>
       </c>
       <c r="Q54" s="197"/>
       <c r="R54" s="197"/>
       <c r="S54" s="198"/>
       <c r="T54" s="196">
         <f>[1]Hoja1!$C$2599</f>
-        <v>12.963834842855356</v>
+        <v>12.631428821243679</v>
       </c>
       <c r="U54" s="197"/>
       <c r="V54" s="197"/>
       <c r="W54" s="196">
         <f>[1]Hoja1!$C$2607</f>
-        <v>15.591789894150015</v>
+        <v>15.192000409684631</v>
       </c>
       <c r="X54" s="197"/>
       <c r="Y54" s="197"/>
       <c r="Z54" s="198"/>
       <c r="AA54" s="196">
         <f>[1]Hoja1!$C$2615</f>
-        <v>18.167706231557673</v>
+        <v>17.701867610235681</v>
       </c>
       <c r="AB54" s="197"/>
       <c r="AC54" s="197"/>
       <c r="AD54" s="354"/>
       <c r="AE54" s="150"/>
       <c r="AF54" s="41"/>
       <c r="AH54" s="5"/>
       <c r="AI54" s="5"/>
       <c r="AJ54" s="5"/>
       <c r="AK54" s="271"/>
       <c r="AL54" s="271"/>
       <c r="AM54" s="262"/>
       <c r="AN54" s="267"/>
     </row>
     <row r="55" spans="1:40" ht="2.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="81"/>
       <c r="B55" s="15"/>
       <c r="C55" s="97"/>
       <c r="D55" s="238" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="239"/>
       <c r="F55" s="212"/>
       <c r="G55" s="212"/>
       <c r="H55" s="212"/>
@@ -9165,92 +9165,92 @@
       </c>
       <c r="AB56" s="207"/>
       <c r="AC56" s="207"/>
       <c r="AD56" s="208"/>
       <c r="AE56" s="150"/>
       <c r="AF56" s="41"/>
       <c r="AH56" s="5"/>
       <c r="AI56" s="5"/>
       <c r="AJ56" s="5"/>
       <c r="AK56" s="271"/>
       <c r="AL56" s="271"/>
       <c r="AM56" s="262"/>
       <c r="AN56" s="267"/>
     </row>
     <row r="57" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="81"/>
       <c r="B57" s="15"/>
       <c r="C57" s="97"/>
       <c r="D57" s="242"/>
       <c r="E57" s="243"/>
       <c r="F57" s="86" t="s">
         <v>5</v>
       </c>
       <c r="G57" s="202">
         <f>[1]Hoja1!$C$2552</f>
-        <v>7.942098952757604</v>
+        <v>7.7384553898663855</v>
       </c>
       <c r="H57" s="202"/>
       <c r="I57" s="202">
         <f>[1]Hoja1!$C$2568</f>
-        <v>9.1947451370380779</v>
+        <v>8.9589824412165893</v>
       </c>
       <c r="J57" s="202"/>
       <c r="K57" s="196">
         <f>[1]Hoja1!$C$2576</f>
-        <v>10.116573783036801</v>
+        <v>9.8571744552666267</v>
       </c>
       <c r="L57" s="197"/>
       <c r="M57" s="198"/>
       <c r="N57" s="196">
         <f>[1]Hoja1!$C$2584</f>
-        <v>11.623218451765847</v>
+        <v>11.325187209412876</v>
       </c>
       <c r="O57" s="197"/>
       <c r="P57" s="196">
         <f>[1]Hoja1!$C$2592</f>
-        <v>13.931507117754519</v>
+        <v>13.574288986530046</v>
       </c>
       <c r="Q57" s="197"/>
       <c r="R57" s="197"/>
       <c r="S57" s="198"/>
       <c r="T57" s="196">
         <f>[1]Hoja1!$C$2600</f>
-        <v>16.280683344654431</v>
+        <v>15.863229925560725</v>
       </c>
       <c r="U57" s="197"/>
       <c r="V57" s="197"/>
       <c r="W57" s="196">
         <f>[1]Hoja1!$C$2608</f>
-        <v>19.624790220394335</v>
+        <v>19.121590471153457</v>
       </c>
       <c r="X57" s="197"/>
       <c r="Y57" s="197"/>
       <c r="Z57" s="198"/>
       <c r="AA57" s="196">
         <f>[1]Hoja1!$C$2616</f>
-        <v>22.42744666830971</v>
+        <v>21.852383933224854</v>
       </c>
       <c r="AB57" s="197"/>
       <c r="AC57" s="197"/>
       <c r="AD57" s="354"/>
       <c r="AE57" s="150"/>
       <c r="AF57" s="41"/>
       <c r="AH57" s="5"/>
       <c r="AI57" s="5"/>
       <c r="AJ57" s="5"/>
       <c r="AK57" s="271"/>
       <c r="AL57" s="271"/>
       <c r="AM57" s="262"/>
       <c r="AN57" s="267"/>
     </row>
     <row r="58" spans="1:40" ht="2.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="81"/>
       <c r="B58" s="15"/>
       <c r="C58" s="97"/>
       <c r="D58" s="238" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="239"/>
       <c r="F58" s="185"/>
       <c r="G58" s="185"/>
       <c r="H58" s="185"/>
@@ -9334,92 +9334,92 @@
       </c>
       <c r="AB59" s="207"/>
       <c r="AC59" s="207"/>
       <c r="AD59" s="208"/>
       <c r="AE59" s="150"/>
       <c r="AF59" s="41"/>
       <c r="AH59" s="5"/>
       <c r="AI59" s="5"/>
       <c r="AJ59" s="5"/>
       <c r="AK59" s="271"/>
       <c r="AL59" s="271"/>
       <c r="AM59" s="262"/>
       <c r="AN59" s="267"/>
     </row>
     <row r="60" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="81"/>
       <c r="B60" s="15"/>
       <c r="C60" s="97"/>
       <c r="D60" s="242"/>
       <c r="E60" s="243"/>
       <c r="F60" s="94" t="s">
         <v>5</v>
       </c>
       <c r="G60" s="202">
         <f>[1]Hoja1!$C$2553</f>
-        <v>8.9246394316245077</v>
+        <v>8.6958025231213156</v>
       </c>
       <c r="H60" s="202"/>
       <c r="I60" s="202">
         <f>[1]Hoja1!$C$2569</f>
-        <v>10.677848482818243</v>
+        <v>10.404057496079313</v>
       </c>
       <c r="J60" s="202"/>
       <c r="K60" s="196">
         <f>[1]Hoja1!$C$2577</f>
-        <v>11.887129072192888</v>
+        <v>11.58233089085461</v>
       </c>
       <c r="L60" s="197"/>
       <c r="M60" s="198"/>
       <c r="N60" s="196">
         <f>[1]Hoja1!$C$2585</f>
-        <v>13.678747650303272</v>
+        <v>13.328010531064727</v>
       </c>
       <c r="O60" s="197"/>
       <c r="P60" s="196">
         <f>[1]Hoja1!$C$2593</f>
-        <v>15.923846449429121</v>
+        <v>15.515542694315553</v>
       </c>
       <c r="Q60" s="197"/>
       <c r="R60" s="197"/>
       <c r="S60" s="198"/>
       <c r="T60" s="196">
         <f>[1]Hoja1!$C$2601</f>
-        <v>18.933418735895305</v>
+        <v>18.447946460615931</v>
       </c>
       <c r="U60" s="197"/>
       <c r="V60" s="197"/>
       <c r="W60" s="196">
         <f>[1]Hoja1!$C$2609</f>
-        <v>22.42744666830971</v>
+        <v>21.852383933224854</v>
       </c>
       <c r="X60" s="197"/>
       <c r="Y60" s="197"/>
       <c r="Z60" s="198"/>
       <c r="AA60" s="196">
         <f>[1]Hoja1!$C$2617</f>
-        <v>26.153170779221135</v>
+        <v>25.482576656677004</v>
       </c>
       <c r="AB60" s="197"/>
       <c r="AC60" s="197"/>
       <c r="AD60" s="354"/>
       <c r="AE60" s="150"/>
       <c r="AF60" s="41"/>
       <c r="AH60" s="5"/>
       <c r="AI60" s="5"/>
       <c r="AJ60" s="5"/>
       <c r="AK60" s="271"/>
       <c r="AL60" s="271"/>
       <c r="AM60" s="262"/>
       <c r="AN60" s="267"/>
     </row>
     <row r="61" spans="1:40" ht="2.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="81"/>
       <c r="B61" s="15"/>
       <c r="C61" s="97"/>
       <c r="D61" s="238" t="s">
         <v>27</v>
       </c>
       <c r="E61" s="239"/>
       <c r="F61" s="378"/>
       <c r="G61" s="378"/>
       <c r="H61" s="378"/>
@@ -9503,92 +9503,92 @@
       </c>
       <c r="AB62" s="207"/>
       <c r="AC62" s="207"/>
       <c r="AD62" s="208"/>
       <c r="AE62" s="150"/>
       <c r="AF62" s="41"/>
       <c r="AH62" s="5"/>
       <c r="AI62" s="5"/>
       <c r="AJ62" s="5"/>
       <c r="AK62" s="271"/>
       <c r="AL62" s="271"/>
       <c r="AM62" s="262"/>
       <c r="AN62" s="267"/>
     </row>
     <row r="63" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="82"/>
       <c r="B63" s="80"/>
       <c r="C63" s="98"/>
       <c r="D63" s="382"/>
       <c r="E63" s="383"/>
       <c r="F63" s="99" t="s">
         <v>5</v>
       </c>
       <c r="G63" s="385">
         <f>[1]Hoja1!$C$2554</f>
-        <v>9.980281913332675</v>
+        <v>9.7243772488882492</v>
       </c>
       <c r="H63" s="385"/>
       <c r="I63" s="385">
         <f>[1]Hoja1!$C$2570</f>
-        <v>11.429931800185456</v>
+        <v>11.136856625821723</v>
       </c>
       <c r="J63" s="385"/>
       <c r="K63" s="386">
         <f>[1]Hoja1!$C$2578</f>
-        <v>12.963834842855356</v>
+        <v>12.631428821243679</v>
       </c>
       <c r="L63" s="387"/>
       <c r="M63" s="388"/>
       <c r="N63" s="386">
         <f>[1]Hoja1!$C$2586</f>
-        <v>14.358967981826487</v>
+        <v>13.990789315625804</v>
       </c>
       <c r="O63" s="387"/>
       <c r="P63" s="386">
         <f>[1]Hoja1!$C$2594</f>
-        <v>18.569147738686134</v>
+        <v>18.093015745386495</v>
       </c>
       <c r="Q63" s="387"/>
       <c r="R63" s="387"/>
       <c r="S63" s="388"/>
       <c r="T63" s="386">
         <f>[1]Hoja1!$C$2602</f>
-        <v>21.688992537912906</v>
+        <v>21.132864524120272</v>
       </c>
       <c r="U63" s="387"/>
       <c r="V63" s="387"/>
       <c r="W63" s="386">
         <f>[1]Hoja1!$C$2610</f>
-        <v>26.021834977506277</v>
+        <v>25.354608439621497</v>
       </c>
       <c r="X63" s="387"/>
       <c r="Y63" s="387"/>
       <c r="Z63" s="388"/>
       <c r="AA63" s="386">
         <f>[1]Hoja1!$C$2618</f>
-        <v>31.132780091410265</v>
+        <v>30.334503678810002</v>
       </c>
       <c r="AB63" s="387"/>
       <c r="AC63" s="387"/>
       <c r="AD63" s="389"/>
       <c r="AE63" s="150"/>
       <c r="AF63" s="41"/>
       <c r="AH63" s="5"/>
       <c r="AI63" s="5"/>
       <c r="AJ63" s="5"/>
       <c r="AK63" s="271"/>
       <c r="AL63" s="271"/>
       <c r="AM63" s="262"/>
       <c r="AN63" s="267"/>
     </row>
     <row r="64" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="81"/>
       <c r="B64" s="15"/>
       <c r="C64" s="15"/>
       <c r="AE64" s="14"/>
       <c r="AF64" s="12"/>
       <c r="AH64" s="5"/>
       <c r="AI64" s="5"/>
       <c r="AJ64" s="5"/>
       <c r="AK64" s="271"/>
       <c r="AL64" s="271"/>
@@ -14420,51 +14420,51 @@
       <c r="H200" s="122"/>
       <c r="I200" s="122"/>
       <c r="J200" s="122"/>
       <c r="K200" s="122"/>
       <c r="L200" s="122"/>
       <c r="M200" s="122"/>
       <c r="N200" s="122"/>
       <c r="O200" s="122"/>
       <c r="P200" s="122"/>
       <c r="Q200" s="122"/>
       <c r="R200" s="122"/>
       <c r="S200" s="122"/>
       <c r="T200" s="122"/>
       <c r="U200" s="122"/>
       <c r="V200" s="122"/>
       <c r="W200" s="122"/>
       <c r="X200" s="122"/>
       <c r="Y200" s="122"/>
       <c r="Z200" s="122"/>
       <c r="AA200" s="122"/>
       <c r="AB200" s="122"/>
       <c r="AC200" s="122"/>
       <c r="AD200" s="122"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="L7TvosUujQ7Q6VncrEw1Z+x4Q2SBkgGv2VTv4Zo/t9rDthpSf+H56QN1KLftTw6PCt3KyghiDbSEmIFryRjkGQ==" saltValue="fUDNdMvV7+u7IrKeKt0TCg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YJacaIC/iorUcEapsHvYFJaTNzQBT5JVfMJaI8Pvc37KRAdDnXLdiw2R555v/hjrWgNCh19X9gUxcusBO57uJA==" saltValue="F4ipytF9XjKjY+NUN43iEA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1383">
     <mergeCell ref="T60:V60"/>
     <mergeCell ref="W60:Z60"/>
     <mergeCell ref="F61:AD61"/>
     <mergeCell ref="D61:E63"/>
     <mergeCell ref="G62:H62"/>
     <mergeCell ref="I62:J62"/>
     <mergeCell ref="K62:M62"/>
     <mergeCell ref="N62:O62"/>
     <mergeCell ref="P62:S62"/>
     <mergeCell ref="T62:V62"/>
     <mergeCell ref="W62:Z62"/>
     <mergeCell ref="AA62:AD62"/>
     <mergeCell ref="G63:H63"/>
     <mergeCell ref="I63:J63"/>
     <mergeCell ref="K63:M63"/>
     <mergeCell ref="N63:O63"/>
     <mergeCell ref="P63:S63"/>
     <mergeCell ref="T63:V63"/>
     <mergeCell ref="W63:Z63"/>
     <mergeCell ref="AA63:AD63"/>
     <mergeCell ref="D46:E48"/>
     <mergeCell ref="N50:O50"/>
     <mergeCell ref="N51:O51"/>
     <mergeCell ref="P50:S50"/>