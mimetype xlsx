--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -1,61 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{10DD8454-3008-4449-9D83-448365B263EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{6ED0AB01-C612-4AC7-B2BB-AD980F146D8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B0813E87-02D5-4AF6-BB20-4B5E1B0F18D7}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{D1F092BF-3A21-4310-92BF-2E04E7E1AA84}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$U$55</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -1866,51 +1865,51 @@
   <si>
     <t>E480152000</t>
   </si>
   <si>
     <t>E490152000</t>
   </si>
   <si>
     <t>E451152000</t>
   </si>
   <si>
     <t>Sucesores de  Brovelli y Cía S.R.L.</t>
   </si>
   <si>
     <t xml:space="preserve">  José P. Varela 5714 CABA TEL 4644-5225 /4642-3250  - cel 15 3366 6121</t>
   </si>
   <si>
     <t>enviar e-mail</t>
   </si>
   <si>
     <t>G4252152000</t>
   </si>
   <si>
     <t>G420152000</t>
   </si>
   <si>
-    <t>LISTA 18</t>
+    <t>LISTA 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
@@ -2445,51 +2444,51 @@
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCFFFF"/>
       <color rgb="FFBFBFBF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>171450</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>323850</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Imagen 534">
           <a:extLst>
@@ -2706,2101 +2705,2097 @@
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Hoja1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="1269">
           <cell r="C1269">
             <v>1031.1968656080001</v>
           </cell>
         </row>
         <row r="1270">
           <cell r="C1270">
             <v>1207.7704799999999</v>
           </cell>
         </row>
         <row r="1271">
           <cell r="C1271">
             <v>1303.98520125</v>
           </cell>
         </row>
         <row r="1272">
           <cell r="C1272">
-            <v>1214.0402706562497</v>
+            <v>1347.3482706562497</v>
           </cell>
         </row>
         <row r="1273">
           <cell r="C1273">
-            <v>1348.8709788281249</v>
+            <v>1479.2809788281247</v>
           </cell>
         </row>
         <row r="1274">
           <cell r="C1274">
-            <v>2085.8022074999999</v>
+            <v>2258.2332074999995</v>
           </cell>
         </row>
         <row r="1275">
           <cell r="C1275">
-            <v>3551.1723035437494</v>
+            <v>3790.2573035437499</v>
           </cell>
         </row>
         <row r="1276">
           <cell r="C1276">
-            <v>4072.1153438874999</v>
+            <v>4365.1353438875003</v>
           </cell>
         </row>
         <row r="1277">
           <cell r="C1277">
-            <v>5682.8093283499993</v>
+            <v>5930.7493283499989</v>
           </cell>
         </row>
         <row r="1278">
           <cell r="C1278">
-            <v>11291.453009937499</v>
+            <v>12441.637009937498</v>
           </cell>
         </row>
         <row r="1279">
           <cell r="C1279">
-            <v>12987.973704843749</v>
+            <v>14166.493704843751</v>
           </cell>
         </row>
         <row r="1280">
           <cell r="C1280">
-            <v>19981.191076874995</v>
+            <v>21204.791076874993</v>
           </cell>
         </row>
         <row r="1281">
           <cell r="C1281">
             <v>94337.364778800009</v>
           </cell>
         </row>
         <row r="1283">
           <cell r="C1283">
             <v>1342.9540575359999</v>
           </cell>
         </row>
         <row r="1284">
           <cell r="C1284">
             <v>1381.2437249999998</v>
           </cell>
         </row>
         <row r="1285">
           <cell r="C1285">
             <v>1578.2315015625002</v>
           </cell>
         </row>
         <row r="1286">
           <cell r="C1286">
             <v>1534.8046371840001</v>
           </cell>
         </row>
         <row r="1287">
           <cell r="C1287">
             <v>1601.4754038461535</v>
           </cell>
         </row>
         <row r="1288">
           <cell r="C1288">
             <v>1844.4391161057692</v>
           </cell>
         </row>
         <row r="1289">
           <cell r="C1289">
-            <v>1360.0961405437499</v>
+            <v>1496.3021405437496</v>
           </cell>
         </row>
         <row r="1290">
           <cell r="C1290">
-            <v>1661.8746384374997</v>
+            <v>1806.7746384374998</v>
           </cell>
         </row>
         <row r="1291">
           <cell r="C1291">
             <v>1654.711249464</v>
           </cell>
         </row>
         <row r="1292">
           <cell r="C1292">
             <v>2060.9499599999999</v>
           </cell>
         </row>
         <row r="1293">
           <cell r="C1293">
             <v>2383.5532499999999</v>
           </cell>
         </row>
         <row r="1294">
           <cell r="C1294">
-            <v>1463.3023700249998</v>
+            <v>1587.9163700249999</v>
           </cell>
         </row>
         <row r="1295">
           <cell r="C1295">
-            <v>1749.5569091</v>
+            <v>1877.0689090999997</v>
           </cell>
         </row>
         <row r="1296">
           <cell r="C1296">
-            <v>2626.056004</v>
+            <v>2784.9630039999997</v>
           </cell>
         </row>
         <row r="1297">
           <cell r="C1297">
-            <v>3897.4662040499998</v>
+            <v>4136.5512040499998</v>
           </cell>
         </row>
         <row r="1298">
           <cell r="C1298">
-            <v>4456.5061072999997</v>
+            <v>4749.5261073000001</v>
           </cell>
         </row>
         <row r="1299">
           <cell r="C1299">
             <v>1989.3999999999999</v>
           </cell>
         </row>
         <row r="1300">
           <cell r="C1300">
             <v>2518.7417923728813</v>
           </cell>
         </row>
         <row r="1301">
           <cell r="C1301">
             <v>2955.3671226165256</v>
           </cell>
         </row>
         <row r="1302">
           <cell r="C1302">
-            <v>1682.2614625312497</v>
+            <v>1806.8754625312499</v>
           </cell>
         </row>
         <row r="1303">
           <cell r="C1303">
-            <v>2036.664136375</v>
+            <v>2164.1761363749997</v>
           </cell>
         </row>
         <row r="1304">
           <cell r="C1304">
-            <v>3095.2867549999996</v>
+            <v>3254.1937549999993</v>
           </cell>
         </row>
         <row r="1305">
           <cell r="C1305">
-            <v>4250.0500046874995</v>
+            <v>4471.4250046874995</v>
           </cell>
         </row>
         <row r="1306">
           <cell r="C1306">
-            <v>4796.939830187499</v>
+            <v>5093.1798301874996</v>
           </cell>
         </row>
         <row r="1307">
           <cell r="C1307">
-            <v>6811.2966604374997</v>
+            <v>7059.2366604374993</v>
           </cell>
         </row>
         <row r="1308">
           <cell r="C1308">
             <v>2126.6</v>
           </cell>
         </row>
         <row r="1309">
           <cell r="C1309">
             <v>2967.2249399999996</v>
           </cell>
         </row>
         <row r="1310">
           <cell r="C1310">
             <v>3497.9556037500006</v>
           </cell>
         </row>
         <row r="1311">
           <cell r="C1311">
-            <v>1901.2205550374995</v>
+            <v>2025.8345550374993</v>
           </cell>
         </row>
         <row r="1312">
           <cell r="C1312">
-            <v>2323.7713636499998</v>
+            <v>2451.2833636499995</v>
           </cell>
         </row>
         <row r="1313">
           <cell r="C1313">
-            <v>3488.6767079999995</v>
+            <v>3644.2027079999993</v>
           </cell>
         </row>
         <row r="1314">
           <cell r="C1314">
-            <v>4891.3350056249992</v>
+            <v>5112.7100056249992</v>
           </cell>
         </row>
         <row r="1315">
           <cell r="C1315">
-            <v>5302.445796224999</v>
+            <v>5561.6557962249981</v>
           </cell>
         </row>
         <row r="1316">
           <cell r="C1316">
-            <v>6857.0861753624986</v>
+            <v>7071.2161753624978</v>
           </cell>
         </row>
         <row r="1317">
           <cell r="C1317">
-            <v>12465.284411924998</v>
+            <v>13615.468411924998</v>
           </cell>
         </row>
         <row r="1318">
           <cell r="C1318">
-            <v>14474.3924458125</v>
+            <v>15652.912445812499</v>
           </cell>
         </row>
         <row r="1319">
           <cell r="C1319">
             <v>2469.6</v>
           </cell>
         </row>
         <row r="1320">
           <cell r="C1320">
             <v>3646.9311750000002</v>
           </cell>
         </row>
         <row r="1321">
           <cell r="C1321">
             <v>4320.6945046874998</v>
           </cell>
         </row>
         <row r="1322">
           <cell r="C1322">
-            <v>2229.6591937968747</v>
+            <v>2354.2731937968747</v>
           </cell>
         </row>
         <row r="1323">
           <cell r="C1323">
-            <v>2754.4322045624995</v>
+            <v>2881.9442045624996</v>
           </cell>
         </row>
         <row r="1324">
           <cell r="C1324">
-            <v>4177.5473849999998</v>
+            <v>4333.0733849999997</v>
           </cell>
         </row>
         <row r="1325">
           <cell r="C1325">
-            <v>5150.8710061874999</v>
+            <v>5345.6810061875003</v>
           </cell>
         </row>
         <row r="1326">
           <cell r="C1326">
-            <v>6322.559745281249</v>
+            <v>6581.7697452812481</v>
           </cell>
         </row>
         <row r="1327">
           <cell r="C1327">
-            <v>8318.9902192031223</v>
+            <v>8533.1202192031233</v>
           </cell>
         </row>
         <row r="1328">
           <cell r="C1328">
-            <v>14511.415514906246</v>
+            <v>15722.135514906247</v>
           </cell>
         </row>
         <row r="1329">
           <cell r="C1329">
-            <v>16704.020557265623</v>
+            <v>17882.540557265624</v>
           </cell>
         </row>
         <row r="1330">
           <cell r="C1330">
-            <v>23534.388846093745</v>
+            <v>24757.988846093744</v>
           </cell>
         </row>
         <row r="1331">
           <cell r="C1331">
             <v>2675.3999999999996</v>
           </cell>
         </row>
         <row r="1332">
           <cell r="C1332">
             <v>4331.6302499999993</v>
           </cell>
         </row>
         <row r="1333">
           <cell r="C1333">
             <v>5149.7669156250004</v>
           </cell>
         </row>
         <row r="1334">
           <cell r="C1334">
-            <v>2558.0978325562496</v>
+            <v>2682.7118325562492</v>
           </cell>
         </row>
         <row r="1335">
           <cell r="C1335">
-            <v>3185.0930454749996</v>
+            <v>3312.6050454749998</v>
           </cell>
         </row>
         <row r="1336">
           <cell r="C1336">
-            <v>4866.4180619999988</v>
+            <v>5021.9440619999987</v>
           </cell>
         </row>
         <row r="1337">
           <cell r="C1337">
-            <v>5997.3672074249998</v>
+            <v>6192.1772074249993</v>
           </cell>
         </row>
         <row r="1338">
           <cell r="C1338">
-            <v>7866.383694337499</v>
+            <v>8236.6836943374983</v>
           </cell>
         </row>
         <row r="1339">
           <cell r="C1339">
-            <v>10591.965742453121</v>
+            <v>10800.460742453122</v>
           </cell>
         </row>
         <row r="1340">
           <cell r="C1340">
-            <v>16272.162617887498</v>
+            <v>17482.882617887495</v>
           </cell>
         </row>
         <row r="1341">
           <cell r="C1341">
-            <v>18933.64866871875</v>
+            <v>20112.168668718754</v>
           </cell>
         </row>
         <row r="1342">
           <cell r="C1342">
-            <v>30486.649068749994</v>
+            <v>32193.249068749996</v>
           </cell>
         </row>
         <row r="1343">
           <cell r="C1343">
-            <v>95019.888849599985</v>
+            <v>104521.87773456</v>
           </cell>
         </row>
         <row r="1344">
           <cell r="C1344">
             <v>3087</v>
           </cell>
         </row>
         <row r="1345">
           <cell r="C1345">
             <v>4779.7748999999994</v>
           </cell>
         </row>
         <row r="1346">
           <cell r="C1346">
             <v>5691.9260062500007</v>
           </cell>
         </row>
         <row r="1347">
           <cell r="C1347">
-            <v>3008.6873634374997</v>
+            <v>3160.8323634374997</v>
           </cell>
         </row>
         <row r="1348">
           <cell r="C1348">
-            <v>3653.5789153124992</v>
+            <v>3805.7239153124988</v>
           </cell>
         </row>
         <row r="1349">
           <cell r="C1349">
-            <v>5261.0945199999996</v>
+            <v>5445.2785199999989</v>
           </cell>
         </row>
         <row r="1350">
           <cell r="C1350">
-            <v>6561.6980082500004</v>
+            <v>6756.5080082499999</v>
           </cell>
         </row>
         <row r="1351">
           <cell r="C1351">
-            <v>8692.682473750001</v>
+            <v>8940.6224737500015</v>
           </cell>
         </row>
         <row r="1352">
           <cell r="C1352">
-            <v>11659.639158281248</v>
+            <v>11868.134158281249</v>
           </cell>
         </row>
         <row r="1353">
           <cell r="C1353">
-            <v>17445.994019874994</v>
+            <v>18656.714019874995</v>
           </cell>
         </row>
         <row r="1354">
           <cell r="C1354">
-            <v>20420.067409687497</v>
+            <v>21598.587409687501</v>
           </cell>
         </row>
         <row r="1355">
           <cell r="C1355">
-            <v>32980.121187499994</v>
+            <v>34686.721187499999</v>
           </cell>
         </row>
         <row r="1356">
           <cell r="C1356">
             <v>111311.5530384</v>
           </cell>
         </row>
         <row r="1357">
           <cell r="C1357">
             <v>4116</v>
           </cell>
         </row>
         <row r="1358">
           <cell r="C1358">
             <v>6409.4186250000002</v>
           </cell>
         </row>
         <row r="1359">
           <cell r="C1359">
             <v>7178.3961328124997</v>
           </cell>
         </row>
         <row r="1360">
           <cell r="C1360">
-            <v>3581.5454542968746</v>
+            <v>3733.6904542968746</v>
           </cell>
         </row>
         <row r="1361">
           <cell r="C1361">
-            <v>4438.8923941406238</v>
+            <v>4601.9048941406236</v>
           </cell>
         </row>
         <row r="1362">
           <cell r="C1362">
-            <v>6359.2941499999997</v>
+            <v>6543.4781499999999</v>
           </cell>
         </row>
         <row r="1363">
           <cell r="C1363">
-            <v>8139.5050103124995</v>
+            <v>8369.7350103125009</v>
           </cell>
         </row>
         <row r="1364">
           <cell r="C1364">
-            <v>10740.6180921875</v>
+            <v>11023.978092187499</v>
           </cell>
         </row>
         <row r="1365">
           <cell r="C1365">
-            <v>14469.23769785156</v>
+            <v>14707.517697851561</v>
           </cell>
         </row>
         <row r="1366">
           <cell r="C1366">
-            <v>20380.572524843745</v>
+            <v>21591.292524843746</v>
           </cell>
         </row>
         <row r="1367">
           <cell r="C1367">
-            <v>24136.114262109371</v>
+            <v>25314.634262109372</v>
           </cell>
         </row>
         <row r="1368">
           <cell r="C1368">
-            <v>38758.40148437499</v>
+            <v>40368.40148437499</v>
           </cell>
         </row>
         <row r="1369">
           <cell r="C1369">
-            <v>116623.40118000002</v>
+            <v>128285.74129800002</v>
           </cell>
         </row>
         <row r="1370">
           <cell r="C1370">
-            <v>140526.71100000001</v>
+            <v>154579.38210000002</v>
           </cell>
         </row>
         <row r="1371">
           <cell r="C1371">
             <v>4802</v>
           </cell>
         </row>
         <row r="1372">
           <cell r="C1372">
             <v>7542.26235</v>
           </cell>
         </row>
         <row r="1373">
           <cell r="C1373">
             <v>8848.3890093749997</v>
           </cell>
         </row>
         <row r="1374">
           <cell r="C1374">
-            <v>4154.4035451562495</v>
+            <v>4306.5485451562499</v>
           </cell>
         </row>
         <row r="1375">
           <cell r="C1375">
-            <v>5141.5084091249992</v>
+            <v>5318.6084091249995</v>
           </cell>
         </row>
         <row r="1376">
           <cell r="C1376">
-            <v>7457.4937799999989</v>
+            <v>7641.67778</v>
           </cell>
         </row>
         <row r="1377">
           <cell r="C1377">
-            <v>9550.332012375</v>
+            <v>9780.5620123750014</v>
           </cell>
         </row>
         <row r="1378">
           <cell r="C1378">
-            <v>12047.865814687499</v>
+            <v>12318.345814687498</v>
           </cell>
         </row>
         <row r="1379">
           <cell r="C1379">
-            <v>16188.714172921871</v>
+            <v>16426.99417292187</v>
           </cell>
         </row>
         <row r="1380">
           <cell r="C1380">
-            <v>23315.151029812492</v>
+            <v>24525.871029812497</v>
           </cell>
         </row>
         <row r="1381">
           <cell r="C1381">
-            <v>27852.161114531249</v>
+            <v>29030.681114531249</v>
           </cell>
         </row>
         <row r="1382">
           <cell r="C1382">
-            <v>45447.48178124999</v>
+            <v>47154.081781249988</v>
           </cell>
         </row>
         <row r="1383">
           <cell r="C1383">
-            <v>132054.481416</v>
+            <v>138657.2054868</v>
           </cell>
         </row>
         <row r="1384">
           <cell r="C1384">
-            <v>160343.7732</v>
+            <v>168360.96186000001</v>
           </cell>
         </row>
         <row r="1385">
           <cell r="C1385">
             <v>5488</v>
           </cell>
         </row>
         <row r="1386">
           <cell r="C1386">
             <v>8683.1827279411773</v>
           </cell>
         </row>
         <row r="1387">
           <cell r="C1387">
             <v>10229.865894761029</v>
           </cell>
         </row>
         <row r="1388">
           <cell r="C1388">
-            <v>4517.1611188593743</v>
+            <v>4721.8841188593742</v>
           </cell>
         </row>
         <row r="1389">
           <cell r="C1389">
-            <v>6211.4540348437495</v>
+            <v>6356.8370348437493</v>
           </cell>
         </row>
         <row r="1390">
           <cell r="C1390">
-            <v>8555.693409999998</v>
+            <v>8739.8774099999973</v>
           </cell>
         </row>
         <row r="1391">
           <cell r="C1391">
-            <v>11375.330153124998</v>
+            <v>11584.630153124999</v>
           </cell>
         </row>
         <row r="1392">
           <cell r="C1392">
-            <v>13843.323450468746</v>
+            <v>14113.803450468748</v>
           </cell>
         </row>
         <row r="1393">
           <cell r="C1393">
-            <v>18145.61741411718</v>
+            <v>18383.897414117178</v>
           </cell>
         </row>
         <row r="1394">
           <cell r="C1394">
-            <v>26249.729534781247</v>
+            <v>27460.449534781248</v>
           </cell>
         </row>
         <row r="1395">
           <cell r="C1395">
-            <v>31050.696360937502</v>
+            <v>32209.896360937502</v>
           </cell>
         </row>
         <row r="1396">
           <cell r="C1396">
-            <v>51681.162078124988</v>
+            <v>53387.762078124986</v>
           </cell>
         </row>
         <row r="1397">
           <cell r="C1397">
-            <v>147485.561652</v>
+            <v>154859.83973460001</v>
           </cell>
         </row>
         <row r="1398">
           <cell r="C1398">
-            <v>180160.83539999998</v>
+            <v>189168.87716999999</v>
           </cell>
         </row>
         <row r="1399">
           <cell r="C1399">
             <v>6174</v>
           </cell>
         </row>
         <row r="1400">
           <cell r="C1400">
             <v>9807.9497999999985</v>
           </cell>
         </row>
         <row r="1401">
           <cell r="C1401">
             <v>11590.852012500001</v>
           </cell>
         </row>
         <row r="1402">
           <cell r="C1402">
-            <v>5328.6405749999994</v>
+            <v>5519.080574999999</v>
           </cell>
         </row>
         <row r="1403">
           <cell r="C1403">
-            <v>6984.9546112499993</v>
+            <v>7126.9566112499997</v>
           </cell>
         </row>
         <row r="1404">
           <cell r="C1404">
-            <v>9532.2809999999972</v>
+            <v>9691.3489999999965</v>
           </cell>
         </row>
         <row r="1405">
           <cell r="C1405">
-            <v>12859.420174999999</v>
+            <v>13068.720174999999</v>
           </cell>
         </row>
         <row r="1406">
           <cell r="C1406">
-            <v>15638.781086250001</v>
+            <v>15909.261086250001</v>
           </cell>
         </row>
         <row r="1407">
           <cell r="C1407">
-            <v>19944.236144562496</v>
+            <v>20182.516144562498</v>
           </cell>
         </row>
         <row r="1408">
           <cell r="C1408">
-            <v>29184.308039749994</v>
+            <v>30395.028039749996</v>
           </cell>
         </row>
         <row r="1409">
           <cell r="C1409">
-            <v>34705.824412499998</v>
+            <v>35865.024412500003</v>
           </cell>
         </row>
         <row r="1410">
           <cell r="C1410">
-            <v>57914.842374999993</v>
+            <v>59621.442374999991</v>
           </cell>
         </row>
         <row r="1411">
           <cell r="C1411">
             <v>162916.64188799998</v>
           </cell>
         </row>
         <row r="1412">
           <cell r="C1412">
             <v>199977.89759999997</v>
           </cell>
         </row>
         <row r="1413">
           <cell r="C1413">
             <v>6517</v>
           </cell>
         </row>
         <row r="1414">
           <cell r="C1414">
             <v>10972.478855769228</v>
           </cell>
         </row>
         <row r="1415">
           <cell r="C1415">
             <v>13002.276942908655</v>
           </cell>
         </row>
         <row r="1416">
           <cell r="C1416">
-            <v>5915.0256468749985</v>
+            <v>6105.465646874999</v>
           </cell>
         </row>
         <row r="1417">
           <cell r="C1417">
-            <v>7901.9061876562491</v>
+            <v>8070.9561876562493</v>
           </cell>
         </row>
         <row r="1418">
           <cell r="C1418">
-            <v>10630.079624999998</v>
+            <v>10789.147624999998</v>
           </cell>
         </row>
         <row r="1419">
           <cell r="C1419">
-            <v>13859.881606874998</v>
+            <v>14069.181606874999</v>
           </cell>
         </row>
         <row r="1420">
           <cell r="C1420">
-            <v>17434.238722031252</v>
+            <v>17704.718722031252</v>
           </cell>
         </row>
         <row r="1421">
           <cell r="C1421">
-            <v>22474.813271882813</v>
+            <v>22713.093271882808</v>
           </cell>
         </row>
         <row r="1422">
           <cell r="C1422">
-            <v>32118.886544718745</v>
+            <v>33329.606544718743</v>
           </cell>
         </row>
         <row r="1423">
           <cell r="C1423">
-            <v>39727.152464062499</v>
+            <v>41176.152464062499</v>
           </cell>
         </row>
         <row r="1424">
           <cell r="C1424">
-            <v>64148.522671874991</v>
+            <v>65855.122671874997</v>
           </cell>
         </row>
         <row r="1425">
           <cell r="C1425">
             <v>178347.72212399999</v>
           </cell>
         </row>
         <row r="1426">
           <cell r="C1426">
             <v>219794.95980000001</v>
           </cell>
         </row>
         <row r="1427">
           <cell r="C1427">
             <v>7545.9999999999991</v>
           </cell>
         </row>
         <row r="1428">
           <cell r="C1428">
             <v>12073.63725</v>
           </cell>
         </row>
         <row r="1429">
           <cell r="C1429">
             <v>14333.315015624999</v>
           </cell>
         </row>
         <row r="1430">
           <cell r="C1430">
-            <v>6938.3820585937492</v>
+            <v>7631.832058593749</v>
           </cell>
         </row>
         <row r="1431">
           <cell r="C1431">
-            <v>9294.9553203124979</v>
+            <v>9536.4553203124979</v>
           </cell>
         </row>
         <row r="1432">
           <cell r="C1432">
-            <v>12345.134999999998</v>
+            <v>12512.574999999999</v>
           </cell>
         </row>
         <row r="1433">
           <cell r="C1433">
-            <v>15366.135118749999</v>
+            <v>15591.53511875</v>
           </cell>
         </row>
         <row r="1434">
           <cell r="C1434">
-            <v>20145.396184374997</v>
+            <v>20428.756184375001</v>
           </cell>
         </row>
         <row r="1435">
           <cell r="C1435">
-            <v>25518.747397343745</v>
+            <v>25763.467397343746</v>
           </cell>
         </row>
         <row r="1436">
           <cell r="C1436">
-            <v>35053.465049687489</v>
+            <v>36264.18504968749</v>
           </cell>
         </row>
         <row r="1437">
           <cell r="C1437">
-            <v>43382.280515624989</v>
+            <v>44831.280515624989</v>
           </cell>
         </row>
         <row r="1438">
           <cell r="C1438">
-            <v>70382.202968749989</v>
+            <v>72088.802968749995</v>
           </cell>
         </row>
         <row r="1439">
           <cell r="C1439">
             <v>193778.80235999997</v>
           </cell>
         </row>
         <row r="1440">
           <cell r="C1440">
             <v>239612.02200000003</v>
           </cell>
         </row>
         <row r="1441">
           <cell r="C1441">
             <v>9604</v>
           </cell>
         </row>
         <row r="1442">
           <cell r="C1442">
             <v>15084.5247</v>
           </cell>
         </row>
         <row r="1443">
           <cell r="C1443">
             <v>17696.778018749999</v>
           </cell>
         </row>
         <row r="1444">
           <cell r="C1444">
-            <v>8308.807090312499</v>
+            <v>8613.0970903124999</v>
           </cell>
         </row>
         <row r="1445">
           <cell r="C1445">
-            <v>10283.016818249998</v>
+            <v>10637.216818249999</v>
           </cell>
         </row>
         <row r="1446">
           <cell r="C1446">
-            <v>14914.987559999998</v>
+            <v>15283.35556</v>
           </cell>
         </row>
         <row r="1447">
           <cell r="C1447">
-            <v>19100.66402475</v>
+            <v>19561.124024750003</v>
           </cell>
         </row>
         <row r="1448">
           <cell r="C1448">
-            <v>24095.731629374997</v>
+            <v>24636.691629374996</v>
           </cell>
         </row>
         <row r="1449">
           <cell r="C1449">
-            <v>32377.428345843742</v>
+            <v>32853.98834584374</v>
           </cell>
         </row>
         <row r="1450">
           <cell r="C1450">
-            <v>46630.302059624984</v>
+            <v>49051.742059624994</v>
           </cell>
         </row>
         <row r="1451">
           <cell r="C1451">
-            <v>55704.322229062498</v>
+            <v>58061.362229062499</v>
           </cell>
         </row>
         <row r="1452">
           <cell r="C1452">
-            <v>90894.963562499979</v>
+            <v>94308.163562499976</v>
           </cell>
         </row>
         <row r="1453">
           <cell r="C1453">
             <v>264108.96283199999</v>
           </cell>
         </row>
         <row r="1454">
           <cell r="C1454">
             <v>320687.54639999999</v>
           </cell>
         </row>
         <row r="1455">
           <cell r="C1455">
             <v>10976</v>
           </cell>
         </row>
         <row r="1456">
           <cell r="C1456">
             <v>17350.212149999999</v>
           </cell>
         </row>
         <row r="1457">
           <cell r="C1457">
             <v>20439.241021875001</v>
           </cell>
         </row>
         <row r="1458">
           <cell r="C1458">
-            <v>9991.068552843748</v>
+            <v>10419.97255284375</v>
           </cell>
         </row>
         <row r="1459">
           <cell r="C1459">
-            <v>12319.680954624999</v>
+            <v>12801.392954624998</v>
           </cell>
         </row>
         <row r="1460">
           <cell r="C1460">
-            <v>18010.274314999999</v>
+            <v>18537.549315</v>
           </cell>
         </row>
         <row r="1461">
           <cell r="C1461">
-            <v>23350.714029437499</v>
+            <v>24032.549029437501</v>
           </cell>
         </row>
         <row r="1462">
           <cell r="C1462">
-            <v>28892.671459562494</v>
+            <v>29729.871459562495</v>
           </cell>
         </row>
         <row r="1463">
           <cell r="C1463">
-            <v>37174.368176031239</v>
+            <v>37947.168176031242</v>
           </cell>
         </row>
         <row r="1464">
           <cell r="C1464">
-            <v>43668.881355781239</v>
+            <v>45295.625355781238</v>
           </cell>
         </row>
         <row r="1465">
           <cell r="C1465">
-            <v>58671.547169062498</v>
+            <v>61028.587169062499</v>
           </cell>
         </row>
         <row r="1466">
           <cell r="C1466">
-            <v>94392.91916624998</v>
+            <v>97806.119166249977</v>
           </cell>
         </row>
         <row r="1467">
           <cell r="C1467">
             <v>294971.12330400001</v>
           </cell>
         </row>
         <row r="1468">
           <cell r="C1468">
             <v>360321.67079999996</v>
           </cell>
         </row>
         <row r="1469">
           <cell r="C1469">
             <v>12348</v>
           </cell>
         </row>
         <row r="1470">
           <cell r="C1470">
             <v>19615.899599999997</v>
           </cell>
         </row>
         <row r="1471">
           <cell r="C1471">
             <v>23181.704025000003</v>
           </cell>
         </row>
         <row r="1472">
           <cell r="C1472">
-            <v>10657.281149999999</v>
+            <v>11038.161149999998</v>
           </cell>
         </row>
         <row r="1473">
           <cell r="C1473">
-            <v>13969.909222499999</v>
+            <v>14253.913222499999</v>
           </cell>
         </row>
         <row r="1474">
           <cell r="C1474">
-            <v>19064.561999999994</v>
+            <v>19382.697999999993</v>
           </cell>
         </row>
         <row r="1475">
           <cell r="C1475">
-            <v>25718.840349999999</v>
+            <v>26137.440349999997</v>
           </cell>
         </row>
         <row r="1476">
           <cell r="C1476">
-            <v>31277.562172500002</v>
+            <v>31818.522172500001</v>
           </cell>
         </row>
         <row r="1477">
           <cell r="C1477">
-            <v>39888.472289124991</v>
+            <v>40365.032289124996</v>
           </cell>
         </row>
         <row r="1478">
           <cell r="C1478">
-            <v>58368.616079499989</v>
+            <v>60790.056079499991</v>
           </cell>
         </row>
         <row r="1479">
           <cell r="C1479">
-            <v>69411.648824999997</v>
+            <v>71730.048825000005</v>
           </cell>
         </row>
         <row r="1480">
           <cell r="C1480">
-            <v>115829.68474999999</v>
+            <v>119242.88474999998</v>
           </cell>
         </row>
         <row r="1481">
           <cell r="C1481">
             <v>325833.28377599997</v>
           </cell>
         </row>
         <row r="1482">
           <cell r="C1482">
             <v>399955.79519999993</v>
           </cell>
         </row>
         <row r="1483">
           <cell r="C1483">
             <v>13720</v>
           </cell>
         </row>
         <row r="1484">
           <cell r="C1484">
             <v>21881.587049999998</v>
           </cell>
         </row>
         <row r="1485">
           <cell r="C1485">
             <v>25924.167028125001</v>
           </cell>
         </row>
         <row r="1486">
           <cell r="C1486">
-            <v>11830.051293749997</v>
+            <v>12210.931293749998</v>
           </cell>
         </row>
         <row r="1487">
           <cell r="C1487">
-            <v>15803.812375312498</v>
+            <v>16141.912375312499</v>
           </cell>
         </row>
         <row r="1488">
           <cell r="C1488">
-            <v>21260.159249999997</v>
+            <v>21578.295249999996</v>
           </cell>
         </row>
         <row r="1489">
           <cell r="C1489">
-            <v>27719.763213749997</v>
+            <v>28138.363213749999</v>
           </cell>
         </row>
         <row r="1490">
           <cell r="C1490">
-            <v>34868.477444062504</v>
+            <v>35409.437444062503</v>
           </cell>
         </row>
         <row r="1491">
           <cell r="C1491">
-            <v>44949.626543765626</v>
+            <v>45426.186543765616</v>
           </cell>
         </row>
         <row r="1492">
           <cell r="C1492">
-            <v>64237.773089437491</v>
+            <v>66659.213089437486</v>
           </cell>
         </row>
         <row r="1493">
           <cell r="C1493">
-            <v>79454.304928124999</v>
+            <v>82352.304928124999</v>
           </cell>
         </row>
         <row r="1494">
           <cell r="C1494">
-            <v>128297.04534374998</v>
+            <v>131710.24534374999</v>
           </cell>
         </row>
         <row r="1495">
           <cell r="C1495">
             <v>356695.44424799993</v>
           </cell>
         </row>
         <row r="1496">
           <cell r="C1496">
             <v>439589.91960000002</v>
           </cell>
         </row>
         <row r="1497">
           <cell r="C1497">
             <v>15091.999999999998</v>
           </cell>
         </row>
         <row r="1498">
           <cell r="C1498">
             <v>24147.2745</v>
           </cell>
         </row>
         <row r="1499">
           <cell r="C1499">
             <v>28666.630031249999</v>
           </cell>
         </row>
         <row r="1500">
           <cell r="C1500">
-            <v>13663.295367187498</v>
+            <v>14228.664117187498</v>
           </cell>
         </row>
         <row r="1501">
           <cell r="C1501">
-            <v>16834.723140624996</v>
+            <v>16945.410640624996</v>
           </cell>
         </row>
         <row r="1502">
           <cell r="C1502">
-            <v>24389.035550000001</v>
+            <v>24585.777549999999</v>
           </cell>
         </row>
         <row r="1503">
           <cell r="C1503">
-            <v>29284.105137499999</v>
+            <v>29541.705137499997</v>
           </cell>
         </row>
         <row r="1504">
           <cell r="C1504">
-            <v>36536.004605624999</v>
+            <v>36806.484605624995</v>
           </cell>
         </row>
         <row r="1505">
           <cell r="C1505">
-            <v>49883.814794687481</v>
+            <v>50128.53479468749</v>
           </cell>
         </row>
         <row r="1506">
           <cell r="C1506">
-            <v>64399.250099374985</v>
+            <v>65609.970099374987</v>
           </cell>
         </row>
         <row r="1507">
           <cell r="C1507">
-            <v>93255.821203124986</v>
+            <v>94946.321203124986</v>
           </cell>
         </row>
         <row r="1508">
           <cell r="C1508">
-            <v>136036.98108593747</v>
+            <v>137786.24608593748</v>
           </cell>
         </row>
         <row r="1509">
           <cell r="C1509">
             <v>382898.56519200001</v>
           </cell>
         </row>
         <row r="1510">
           <cell r="C1510">
             <v>459671.77620000002</v>
           </cell>
         </row>
         <row r="1670">
           <cell r="C1670">
-            <v>1274.7422841890623</v>
+            <v>1414.7156841890624</v>
           </cell>
         </row>
         <row r="1671">
           <cell r="C1671">
-            <v>1416.3145277695312</v>
+            <v>1553.2450277695309</v>
           </cell>
         </row>
         <row r="1672">
           <cell r="C1672">
-            <v>2190.0923178749999</v>
+            <v>2371.1448678749994</v>
           </cell>
         </row>
         <row r="1673">
           <cell r="C1673">
-            <v>3728.7309187209371</v>
+            <v>3979.7701687209374</v>
           </cell>
         </row>
         <row r="1674">
           <cell r="C1674">
-            <v>4275.7211110818753</v>
+            <v>4583.3921110818756</v>
           </cell>
         </row>
         <row r="1675">
           <cell r="C1675">
-            <v>5966.9497947675</v>
+            <v>6227.2867947674995</v>
           </cell>
         </row>
         <row r="1676">
           <cell r="C1676">
-            <v>11856.025660434374</v>
+            <v>13063.718860434374</v>
           </cell>
         </row>
         <row r="1677">
           <cell r="C1677">
-            <v>13637.372390085937</v>
+            <v>14874.81839008594</v>
           </cell>
         </row>
         <row r="1678">
           <cell r="C1678">
-            <v>20980.250630718747</v>
+            <v>22265.030630718746</v>
           </cell>
         </row>
         <row r="1679">
           <cell r="C1679">
             <v>94337.364778800009</v>
           </cell>
         </row>
         <row r="1680">
           <cell r="C1680">
             <v>135339.38870400001</v>
           </cell>
         </row>
         <row r="1681">
           <cell r="C1681">
-            <v>1360.0961405437499</v>
+            <v>1496.3021405437496</v>
           </cell>
         </row>
         <row r="1682">
           <cell r="C1682">
-            <v>1661.8746384374997</v>
+            <v>1806.7746384374998</v>
           </cell>
         </row>
         <row r="1684">
           <cell r="C1684">
-            <v>1463.3023700249998</v>
+            <v>1587.9163700249999</v>
           </cell>
         </row>
         <row r="1685">
           <cell r="C1685">
-            <v>1749.5569091</v>
+            <v>1877.0689090999997</v>
           </cell>
         </row>
         <row r="1686">
           <cell r="C1686">
-            <v>2626.056004</v>
+            <v>2784.9630039999997</v>
           </cell>
         </row>
         <row r="1687">
           <cell r="C1687">
-            <v>3897.4662040499998</v>
+            <v>4136.5512040499998</v>
           </cell>
         </row>
         <row r="1688">
           <cell r="C1688">
-            <v>4456.5061072999997</v>
+            <v>4749.5261073000001</v>
           </cell>
         </row>
         <row r="1689">
           <cell r="C1689">
-            <v>1682.2614625312497</v>
+            <v>1806.8754625312499</v>
           </cell>
         </row>
         <row r="1690">
           <cell r="C1690">
-            <v>2036.664136375</v>
+            <v>2164.1761363749997</v>
           </cell>
         </row>
         <row r="1691">
           <cell r="C1691">
-            <v>3095.2867549999996</v>
+            <v>3254.1937549999993</v>
           </cell>
         </row>
         <row r="1692">
           <cell r="C1692">
-            <v>4250.0500046874995</v>
+            <v>4471.4250046874995</v>
           </cell>
         </row>
         <row r="1693">
           <cell r="C1693">
-            <v>4796.939830187499</v>
+            <v>5093.1798301874996</v>
           </cell>
         </row>
         <row r="1694">
           <cell r="C1694">
-            <v>6811.2966604374997</v>
+            <v>7059.2366604374993</v>
           </cell>
         </row>
         <row r="1695">
           <cell r="C1695">
-            <v>1901.2205550374995</v>
+            <v>2025.8345550374993</v>
           </cell>
         </row>
         <row r="1696">
           <cell r="C1696">
-            <v>2323.7713636499998</v>
+            <v>2451.2833636499995</v>
           </cell>
         </row>
         <row r="1697">
           <cell r="C1697">
-            <v>3488.6767079999995</v>
+            <v>3644.2027079999993</v>
           </cell>
         </row>
         <row r="1698">
           <cell r="C1698">
-            <v>4891.3350056249992</v>
+            <v>5112.7100056249992</v>
           </cell>
         </row>
         <row r="1699">
           <cell r="C1699">
-            <v>5302.445796224999</v>
+            <v>5561.6557962249981</v>
           </cell>
         </row>
         <row r="1700">
           <cell r="C1700">
-            <v>6857.0861753624986</v>
+            <v>7071.2161753624978</v>
           </cell>
         </row>
         <row r="1701">
           <cell r="C1701">
-            <v>12465.284411924998</v>
+            <v>13615.468411924998</v>
           </cell>
         </row>
         <row r="1702">
           <cell r="C1702">
-            <v>14474.3924458125</v>
+            <v>15652.912445812499</v>
           </cell>
         </row>
         <row r="1703">
           <cell r="C1703">
-            <v>2229.6591937968747</v>
+            <v>2354.2731937968747</v>
           </cell>
         </row>
         <row r="1704">
           <cell r="C1704">
-            <v>2754.4322045624995</v>
+            <v>2881.9442045624996</v>
           </cell>
         </row>
         <row r="1705">
           <cell r="C1705">
-            <v>4177.5473849999998</v>
+            <v>4333.0733849999997</v>
           </cell>
         </row>
         <row r="1706">
           <cell r="C1706">
-            <v>5150.8710061874999</v>
+            <v>5345.6810061875003</v>
           </cell>
         </row>
         <row r="1707">
           <cell r="C1707">
-            <v>6322.559745281249</v>
+            <v>6581.7697452812481</v>
           </cell>
         </row>
         <row r="1708">
           <cell r="C1708">
-            <v>8318.9902192031223</v>
+            <v>8533.1202192031233</v>
           </cell>
         </row>
         <row r="1709">
           <cell r="C1709">
-            <v>14511.415514906246</v>
+            <v>15722.135514906247</v>
           </cell>
         </row>
         <row r="1710">
           <cell r="C1710">
-            <v>16704.020557265623</v>
+            <v>17882.540557265624</v>
           </cell>
         </row>
         <row r="1711">
           <cell r="C1711">
-            <v>27064.547173007806</v>
+            <v>28471.687173007802</v>
           </cell>
         </row>
         <row r="1712">
           <cell r="C1712">
-            <v>2558.0978325562496</v>
+            <v>2682.7118325562492</v>
           </cell>
         </row>
         <row r="1713">
           <cell r="C1713">
-            <v>3185.0930454749996</v>
+            <v>3312.6050454749998</v>
           </cell>
         </row>
         <row r="1714">
           <cell r="C1714">
-            <v>4866.4180619999988</v>
+            <v>5021.9440619999987</v>
           </cell>
         </row>
         <row r="1715">
           <cell r="C1715">
-            <v>5997.3672074249998</v>
+            <v>6192.1772074249993</v>
           </cell>
         </row>
         <row r="1716">
           <cell r="C1716">
-            <v>7866.383694337499</v>
+            <v>8236.6836943374983</v>
           </cell>
         </row>
         <row r="1717">
           <cell r="C1717">
-            <v>10591.965742453121</v>
+            <v>10800.460742453122</v>
           </cell>
         </row>
         <row r="1718">
           <cell r="C1718">
-            <v>16272.162617887498</v>
+            <v>17482.882617887495</v>
           </cell>
         </row>
         <row r="1719">
           <cell r="C1719">
-            <v>18933.64866871875</v>
+            <v>20112.168668718754</v>
           </cell>
         </row>
         <row r="1720">
           <cell r="C1720">
-            <v>35059.646429062494</v>
+            <v>37022.23642906249</v>
           </cell>
         </row>
         <row r="1721">
           <cell r="C1721">
             <v>114023.86661951998</v>
           </cell>
         </row>
         <row r="1722">
           <cell r="C1722">
-            <v>3008.6873634374997</v>
+            <v>3160.8323634374997</v>
           </cell>
         </row>
         <row r="1723">
           <cell r="C1723">
-            <v>3653.5789153124992</v>
+            <v>3805.7239153124988</v>
           </cell>
         </row>
         <row r="1724">
           <cell r="C1724">
-            <v>5261.0945199999996</v>
+            <v>5445.2785199999989</v>
           </cell>
         </row>
         <row r="1725">
           <cell r="C1725">
-            <v>6561.6980082500004</v>
+            <v>6756.5080082499999</v>
           </cell>
         </row>
         <row r="1726">
           <cell r="C1726">
-            <v>8692.682473750001</v>
+            <v>8940.6224737500015</v>
           </cell>
         </row>
         <row r="1727">
           <cell r="C1727">
-            <v>11659.639158281248</v>
+            <v>11868.134158281249</v>
           </cell>
         </row>
         <row r="1728">
           <cell r="C1728">
-            <v>17445.994019874994</v>
+            <v>18656.714019874995</v>
           </cell>
         </row>
         <row r="1729">
           <cell r="C1729">
-            <v>20420.067409687497</v>
+            <v>21598.587409687501</v>
           </cell>
         </row>
         <row r="1730">
           <cell r="C1730">
-            <v>37927.139365624993</v>
+            <v>39889.729365624997</v>
           </cell>
         </row>
         <row r="1731">
           <cell r="C1731">
             <v>121430.78513279998</v>
           </cell>
         </row>
         <row r="1732">
           <cell r="C1732">
-            <v>3581.5454542968746</v>
+            <v>3733.6904542968746</v>
           </cell>
         </row>
         <row r="1733">
           <cell r="C1733">
-            <v>4438.8923941406238</v>
+            <v>4601.9048941406236</v>
           </cell>
         </row>
         <row r="1734">
           <cell r="C1734">
-            <v>6359.2941499999997</v>
+            <v>6543.4781499999999</v>
           </cell>
         </row>
         <row r="1735">
           <cell r="C1735">
-            <v>8139.5050103124995</v>
+            <v>8369.7350103125009</v>
           </cell>
         </row>
         <row r="1736">
           <cell r="C1736">
-            <v>10740.6180921875</v>
+            <v>11023.978092187499</v>
           </cell>
         </row>
         <row r="1737">
           <cell r="C1737">
-            <v>14469.23769785156</v>
+            <v>14707.517697851561</v>
           </cell>
         </row>
         <row r="1738">
           <cell r="C1738">
-            <v>20380.572524843745</v>
+            <v>21591.292524843746</v>
           </cell>
         </row>
         <row r="1739">
           <cell r="C1739">
-            <v>24136.114262109371</v>
+            <v>25314.634262109372</v>
           </cell>
         </row>
         <row r="1740">
           <cell r="C1740">
-            <v>46510.081781249988</v>
+            <v>48442.081781249988</v>
           </cell>
         </row>
         <row r="1741">
           <cell r="C1741">
             <v>139948.081416</v>
           </cell>
         </row>
         <row r="1743">
           <cell r="C1743">
-            <v>4154.4035451562495</v>
+            <v>4306.5485451562499</v>
           </cell>
         </row>
         <row r="1744">
           <cell r="C1744">
-            <v>5141.5084091249992</v>
+            <v>5318.6084091249995</v>
           </cell>
         </row>
         <row r="1745">
           <cell r="C1745">
-            <v>7457.4937799999989</v>
+            <v>7641.67778</v>
           </cell>
         </row>
         <row r="1746">
           <cell r="C1746">
-            <v>9550.332012375</v>
+            <v>9780.5620123750014</v>
           </cell>
         </row>
         <row r="1747">
           <cell r="C1747">
-            <v>12047.865814687499</v>
+            <v>12318.345814687498</v>
           </cell>
         </row>
         <row r="1748">
           <cell r="C1748">
-            <v>16188.714172921871</v>
+            <v>16426.99417292187</v>
           </cell>
         </row>
         <row r="1749">
           <cell r="C1749">
-            <v>23315.151029812492</v>
+            <v>24525.871029812497</v>
           </cell>
         </row>
         <row r="1750">
           <cell r="C1750">
-            <v>27852.161114531249</v>
+            <v>29030.681114531249</v>
           </cell>
         </row>
         <row r="1751">
           <cell r="C1751">
-            <v>54536.978137499987</v>
+            <v>56584.898137499986</v>
           </cell>
         </row>
         <row r="1752">
           <cell r="C1752">
             <v>158465.37769919998</v>
           </cell>
         </row>
         <row r="1753">
           <cell r="C1753">
             <v>192412.52784</v>
           </cell>
         </row>
         <row r="1754">
           <cell r="C1754">
-            <v>4517.1611188593743</v>
+            <v>4721.8841188593742</v>
           </cell>
         </row>
         <row r="1755">
           <cell r="C1755">
-            <v>6211.4540348437495</v>
+            <v>6356.8370348437493</v>
           </cell>
         </row>
         <row r="1756">
           <cell r="C1756">
-            <v>8555.693409999998</v>
+            <v>8739.8774099999973</v>
           </cell>
         </row>
         <row r="1757">
           <cell r="C1757">
-            <v>11375.330153124998</v>
+            <v>11584.630153124999</v>
           </cell>
         </row>
         <row r="1758">
           <cell r="C1758">
-            <v>13843.323450468746</v>
+            <v>14113.803450468748</v>
           </cell>
         </row>
         <row r="1759">
           <cell r="C1759">
-            <v>18145.61741411718</v>
+            <v>18383.897414117178</v>
           </cell>
         </row>
         <row r="1760">
           <cell r="C1760">
-            <v>26249.729534781247</v>
+            <v>27460.449534781248</v>
           </cell>
         </row>
         <row r="1761">
           <cell r="C1761">
-            <v>31050.696360937502</v>
+            <v>32209.896360937502</v>
           </cell>
         </row>
         <row r="1762">
           <cell r="C1762">
-            <v>62017.394493749984</v>
+            <v>64065.314493749982</v>
           </cell>
         </row>
         <row r="1763">
           <cell r="C1763">
             <v>176982.67398240001</v>
           </cell>
         </row>
         <row r="1764">
           <cell r="C1764">
             <v>216193.00247999997</v>
           </cell>
         </row>
         <row r="1765">
           <cell r="C1765">
-            <v>5328.6405749999994</v>
+            <v>5519.080574999999</v>
           </cell>
         </row>
         <row r="1766">
           <cell r="C1766">
-            <v>6984.9546112499993</v>
+            <v>7126.9566112499997</v>
           </cell>
         </row>
         <row r="1767">
           <cell r="C1767">
-            <v>9532.2809999999972</v>
+            <v>9691.3489999999965</v>
           </cell>
         </row>
         <row r="1768">
           <cell r="C1768">
-            <v>12859.420174999999</v>
+            <v>13068.720174999999</v>
           </cell>
         </row>
         <row r="1769">
           <cell r="C1769">
-            <v>15638.781086250001</v>
+            <v>15909.261086250001</v>
           </cell>
         </row>
         <row r="1770">
           <cell r="C1770">
-            <v>19944.236144562496</v>
+            <v>20182.516144562498</v>
           </cell>
         </row>
         <row r="1771">
           <cell r="C1771">
-            <v>29184.308039749994</v>
+            <v>30395.028039749996</v>
           </cell>
         </row>
         <row r="1772">
           <cell r="C1772">
-            <v>34705.824412499998</v>
+            <v>35865.024412500003</v>
           </cell>
         </row>
         <row r="1773">
           <cell r="C1773">
-            <v>69497.810849999994</v>
+            <v>71545.730849999993</v>
           </cell>
         </row>
         <row r="1774">
           <cell r="C1774">
             <v>195499.97026559999</v>
           </cell>
         </row>
         <row r="1775">
           <cell r="C1775">
             <v>239973.47711999994</v>
           </cell>
         </row>
         <row r="1776">
           <cell r="C1776">
-            <v>5915.0256468749985</v>
+            <v>6105.465646874999</v>
           </cell>
         </row>
         <row r="1777">
           <cell r="C1777">
-            <v>7901.9061876562491</v>
+            <v>8070.9561876562493</v>
           </cell>
         </row>
         <row r="1778">
           <cell r="C1778">
-            <v>10630.079624999998</v>
+            <v>10789.147624999998</v>
           </cell>
         </row>
         <row r="1779">
           <cell r="C1779">
-            <v>13859.881606874998</v>
+            <v>14069.181606874999</v>
           </cell>
         </row>
         <row r="1780">
           <cell r="C1780">
-            <v>17434.238722031252</v>
+            <v>17704.718722031252</v>
           </cell>
         </row>
         <row r="1781">
           <cell r="C1781">
-            <v>22474.813271882813</v>
+            <v>22713.093271882808</v>
           </cell>
         </row>
         <row r="1782">
           <cell r="C1782">
-            <v>32118.886544718745</v>
+            <v>33329.606544718743</v>
           </cell>
         </row>
         <row r="1783">
           <cell r="C1783">
-            <v>39727.152464062499</v>
+            <v>41176.152464062499</v>
           </cell>
         </row>
         <row r="1784">
           <cell r="C1784">
-            <v>76978.227206249983</v>
+            <v>79026.147206249996</v>
           </cell>
         </row>
         <row r="1785">
           <cell r="C1785">
             <v>214017.26654879999</v>
           </cell>
         </row>
         <row r="1786">
           <cell r="C1786">
             <v>263753.95176000003</v>
           </cell>
         </row>
         <row r="1787">
           <cell r="C1787">
-            <v>6938.3820585937492</v>
+            <v>7631.832058593749</v>
           </cell>
         </row>
         <row r="1788">
           <cell r="C1788">
-            <v>9294.9553203124979</v>
+            <v>9536.4553203124979</v>
           </cell>
         </row>
         <row r="1789">
           <cell r="C1789">
-            <v>12345.134999999998</v>
+            <v>12512.574999999999</v>
           </cell>
         </row>
         <row r="1790">
           <cell r="C1790">
-            <v>15366.135118749999</v>
+            <v>15591.53511875</v>
           </cell>
         </row>
         <row r="1791">
           <cell r="C1791">
-            <v>20145.396184374997</v>
+            <v>20428.756184375001</v>
           </cell>
         </row>
         <row r="1792">
           <cell r="C1792">
-            <v>25518.747397343745</v>
+            <v>25763.467397343746</v>
           </cell>
         </row>
         <row r="1793">
           <cell r="C1793">
-            <v>35053.465049687489</v>
+            <v>36264.18504968749</v>
           </cell>
         </row>
         <row r="1794">
           <cell r="C1794">
-            <v>43382.280515624989</v>
+            <v>44831.280515624989</v>
           </cell>
         </row>
         <row r="1795">
           <cell r="C1795">
-            <v>84458.643562499987</v>
+            <v>86506.563562499985</v>
           </cell>
         </row>
         <row r="1796">
           <cell r="C1796">
             <v>232534.56283199997</v>
           </cell>
         </row>
         <row r="1797">
           <cell r="C1797">
             <v>287534.4264</v>
           </cell>
         </row>
         <row r="1798">
           <cell r="C1798">
-            <v>15712.789672265622</v>
+            <v>16362.963734765621</v>
           </cell>
         </row>
         <row r="1799">
           <cell r="C1799">
-            <v>19359.931611718745</v>
+            <v>19487.222236718742</v>
           </cell>
         </row>
         <row r="1800">
           <cell r="C1800">
-            <v>27315.719816000004</v>
+            <v>27536.070856000002</v>
           </cell>
         </row>
         <row r="1801">
           <cell r="C1801">
-            <v>34262.403010874994</v>
+            <v>34563.795010874994</v>
           </cell>
         </row>
         <row r="1802">
           <cell r="C1802">
-            <v>43843.205526749996</v>
+            <v>44167.78152674999</v>
           </cell>
         </row>
         <row r="1803">
           <cell r="C1803">
-            <v>54872.196274156231</v>
+            <v>55141.388274156241</v>
           </cell>
         </row>
         <row r="1804">
           <cell r="C1804">
-            <v>79211.077622231227</v>
+            <v>80700.263222231239</v>
           </cell>
         </row>
         <row r="1805">
           <cell r="C1805">
-            <v>102581.40332343749</v>
+            <v>104440.9533234375</v>
           </cell>
         </row>
         <row r="1806">
           <cell r="C1806">
-            <v>179568.81503343748</v>
+            <v>181877.8448334375</v>
           </cell>
         </row>
         <row r="1841">
           <cell r="C1841">
-            <v>10344.772225349998</v>
+            <v>11326.449025349999</v>
           </cell>
         </row>
         <row r="1842">
           <cell r="C1842">
-            <v>13597.943348024997</v>
+            <v>14040.757748024997</v>
           </cell>
         </row>
         <row r="1843">
           <cell r="C1843">
-            <v>18528.506105999997</v>
+            <v>18920.122505999996</v>
           </cell>
         </row>
         <row r="1844">
           <cell r="C1844">
-            <v>23539.422148124999</v>
+            <v>24075.552148125</v>
           </cell>
         </row>
         <row r="1845">
           <cell r="C1845">
-            <v>29930.803217474997</v>
+            <v>30626.323217474997</v>
           </cell>
         </row>
         <row r="1847">
           <cell r="C1847">
-            <v>11936.483306437498</v>
+            <v>12951.197306437498</v>
           </cell>
         </row>
         <row r="1848">
           <cell r="C1848">
-            <v>15538.241082749995</v>
+            <v>16010.615082749995</v>
           </cell>
         </row>
         <row r="1849">
           <cell r="C1849">
-            <v>21127.475423999997</v>
+            <v>21549.424223999995</v>
           </cell>
         </row>
         <row r="1850">
           <cell r="C1850">
-            <v>26313.399752399997</v>
+            <v>26817.651752400001</v>
           </cell>
         </row>
         <row r="1851">
           <cell r="C1851">
-            <v>34605.694389749995</v>
+            <v>35243.25438975</v>
           </cell>
         </row>
         <row r="1852">
           <cell r="C1852">
-            <v>44614.063866749995</v>
+            <v>45157.921866749988</v>
           </cell>
         </row>
         <row r="1853">
           <cell r="C1853">
-            <v>13311.342724499998</v>
+            <v>14326.0567245</v>
           </cell>
         </row>
         <row r="1854">
           <cell r="C1854">
-            <v>17323.756475324997</v>
+            <v>17826.076475324997</v>
           </cell>
         </row>
         <row r="1855">
           <cell r="C1855">
-            <v>23763.154535999998</v>
+            <v>24185.103335999996</v>
           </cell>
         </row>
         <row r="1856">
           <cell r="C1856">
-            <v>29899.760557349997</v>
+            <v>30446.516557350002</v>
           </cell>
         </row>
         <row r="1857">
           <cell r="C1857">
-            <v>38631.914398874993</v>
+            <v>39296.522398875</v>
           </cell>
         </row>
         <row r="1858">
           <cell r="C1858">
-            <v>50048.95388431874</v>
+            <v>50628.553884318739</v>
           </cell>
         </row>
         <row r="1859">
           <cell r="C1859">
-            <v>14720.427160312496</v>
+            <v>15781.095160312496</v>
           </cell>
         </row>
         <row r="1860">
           <cell r="C1860">
-            <v>19535.891917874997</v>
+            <v>19996.094317874999</v>
           </cell>
         </row>
         <row r="1861">
           <cell r="C1861">
-            <v>26252.899199999996</v>
+            <v>26644.708799999993</v>
           </cell>
         </row>
         <row r="1862">
           <cell r="C1862">
-            <v>33870.666352499997</v>
+            <v>34392.306352499996</v>
           </cell>
         </row>
         <row r="1863">
           <cell r="C1863">
-            <v>42941.012724749999</v>
+            <v>43605.620724749999</v>
           </cell>
         </row>
         <row r="1864">
           <cell r="C1864">
-            <v>54555.580250287494</v>
+            <v>55135.180250287493</v>
           </cell>
         </row>
         <row r="1865">
           <cell r="C1865">
-            <v>56291.388852146236</v>
+            <v>59193.484692146238</v>
           </cell>
         </row>
         <row r="1866">
           <cell r="C1866">
-            <v>69428.007553724994</v>
+            <v>72581.031553724984</v>
           </cell>
         </row>
         <row r="1867">
           <cell r="C1867">
-            <v>126526.67303186248</v>
+            <v>130525.91303186247</v>
           </cell>
         </row>
         <row r="1868">
           <cell r="C1868">
-            <v>62999.350883474974</v>
+            <v>65905.078883474969</v>
           </cell>
         </row>
         <row r="1869">
           <cell r="C1869">
-            <v>72993.929442599969</v>
+            <v>76185.593442599973</v>
           </cell>
         </row>
         <row r="1870">
           <cell r="C1870">
-            <v>146862.93951374997</v>
+            <v>151675.55151374996</v>
           </cell>
         </row>
         <row r="1871">
           <cell r="C1871">
-            <v>70042.339295399972</v>
+            <v>72948.067295399989</v>
           </cell>
         </row>
         <row r="1872">
           <cell r="C1872">
-            <v>85481.329956187488</v>
+            <v>88634.353956187479</v>
           </cell>
         </row>
         <row r="1873">
           <cell r="C1873">
-            <v>166794.74603999994</v>
+            <v>171709.75403999997</v>
           </cell>
         </row>
         <row r="1874">
           <cell r="C1874">
-            <v>77085.327707324977</v>
+            <v>79991.05570732498</v>
           </cell>
         </row>
         <row r="1875">
           <cell r="C1875">
-            <v>93705.725913749979</v>
+            <v>96835.56591374999</v>
           </cell>
         </row>
         <row r="1876">
           <cell r="C1876">
-            <v>184747.74529499994</v>
+            <v>189662.75329499997</v>
           </cell>
         </row>
         <row r="1890">
           <cell r="C1890">
             <v>107143.682724</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5097,51 +5092,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@brovelli.com.ar?subject=Consulta%20por%20web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B895F20F-0B39-4857-9581-CA7983E4F7E6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AR55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:U2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="21" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="41">
-        <v>45968</v>
+        <v>46073</v>
       </c>
       <c r="B1" s="39"/>
       <c r="C1" s="50" t="s">
         <v>461</v>
       </c>
       <c r="D1" s="50"/>
       <c r="E1" s="50"/>
       <c r="F1" s="50"/>
       <c r="G1" s="50"/>
       <c r="H1" s="51" t="s">
         <v>462</v>
       </c>
       <c r="I1" s="51"/>
       <c r="J1" s="51"/>
       <c r="K1" s="51"/>
       <c r="L1" s="51"/>
       <c r="M1" s="51"/>
       <c r="N1" s="51"/>
       <c r="O1" s="51"/>
       <c r="P1" s="40"/>
       <c r="Q1" s="40"/>
       <c r="R1" s="52" t="s">
         <v>463</v>
       </c>
       <c r="S1" s="52"/>
@@ -5773,124 +5768,124 @@
       <c r="P10" s="23" t="s">
         <v>108</v>
       </c>
       <c r="Q10" s="23" t="s">
         <v>109</v>
       </c>
       <c r="R10" s="23" t="s">
         <v>110</v>
       </c>
       <c r="S10" s="23" t="s">
         <v>111</v>
       </c>
       <c r="T10" s="23" t="s">
         <v>112</v>
       </c>
       <c r="U10" s="27" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="11" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="31">
         <f>[1]Hoja1!$C$1272</f>
-        <v>1214.0402706562497</v>
+        <v>1347.3482706562497</v>
       </c>
       <c r="C11" s="29"/>
       <c r="D11" s="31">
         <f>[1]Hoja1!$C$1289</f>
-        <v>1360.0961405437499</v>
+        <v>1496.3021405437496</v>
       </c>
       <c r="E11" s="31">
         <f>[1]Hoja1!$C$1294</f>
-        <v>1463.3023700249998</v>
+        <v>1587.9163700249999</v>
       </c>
       <c r="F11" s="31">
         <f>[1]Hoja1!$C$1302</f>
-        <v>1682.2614625312497</v>
+        <v>1806.8754625312499</v>
       </c>
       <c r="G11" s="31">
         <f>[1]Hoja1!$C$1311</f>
-        <v>1901.2205550374995</v>
+        <v>2025.8345550374993</v>
       </c>
       <c r="H11" s="31">
         <f>[1]Hoja1!$C$1322</f>
-        <v>2229.6591937968747</v>
+        <v>2354.2731937968747</v>
       </c>
       <c r="I11" s="31">
         <f>[1]Hoja1!$C$1334</f>
-        <v>2558.0978325562496</v>
+        <v>2682.7118325562492</v>
       </c>
       <c r="J11" s="31">
         <f>[1]Hoja1!$C$1347</f>
-        <v>3008.6873634374997</v>
+        <v>3160.8323634374997</v>
       </c>
       <c r="K11" s="31">
         <f>[1]Hoja1!$C$1360</f>
-        <v>3581.5454542968746</v>
+        <v>3733.6904542968746</v>
       </c>
       <c r="L11" s="31">
         <f>[1]Hoja1!$C$1374</f>
-        <v>4154.4035451562495</v>
+        <v>4306.5485451562499</v>
       </c>
       <c r="M11" s="31">
         <f>[1]Hoja1!$C$1388</f>
-        <v>4517.1611188593743</v>
+        <v>4721.8841188593742</v>
       </c>
       <c r="N11" s="31">
         <f>[1]Hoja1!$C$1402</f>
-        <v>5328.6405749999994</v>
+        <v>5519.080574999999</v>
       </c>
       <c r="O11" s="31">
         <f>[1]Hoja1!$C$1416</f>
-        <v>5915.0256468749985</v>
+        <v>6105.465646874999</v>
       </c>
       <c r="P11" s="31">
         <f>[1]Hoja1!$C$1430</f>
-        <v>6938.3820585937492</v>
+        <v>7631.832058593749</v>
       </c>
       <c r="Q11" s="31">
         <f>[1]Hoja1!$C$1444</f>
-        <v>8308.807090312499</v>
+        <v>8613.0970903124999</v>
       </c>
       <c r="R11" s="31">
         <f>[1]Hoja1!$C$1458</f>
-        <v>9991.068552843748</v>
+        <v>10419.97255284375</v>
       </c>
       <c r="S11" s="31">
         <f>[1]Hoja1!$C$1472</f>
-        <v>10657.281149999999</v>
+        <v>11038.161149999998</v>
       </c>
       <c r="T11" s="31">
         <f>[1]Hoja1!$C$1486</f>
-        <v>11830.051293749997</v>
+        <v>12210.931293749998</v>
       </c>
       <c r="U11" s="33">
         <f>[1]Hoja1!$C$1500</f>
-        <v>13663.295367187498</v>
+        <v>14228.664117187498</v>
       </c>
     </row>
     <row r="12" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="26" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="23" t="s">
         <v>114</v>
       </c>
       <c r="C12" s="23"/>
       <c r="D12" s="23" t="s">
         <v>115</v>
       </c>
       <c r="E12" s="23" t="s">
         <v>116</v>
       </c>
       <c r="F12" s="23" t="s">
         <v>117</v>
       </c>
       <c r="G12" s="23" t="s">
         <v>118</v>
       </c>
       <c r="H12" s="23" t="s">
         <v>119</v>
       </c>
@@ -5918,124 +5913,124 @@
       <c r="P12" s="23" t="s">
         <v>127</v>
       </c>
       <c r="Q12" s="23" t="s">
         <v>128</v>
       </c>
       <c r="R12" s="23" t="s">
         <v>129</v>
       </c>
       <c r="S12" s="23" t="s">
         <v>130</v>
       </c>
       <c r="T12" s="23" t="s">
         <v>131</v>
       </c>
       <c r="U12" s="27" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="13" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="31">
         <f>[1]Hoja1!$C$1273</f>
-        <v>1348.8709788281249</v>
+        <v>1479.2809788281247</v>
       </c>
       <c r="C13" s="29"/>
       <c r="D13" s="31">
         <f>[1]Hoja1!$C$1290</f>
-        <v>1661.8746384374997</v>
+        <v>1806.7746384374998</v>
       </c>
       <c r="E13" s="31">
         <f>[1]Hoja1!$C$1295</f>
-        <v>1749.5569091</v>
+        <v>1877.0689090999997</v>
       </c>
       <c r="F13" s="31">
         <f>[1]Hoja1!$C$1303</f>
-        <v>2036.664136375</v>
+        <v>2164.1761363749997</v>
       </c>
       <c r="G13" s="31">
         <f>[1]Hoja1!$C$1312</f>
-        <v>2323.7713636499998</v>
+        <v>2451.2833636499995</v>
       </c>
       <c r="H13" s="31">
         <f>[1]Hoja1!$C$1323</f>
-        <v>2754.4322045624995</v>
+        <v>2881.9442045624996</v>
       </c>
       <c r="I13" s="31">
         <f>[1]Hoja1!$C$1335</f>
-        <v>3185.0930454749996</v>
+        <v>3312.6050454749998</v>
       </c>
       <c r="J13" s="31">
         <f>[1]Hoja1!$C$1348</f>
-        <v>3653.5789153124992</v>
+        <v>3805.7239153124988</v>
       </c>
       <c r="K13" s="31">
         <f>[1]Hoja1!$C$1361</f>
-        <v>4438.8923941406238</v>
+        <v>4601.9048941406236</v>
       </c>
       <c r="L13" s="31">
         <f>[1]Hoja1!$C$1375</f>
-        <v>5141.5084091249992</v>
+        <v>5318.6084091249995</v>
       </c>
       <c r="M13" s="31">
         <f>[1]Hoja1!$C$1389</f>
-        <v>6211.4540348437495</v>
+        <v>6356.8370348437493</v>
       </c>
       <c r="N13" s="31">
         <f>[1]Hoja1!$C$1403</f>
-        <v>6984.9546112499993</v>
+        <v>7126.9566112499997</v>
       </c>
       <c r="O13" s="31">
         <f>[1]Hoja1!$C$1417</f>
-        <v>7901.9061876562491</v>
+        <v>8070.9561876562493</v>
       </c>
       <c r="P13" s="31">
         <f>[1]Hoja1!$C$1431</f>
-        <v>9294.9553203124979</v>
+        <v>9536.4553203124979</v>
       </c>
       <c r="Q13" s="31">
         <f>[1]Hoja1!$C$1445</f>
-        <v>10283.016818249998</v>
+        <v>10637.216818249999</v>
       </c>
       <c r="R13" s="31">
         <f>[1]Hoja1!$C$1459</f>
-        <v>12319.680954624999</v>
+        <v>12801.392954624998</v>
       </c>
       <c r="S13" s="31">
         <f>[1]Hoja1!$C$1473</f>
-        <v>13969.909222499999</v>
+        <v>14253.913222499999</v>
       </c>
       <c r="T13" s="31">
         <f>[1]Hoja1!$C$1487</f>
-        <v>15803.812375312498</v>
+        <v>16141.912375312499</v>
       </c>
       <c r="U13" s="33">
         <f>[1]Hoja1!$C$1501</f>
-        <v>16834.723140624996</v>
+        <v>16945.410640624996</v>
       </c>
     </row>
     <row r="14" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="26" t="s">
         <v>37</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>133</v>
       </c>
       <c r="C14" s="23"/>
       <c r="D14" s="23"/>
       <c r="E14" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F14" s="23" t="s">
         <v>135</v>
       </c>
       <c r="G14" s="23" t="s">
         <v>136</v>
       </c>
       <c r="H14" s="23" t="s">
         <v>137</v>
       </c>
       <c r="I14" s="23" t="s">
         <v>138</v>
@@ -6061,121 +6056,121 @@
       <c r="P14" s="23" t="s">
         <v>145</v>
       </c>
       <c r="Q14" s="23" t="s">
         <v>146</v>
       </c>
       <c r="R14" s="23" t="s">
         <v>147</v>
       </c>
       <c r="S14" s="23" t="s">
         <v>148</v>
       </c>
       <c r="T14" s="23" t="s">
         <v>149</v>
       </c>
       <c r="U14" s="27" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="31">
         <f>[1]Hoja1!$C$1274</f>
-        <v>2085.8022074999999</v>
+        <v>2258.2332074999995</v>
       </c>
       <c r="C15" s="29"/>
       <c r="D15" s="29"/>
       <c r="E15" s="31">
         <f>[1]Hoja1!$C$1296</f>
-        <v>2626.056004</v>
+        <v>2784.9630039999997</v>
       </c>
       <c r="F15" s="31">
         <f>[1]Hoja1!$C$1304</f>
-        <v>3095.2867549999996</v>
+        <v>3254.1937549999993</v>
       </c>
       <c r="G15" s="31">
         <f>[1]Hoja1!$C$1313</f>
-        <v>3488.6767079999995</v>
+        <v>3644.2027079999993</v>
       </c>
       <c r="H15" s="31">
         <f>[1]Hoja1!$C$1324</f>
-        <v>4177.5473849999998</v>
+        <v>4333.0733849999997</v>
       </c>
       <c r="I15" s="31">
         <f>[1]Hoja1!$C$1336</f>
-        <v>4866.4180619999988</v>
+        <v>5021.9440619999987</v>
       </c>
       <c r="J15" s="31">
         <f>[1]Hoja1!$C$1349</f>
-        <v>5261.0945199999996</v>
+        <v>5445.2785199999989</v>
       </c>
       <c r="K15" s="31">
         <f>[1]Hoja1!$C$1362</f>
-        <v>6359.2941499999997</v>
+        <v>6543.4781499999999</v>
       </c>
       <c r="L15" s="31">
         <f>[1]Hoja1!$C$1376</f>
-        <v>7457.4937799999989</v>
+        <v>7641.67778</v>
       </c>
       <c r="M15" s="31">
         <f>[1]Hoja1!$C$1390</f>
-        <v>8555.693409999998</v>
+        <v>8739.8774099999973</v>
       </c>
       <c r="N15" s="31">
         <f>[1]Hoja1!$C$1404</f>
-        <v>9532.2809999999972</v>
+        <v>9691.3489999999965</v>
       </c>
       <c r="O15" s="31">
         <f>[1]Hoja1!$C$1418</f>
-        <v>10630.079624999998</v>
+        <v>10789.147624999998</v>
       </c>
       <c r="P15" s="31">
         <f>[1]Hoja1!$C$1432</f>
-        <v>12345.134999999998</v>
+        <v>12512.574999999999</v>
       </c>
       <c r="Q15" s="31">
         <f>[1]Hoja1!$C$1446</f>
-        <v>14914.987559999998</v>
+        <v>15283.35556</v>
       </c>
       <c r="R15" s="31">
         <f>[1]Hoja1!$C$1460</f>
-        <v>18010.274314999999</v>
+        <v>18537.549315</v>
       </c>
       <c r="S15" s="31">
         <f>[1]Hoja1!$C$1474</f>
-        <v>19064.561999999994</v>
+        <v>19382.697999999993</v>
       </c>
       <c r="T15" s="31">
         <f>[1]Hoja1!$C$1488</f>
-        <v>21260.159249999997</v>
+        <v>21578.295249999996</v>
       </c>
       <c r="U15" s="33">
         <f>[1]Hoja1!$C$1502</f>
-        <v>24389.035550000001</v>
+        <v>24585.777549999999</v>
       </c>
     </row>
     <row r="16" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="26" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>151</v>
       </c>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="23" t="s">
         <v>152</v>
       </c>
       <c r="F16" s="23" t="s">
         <v>153</v>
       </c>
       <c r="G16" s="23" t="s">
         <v>154</v>
       </c>
       <c r="H16" s="23" t="s">
         <v>155</v>
       </c>
       <c r="I16" s="23" t="s">
         <v>156</v>
@@ -6201,121 +6196,121 @@
       <c r="P16" s="23" t="s">
         <v>163</v>
       </c>
       <c r="Q16" s="23" t="s">
         <v>164</v>
       </c>
       <c r="R16" s="23" t="s">
         <v>165</v>
       </c>
       <c r="S16" s="23" t="s">
         <v>166</v>
       </c>
       <c r="T16" s="23" t="s">
         <v>167</v>
       </c>
       <c r="U16" s="27" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="17" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B17" s="31">
         <f>[1]Hoja1!$C$1275</f>
-        <v>3551.1723035437494</v>
+        <v>3790.2573035437499</v>
       </c>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="31">
         <f>[1]Hoja1!$C$1297</f>
-        <v>3897.4662040499998</v>
+        <v>4136.5512040499998</v>
       </c>
       <c r="F17" s="31">
         <f>[1]Hoja1!$C$1305</f>
-        <v>4250.0500046874995</v>
+        <v>4471.4250046874995</v>
       </c>
       <c r="G17" s="31">
         <f>[1]Hoja1!$C$1314</f>
-        <v>4891.3350056249992</v>
+        <v>5112.7100056249992</v>
       </c>
       <c r="H17" s="31">
         <f>[1]Hoja1!$C$1325</f>
-        <v>5150.8710061874999</v>
+        <v>5345.6810061875003</v>
       </c>
       <c r="I17" s="31">
         <f>[1]Hoja1!$C$1337</f>
-        <v>5997.3672074249998</v>
+        <v>6192.1772074249993</v>
       </c>
       <c r="J17" s="31">
         <f>[1]Hoja1!$C$1350</f>
-        <v>6561.6980082500004</v>
+        <v>6756.5080082499999</v>
       </c>
       <c r="K17" s="31">
         <f>[1]Hoja1!$C$1363</f>
-        <v>8139.5050103124995</v>
+        <v>8369.7350103125009</v>
       </c>
       <c r="L17" s="31">
         <f>[1]Hoja1!$C$1377</f>
-        <v>9550.332012375</v>
+        <v>9780.5620123750014</v>
       </c>
       <c r="M17" s="31">
         <f>[1]Hoja1!$C$1391</f>
-        <v>11375.330153124998</v>
+        <v>11584.630153124999</v>
       </c>
       <c r="N17" s="31">
         <f>[1]Hoja1!$C$1405</f>
-        <v>12859.420174999999</v>
+        <v>13068.720174999999</v>
       </c>
       <c r="O17" s="31">
         <f>[1]Hoja1!$C$1419</f>
-        <v>13859.881606874998</v>
+        <v>14069.181606874999</v>
       </c>
       <c r="P17" s="31">
         <f>[1]Hoja1!$C$1433</f>
-        <v>15366.135118749999</v>
+        <v>15591.53511875</v>
       </c>
       <c r="Q17" s="31">
         <f>[1]Hoja1!$C$1447</f>
-        <v>19100.66402475</v>
+        <v>19561.124024750003</v>
       </c>
       <c r="R17" s="31">
         <f>[1]Hoja1!$C$1461</f>
-        <v>23350.714029437499</v>
+        <v>24032.549029437501</v>
       </c>
       <c r="S17" s="31">
         <f>[1]Hoja1!$C$1475</f>
-        <v>25718.840349999999</v>
+        <v>26137.440349999997</v>
       </c>
       <c r="T17" s="31">
         <f>[1]Hoja1!$C$1489</f>
-        <v>27719.763213749997</v>
+        <v>28138.363213749999</v>
       </c>
       <c r="U17" s="33">
         <f>[1]Hoja1!$C$1503</f>
-        <v>29284.105137499999</v>
+        <v>29541.705137499997</v>
       </c>
     </row>
     <row r="18" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="26" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="23" t="s">
         <v>169</v>
       </c>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="23" t="s">
         <v>170</v>
       </c>
       <c r="F18" s="23" t="s">
         <v>171</v>
       </c>
       <c r="G18" s="23" t="s">
         <v>172</v>
       </c>
       <c r="H18" s="23" t="s">
         <v>173</v>
       </c>
       <c r="I18" s="23" t="s">
         <v>174</v>
@@ -6341,121 +6336,121 @@
       <c r="P18" s="23" t="s">
         <v>181</v>
       </c>
       <c r="Q18" s="23" t="s">
         <v>182</v>
       </c>
       <c r="R18" s="23" t="s">
         <v>183</v>
       </c>
       <c r="S18" s="23" t="s">
         <v>184</v>
       </c>
       <c r="T18" s="23" t="s">
         <v>185</v>
       </c>
       <c r="U18" s="27" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="19" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B19" s="31">
         <f>[1]Hoja1!$C$1276</f>
-        <v>4072.1153438874999</v>
+        <v>4365.1353438875003</v>
       </c>
       <c r="C19" s="29"/>
       <c r="D19" s="29"/>
       <c r="E19" s="31">
         <f>[1]Hoja1!$C$1298</f>
-        <v>4456.5061072999997</v>
+        <v>4749.5261073000001</v>
       </c>
       <c r="F19" s="31">
         <f>[1]Hoja1!$C$1306</f>
-        <v>4796.939830187499</v>
+        <v>5093.1798301874996</v>
       </c>
       <c r="G19" s="31">
         <f>[1]Hoja1!$C$1315</f>
-        <v>5302.445796224999</v>
+        <v>5561.6557962249981</v>
       </c>
       <c r="H19" s="31">
         <f>[1]Hoja1!$C$1326</f>
-        <v>6322.559745281249</v>
+        <v>6581.7697452812481</v>
       </c>
       <c r="I19" s="31">
         <f>[1]Hoja1!$C$1338</f>
-        <v>7866.383694337499</v>
+        <v>8236.6836943374983</v>
       </c>
       <c r="J19" s="31">
         <f>[1]Hoja1!$C$1351</f>
-        <v>8692.682473750001</v>
+        <v>8940.6224737500015</v>
       </c>
       <c r="K19" s="31">
         <f>[1]Hoja1!$C$1364</f>
-        <v>10740.6180921875</v>
+        <v>11023.978092187499</v>
       </c>
       <c r="L19" s="31">
         <f>[1]Hoja1!$C$1378</f>
-        <v>12047.865814687499</v>
+        <v>12318.345814687498</v>
       </c>
       <c r="M19" s="31">
         <f>[1]Hoja1!$C$1392</f>
-        <v>13843.323450468746</v>
+        <v>14113.803450468748</v>
       </c>
       <c r="N19" s="31">
         <f>[1]Hoja1!$C$1406</f>
-        <v>15638.781086250001</v>
+        <v>15909.261086250001</v>
       </c>
       <c r="O19" s="31">
         <f>[1]Hoja1!$C$1420</f>
-        <v>17434.238722031252</v>
+        <v>17704.718722031252</v>
       </c>
       <c r="P19" s="31">
         <f>[1]Hoja1!$C$1434</f>
-        <v>20145.396184374997</v>
+        <v>20428.756184375001</v>
       </c>
       <c r="Q19" s="31">
         <f>[1]Hoja1!$C$1448</f>
-        <v>24095.731629374997</v>
+        <v>24636.691629374996</v>
       </c>
       <c r="R19" s="31">
         <f>[1]Hoja1!$C$1462</f>
-        <v>28892.671459562494</v>
+        <v>29729.871459562495</v>
       </c>
       <c r="S19" s="31">
         <f>[1]Hoja1!$C$1476</f>
-        <v>31277.562172500002</v>
+        <v>31818.522172500001</v>
       </c>
       <c r="T19" s="31">
         <f>[1]Hoja1!$C$1490</f>
-        <v>34868.477444062504</v>
+        <v>35409.437444062503</v>
       </c>
       <c r="U19" s="33">
         <f>[1]Hoja1!$C$1504</f>
-        <v>36536.004605624999</v>
+        <v>36806.484605624995</v>
       </c>
     </row>
     <row r="20" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="28" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="23" t="s">
         <v>187</v>
       </c>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="23"/>
       <c r="F20" s="23" t="s">
         <v>188</v>
       </c>
       <c r="G20" s="23" t="s">
         <v>189</v>
       </c>
       <c r="H20" s="23" t="s">
         <v>190</v>
       </c>
       <c r="I20" s="23" t="s">
         <v>191</v>
       </c>
       <c r="J20" s="23" t="s">
@@ -6498,116 +6493,116 @@
       <c r="W20" s="5"/>
       <c r="X20" s="5"/>
       <c r="Y20" s="5"/>
       <c r="Z20" s="5"/>
       <c r="AA20" s="5"/>
       <c r="AB20" s="5"/>
       <c r="AC20" s="5"/>
       <c r="AD20" s="5"/>
       <c r="AE20" s="5"/>
       <c r="AF20" s="5"/>
       <c r="AG20" s="5"/>
       <c r="AH20" s="5"/>
       <c r="AI20" s="5"/>
       <c r="AJ20" s="5"/>
       <c r="AK20" s="5"/>
       <c r="AL20" s="5"/>
       <c r="AM20" s="5"/>
       <c r="AN20" s="5"/>
     </row>
     <row r="21" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="31">
         <f>[1]Hoja1!$C$1277</f>
-        <v>5682.8093283499993</v>
+        <v>5930.7493283499989</v>
       </c>
       <c r="E21" s="29"/>
       <c r="F21" s="31">
         <f>[1]Hoja1!$C$1307</f>
-        <v>6811.2966604374997</v>
+        <v>7059.2366604374993</v>
       </c>
       <c r="G21" s="31">
         <f>[1]Hoja1!$C$1316</f>
-        <v>6857.0861753624986</v>
+        <v>7071.2161753624978</v>
       </c>
       <c r="H21" s="31">
         <f>[1]Hoja1!$C$1327</f>
-        <v>8318.9902192031223</v>
+        <v>8533.1202192031233</v>
       </c>
       <c r="I21" s="31">
         <f>[1]Hoja1!$C$1339</f>
-        <v>10591.965742453121</v>
+        <v>10800.460742453122</v>
       </c>
       <c r="J21" s="31">
         <f>[1]Hoja1!$C$1352</f>
-        <v>11659.639158281248</v>
+        <v>11868.134158281249</v>
       </c>
       <c r="K21" s="31">
         <f>[1]Hoja1!$C$1365</f>
-        <v>14469.23769785156</v>
+        <v>14707.517697851561</v>
       </c>
       <c r="L21" s="31">
         <f>[1]Hoja1!$C$1379</f>
-        <v>16188.714172921871</v>
+        <v>16426.99417292187</v>
       </c>
       <c r="M21" s="31">
         <f>[1]Hoja1!$C$1393</f>
-        <v>18145.61741411718</v>
+        <v>18383.897414117178</v>
       </c>
       <c r="N21" s="31">
         <f>[1]Hoja1!$C$1407</f>
-        <v>19944.236144562496</v>
+        <v>20182.516144562498</v>
       </c>
       <c r="O21" s="31">
         <f>[1]Hoja1!$C$1421</f>
-        <v>22474.813271882813</v>
+        <v>22713.093271882808</v>
       </c>
       <c r="P21" s="31">
         <f>[1]Hoja1!$C$1435</f>
-        <v>25518.747397343745</v>
+        <v>25763.467397343746</v>
       </c>
       <c r="Q21" s="31">
         <f>[1]Hoja1!$C$1449</f>
-        <v>32377.428345843742</v>
+        <v>32853.98834584374</v>
       </c>
       <c r="R21" s="31">
         <f>[1]Hoja1!$C$1463</f>
-        <v>37174.368176031239</v>
+        <v>37947.168176031242</v>
       </c>
       <c r="S21" s="31">
         <f>[1]Hoja1!$C$1477</f>
-        <v>39888.472289124991</v>
+        <v>40365.032289124996</v>
       </c>
       <c r="T21" s="31">
         <f>[1]Hoja1!$C$1491</f>
-        <v>44949.626543765626</v>
+        <v>45426.186543765616</v>
       </c>
       <c r="U21" s="33">
         <f>[1]Hoja1!$C$1505</f>
-        <v>49883.814794687481</v>
+        <v>50128.53479468749</v>
       </c>
     </row>
     <row r="22" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="28" t="s">
         <v>41</v>
       </c>
       <c r="B22" s="23" t="s">
         <v>204</v>
       </c>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="23"/>
       <c r="G22" s="23" t="s">
         <v>208</v>
       </c>
       <c r="H22" s="23" t="s">
         <v>209</v>
       </c>
       <c r="I22" s="23" t="s">
         <v>210</v>
       </c>
       <c r="J22" s="23" t="s">
         <v>211</v>
       </c>
@@ -6629,112 +6624,112 @@
       <c r="P22" s="23" t="s">
         <v>217</v>
       </c>
       <c r="Q22" s="23" t="s">
         <v>218</v>
       </c>
       <c r="R22" s="23" t="s">
         <v>219</v>
       </c>
       <c r="S22" s="23" t="s">
         <v>220</v>
       </c>
       <c r="T22" s="23" t="s">
         <v>221</v>
       </c>
       <c r="U22" s="27" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="23" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="31">
         <f>[1]Hoja1!$C$1278</f>
-        <v>11291.453009937499</v>
+        <v>12441.637009937498</v>
       </c>
       <c r="F23" s="29"/>
       <c r="G23" s="31">
         <f>[1]Hoja1!$C$1317</f>
-        <v>12465.284411924998</v>
+        <v>13615.468411924998</v>
       </c>
       <c r="H23" s="31">
         <f>[1]Hoja1!$C$1328</f>
-        <v>14511.415514906246</v>
+        <v>15722.135514906247</v>
       </c>
       <c r="I23" s="31">
         <f>[1]Hoja1!$C$1340</f>
-        <v>16272.162617887498</v>
+        <v>17482.882617887495</v>
       </c>
       <c r="J23" s="31">
         <f>[1]Hoja1!$C$1353</f>
-        <v>17445.994019874994</v>
+        <v>18656.714019874995</v>
       </c>
       <c r="K23" s="31">
         <f>[1]Hoja1!$C$1366</f>
-        <v>20380.572524843745</v>
+        <v>21591.292524843746</v>
       </c>
       <c r="L23" s="31">
         <f>[1]Hoja1!$C$1380</f>
-        <v>23315.151029812492</v>
+        <v>24525.871029812497</v>
       </c>
       <c r="M23" s="31">
         <f>[1]Hoja1!$C$1394</f>
-        <v>26249.729534781247</v>
+        <v>27460.449534781248</v>
       </c>
       <c r="N23" s="31">
         <f>[1]Hoja1!$C$1408</f>
-        <v>29184.308039749994</v>
+        <v>30395.028039749996</v>
       </c>
       <c r="O23" s="31">
         <f>[1]Hoja1!$C$1422</f>
-        <v>32118.886544718745</v>
+        <v>33329.606544718743</v>
       </c>
       <c r="P23" s="31">
         <f>[1]Hoja1!$C$1436</f>
-        <v>35053.465049687489</v>
+        <v>36264.18504968749</v>
       </c>
       <c r="Q23" s="31">
         <f>[1]Hoja1!$C$1450</f>
-        <v>46630.302059624984</v>
+        <v>49051.742059624994</v>
       </c>
       <c r="R23" s="31">
         <f>[1]Hoja1!$C$1464</f>
-        <v>43668.881355781239</v>
+        <v>45295.625355781238</v>
       </c>
       <c r="S23" s="31">
         <f>[1]Hoja1!$C$1478</f>
-        <v>58368.616079499989</v>
+        <v>60790.056079499991</v>
       </c>
       <c r="T23" s="31">
         <f>[1]Hoja1!$C$1492</f>
-        <v>64237.773089437491</v>
+        <v>66659.213089437486</v>
       </c>
       <c r="U23" s="33">
         <f>[1]Hoja1!$C$1506</f>
-        <v>64399.250099374985</v>
+        <v>65609.970099374987</v>
       </c>
     </row>
     <row r="24" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="28" t="s">
         <v>42</v>
       </c>
       <c r="B24" s="23" t="s">
         <v>207</v>
       </c>
       <c r="C24" s="38"/>
       <c r="E24" s="38"/>
       <c r="F24" s="38"/>
       <c r="G24" s="23" t="s">
         <v>223</v>
       </c>
       <c r="H24" s="23" t="s">
         <v>224</v>
       </c>
       <c r="I24" s="23" t="s">
         <v>225</v>
       </c>
       <c r="J24" s="23" t="s">
         <v>226</v>
       </c>
       <c r="K24" s="23" t="s">
@@ -6755,111 +6750,111 @@
       <c r="P24" s="23" t="s">
         <v>232</v>
       </c>
       <c r="Q24" s="23" t="s">
         <v>233</v>
       </c>
       <c r="R24" s="23" t="s">
         <v>234</v>
       </c>
       <c r="S24" s="23" t="s">
         <v>235</v>
       </c>
       <c r="T24" s="23" t="s">
         <v>236</v>
       </c>
       <c r="U24" s="27" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="25" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B25" s="31">
         <f>[1]Hoja1!$C$1279</f>
-        <v>12987.973704843749</v>
+        <v>14166.493704843751</v>
       </c>
       <c r="G25" s="31">
         <f>[1]Hoja1!$C$1318</f>
-        <v>14474.3924458125</v>
+        <v>15652.912445812499</v>
       </c>
       <c r="H25" s="31">
         <f>[1]Hoja1!$C$1329</f>
-        <v>16704.020557265623</v>
+        <v>17882.540557265624</v>
       </c>
       <c r="I25" s="31">
         <f>[1]Hoja1!$C$1341</f>
-        <v>18933.64866871875</v>
+        <v>20112.168668718754</v>
       </c>
       <c r="J25" s="31">
         <f>[1]Hoja1!$C$1354</f>
-        <v>20420.067409687497</v>
+        <v>21598.587409687501</v>
       </c>
       <c r="K25" s="31">
         <f>[1]Hoja1!$C$1367</f>
-        <v>24136.114262109371</v>
+        <v>25314.634262109372</v>
       </c>
       <c r="L25" s="31">
         <f>[1]Hoja1!$C$1381</f>
-        <v>27852.161114531249</v>
+        <v>29030.681114531249</v>
       </c>
       <c r="M25" s="31">
         <f>[1]Hoja1!$C$1395</f>
-        <v>31050.696360937502</v>
+        <v>32209.896360937502</v>
       </c>
       <c r="N25" s="31">
         <f>[1]Hoja1!$C$1409</f>
-        <v>34705.824412499998</v>
+        <v>35865.024412500003</v>
       </c>
       <c r="O25" s="31">
         <f>[1]Hoja1!$C$1423</f>
-        <v>39727.152464062499</v>
+        <v>41176.152464062499</v>
       </c>
       <c r="P25" s="31">
         <f>[1]Hoja1!$C$1437</f>
-        <v>43382.280515624989</v>
+        <v>44831.280515624989</v>
       </c>
       <c r="Q25" s="31">
         <f>[1]Hoja1!$C$1451</f>
-        <v>55704.322229062498</v>
+        <v>58061.362229062499</v>
       </c>
       <c r="R25" s="31">
         <f>[1]Hoja1!$C$1465</f>
-        <v>58671.547169062498</v>
+        <v>61028.587169062499</v>
       </c>
       <c r="S25" s="31">
         <f>[1]Hoja1!$C$1479</f>
-        <v>69411.648824999997</v>
+        <v>71730.048825000005</v>
       </c>
       <c r="T25" s="31">
         <f>[1]Hoja1!$C$1493</f>
-        <v>79454.304928124999</v>
+        <v>82352.304928124999</v>
       </c>
       <c r="U25" s="33">
         <f>[1]Hoja1!$C$1507</f>
-        <v>93255.821203124986</v>
+        <v>94946.321203124986</v>
       </c>
     </row>
     <row r="26" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="28" t="s">
         <v>43</v>
       </c>
       <c r="B26" s="23" t="s">
         <v>246</v>
       </c>
       <c r="C26" s="37"/>
       <c r="D26" s="38"/>
       <c r="E26" s="38"/>
       <c r="F26" s="38"/>
       <c r="G26" s="38"/>
       <c r="H26" s="23" t="s">
         <v>238</v>
       </c>
       <c r="I26" s="23" t="s">
         <v>239</v>
       </c>
       <c r="J26" s="23" t="s">
         <v>240</v>
       </c>
       <c r="K26" s="23" t="s">
         <v>241</v>
@@ -6880,107 +6875,107 @@
         <v>247</v>
       </c>
       <c r="Q26" s="23" t="s">
         <v>248</v>
       </c>
       <c r="R26" s="23" t="s">
         <v>249</v>
       </c>
       <c r="S26" s="23" t="s">
         <v>250</v>
       </c>
       <c r="T26" s="23" t="s">
         <v>251</v>
       </c>
       <c r="U26" s="27" t="s">
         <v>252</v>
       </c>
       <c r="V26" s="5"/>
     </row>
     <row r="27" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="31">
         <f>[1]Hoja1!$C$1280</f>
-        <v>19981.191076874995</v>
+        <v>21204.791076874993</v>
       </c>
       <c r="H27" s="31">
         <f>[1]Hoja1!$C$1330</f>
-        <v>23534.388846093745</v>
+        <v>24757.988846093744</v>
       </c>
       <c r="I27" s="31">
         <f>[1]Hoja1!$C$1342</f>
-        <v>30486.649068749994</v>
+        <v>32193.249068749996</v>
       </c>
       <c r="J27" s="31">
         <f>[1]Hoja1!$C$1355</f>
-        <v>32980.121187499994</v>
+        <v>34686.721187499999</v>
       </c>
       <c r="K27" s="31">
         <f>[1]Hoja1!$C$1368</f>
-        <v>38758.40148437499</v>
+        <v>40368.40148437499</v>
       </c>
       <c r="L27" s="31">
         <f>[1]Hoja1!$C$1382</f>
-        <v>45447.48178124999</v>
+        <v>47154.081781249988</v>
       </c>
       <c r="M27" s="31">
         <f>[1]Hoja1!$C$1396</f>
-        <v>51681.162078124988</v>
+        <v>53387.762078124986</v>
       </c>
       <c r="N27" s="31">
         <f>[1]Hoja1!$C$1410</f>
-        <v>57914.842374999993</v>
+        <v>59621.442374999991</v>
       </c>
       <c r="O27" s="31">
         <f>[1]Hoja1!$C$1424</f>
-        <v>64148.522671874991</v>
+        <v>65855.122671874997</v>
       </c>
       <c r="P27" s="31">
         <f>[1]Hoja1!$C$1438</f>
-        <v>70382.202968749989</v>
+        <v>72088.802968749995</v>
       </c>
       <c r="Q27" s="31">
         <f>[1]Hoja1!$C$1452</f>
-        <v>90894.963562499979</v>
+        <v>94308.163562499976</v>
       </c>
       <c r="R27" s="31">
         <f>[1]Hoja1!$C$1466</f>
-        <v>94392.91916624998</v>
+        <v>97806.119166249977</v>
       </c>
       <c r="S27" s="31">
         <f>[1]Hoja1!$C$1480</f>
-        <v>115829.68474999999</v>
+        <v>119242.88474999998</v>
       </c>
       <c r="T27" s="31">
         <f>[1]Hoja1!$C$1494</f>
-        <v>128297.04534374998</v>
+        <v>131710.24534374999</v>
       </c>
       <c r="U27" s="33">
         <f>[1]Hoja1!$C$1508</f>
-        <v>136036.98108593747</v>
+        <v>137786.24608593748</v>
       </c>
     </row>
     <row r="28" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="28" t="s">
         <v>44</v>
       </c>
       <c r="B28" s="23" t="s">
         <v>253</v>
       </c>
       <c r="C28" s="38"/>
       <c r="D28" s="38"/>
       <c r="E28" s="38"/>
       <c r="F28" s="38"/>
       <c r="G28" s="38"/>
       <c r="H28" s="38"/>
       <c r="I28" s="23" t="s">
         <v>255</v>
       </c>
       <c r="J28" s="23" t="s">
         <v>256</v>
       </c>
       <c r="K28" s="23" t="s">
         <v>257</v>
       </c>
       <c r="L28" s="23" t="s">
@@ -7002,67 +6997,67 @@
         <v>263</v>
       </c>
       <c r="R28" s="23" t="s">
         <v>264</v>
       </c>
       <c r="S28" s="23" t="s">
         <v>265</v>
       </c>
       <c r="T28" s="23" t="s">
         <v>266</v>
       </c>
       <c r="U28" s="27" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="29" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="31">
         <f>[1]Hoja1!$C$1281</f>
         <v>94337.364778800009</v>
       </c>
       <c r="I29" s="31">
         <f>[1]Hoja1!$C$1343</f>
-        <v>95019.888849599985</v>
+        <v>104521.87773456</v>
       </c>
       <c r="J29" s="31">
         <f>[1]Hoja1!$C$1356</f>
         <v>111311.5530384</v>
       </c>
       <c r="K29" s="31">
         <f>[1]Hoja1!$C$1369</f>
-        <v>116623.40118000002</v>
+        <v>128285.74129800002</v>
       </c>
       <c r="L29" s="31">
         <f>[1]Hoja1!$C$1383</f>
-        <v>132054.481416</v>
+        <v>138657.2054868</v>
       </c>
       <c r="M29" s="31">
         <f>[1]Hoja1!$C$1397</f>
-        <v>147485.561652</v>
+        <v>154859.83973460001</v>
       </c>
       <c r="N29" s="31">
         <f>[1]Hoja1!$C$1411</f>
         <v>162916.64188799998</v>
       </c>
       <c r="O29" s="31">
         <f>[1]Hoja1!$C$1425</f>
         <v>178347.72212399999</v>
       </c>
       <c r="P29" s="31">
         <f>[1]Hoja1!$C$1439</f>
         <v>193778.80235999997</v>
       </c>
       <c r="Q29" s="31">
         <f>[1]Hoja1!$C$1453</f>
         <v>264108.96283199999</v>
       </c>
       <c r="R29" s="31">
         <f>[1]Hoja1!$C$1467</f>
         <v>294971.12330400001</v>
       </c>
       <c r="S29" s="31">
         <f>[1]Hoja1!$C$1481</f>
         <v>325833.28377599997</v>
       </c>
@@ -7124,59 +7119,59 @@
       </c>
       <c r="U30" s="27" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="31" spans="1:40" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="32">
         <f>[1]Hoja1!$C$1890</f>
         <v>107143.682724</v>
       </c>
       <c r="C31" s="17"/>
       <c r="D31" s="17"/>
       <c r="E31" s="17"/>
       <c r="F31" s="17"/>
       <c r="G31" s="17"/>
       <c r="H31" s="17"/>
       <c r="I31" s="17"/>
       <c r="J31" s="30">
         <v>123663.50568000002</v>
       </c>
       <c r="K31" s="31">
         <f>[1]Hoja1!$C$1370</f>
-        <v>140526.71100000001</v>
+        <v>154579.38210000002</v>
       </c>
       <c r="L31" s="31">
         <f>[1]Hoja1!$C$1384</f>
-        <v>160343.7732</v>
+        <v>168360.96186000001</v>
       </c>
       <c r="M31" s="31">
         <f>[1]Hoja1!$C$1398</f>
-        <v>180160.83539999998</v>
+        <v>189168.87716999999</v>
       </c>
       <c r="N31" s="31">
         <f>[1]Hoja1!$C$1412</f>
         <v>199977.89759999997</v>
       </c>
       <c r="O31" s="31">
         <f>[1]Hoja1!$C$1426</f>
         <v>219794.95980000001</v>
       </c>
       <c r="P31" s="31">
         <f>[1]Hoja1!$C$1440</f>
         <v>239612.02200000003</v>
       </c>
       <c r="Q31" s="31">
         <f>[1]Hoja1!$C$1454</f>
         <v>320687.54639999999</v>
       </c>
       <c r="R31" s="31">
         <f>[1]Hoja1!$C$1468</f>
         <v>360321.67079999996</v>
       </c>
       <c r="S31" s="31">
         <f>[1]Hoja1!$C$1482</f>
         <v>399955.79519999993</v>
       </c>
@@ -7328,127 +7323,127 @@
       <c r="P34" s="4" t="s">
         <v>292</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>293</v>
       </c>
       <c r="R34" s="4" t="s">
         <v>294</v>
       </c>
       <c r="S34" s="4" t="s">
         <v>295</v>
       </c>
       <c r="T34" s="4" t="s">
         <v>296</v>
       </c>
       <c r="U34" s="11" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="35" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="20" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="31">
         <f>[1]Hoja1!$C$1670</f>
-        <v>1274.7422841890623</v>
+        <v>1414.7156841890624</v>
       </c>
       <c r="C35" s="31">
         <f>[1]Hoja1!$C$1670</f>
-        <v>1274.7422841890623</v>
+        <v>1414.7156841890624</v>
       </c>
       <c r="D35" s="31">
         <f>[1]Hoja1!$C$1681</f>
-        <v>1360.0961405437499</v>
+        <v>1496.3021405437496</v>
       </c>
       <c r="E35" s="31">
         <f>[1]Hoja1!$C$1684</f>
-        <v>1463.3023700249998</v>
+        <v>1587.9163700249999</v>
       </c>
       <c r="F35" s="31">
         <f>[1]Hoja1!$C$1689</f>
-        <v>1682.2614625312497</v>
+        <v>1806.8754625312499</v>
       </c>
       <c r="G35" s="31">
         <f>[1]Hoja1!$C$1695</f>
-        <v>1901.2205550374995</v>
+        <v>2025.8345550374993</v>
       </c>
       <c r="H35" s="31">
         <f>[1]Hoja1!$C$1703</f>
-        <v>2229.6591937968747</v>
+        <v>2354.2731937968747</v>
       </c>
       <c r="I35" s="31">
         <f>[1]Hoja1!$C$1712</f>
-        <v>2558.0978325562496</v>
+        <v>2682.7118325562492</v>
       </c>
       <c r="J35" s="31">
         <f>[1]Hoja1!$C$1722</f>
-        <v>3008.6873634374997</v>
+        <v>3160.8323634374997</v>
       </c>
       <c r="K35" s="31">
         <f>[1]Hoja1!$C$1732</f>
-        <v>3581.5454542968746</v>
+        <v>3733.6904542968746</v>
       </c>
       <c r="L35" s="31">
         <f>[1]Hoja1!$C$1743</f>
-        <v>4154.4035451562495</v>
+        <v>4306.5485451562499</v>
       </c>
       <c r="M35" s="31">
         <f>[1]Hoja1!$C$1754</f>
-        <v>4517.1611188593743</v>
+        <v>4721.8841188593742</v>
       </c>
       <c r="N35" s="31">
         <f>[1]Hoja1!$C$1765</f>
-        <v>5328.6405749999994</v>
+        <v>5519.080574999999</v>
       </c>
       <c r="O35" s="31">
         <f>[1]Hoja1!$C$1776</f>
-        <v>5915.0256468749985</v>
+        <v>6105.465646874999</v>
       </c>
       <c r="P35" s="31">
         <f>[1]Hoja1!$C$1787</f>
-        <v>6938.3820585937492</v>
+        <v>7631.832058593749</v>
       </c>
       <c r="Q35" s="31">
         <f>[1]Hoja1!$C$1841</f>
-        <v>10344.772225349998</v>
+        <v>11326.449025349999</v>
       </c>
       <c r="R35" s="31">
         <f>[1]Hoja1!$C$1847</f>
-        <v>11936.483306437498</v>
+        <v>12951.197306437498</v>
       </c>
       <c r="S35" s="31">
         <f>[1]Hoja1!$C$1853</f>
-        <v>13311.342724499998</v>
+        <v>14326.0567245</v>
       </c>
       <c r="T35" s="31">
         <f>[1]Hoja1!$C$1859</f>
-        <v>14720.427160312496</v>
+        <v>15781.095160312496</v>
       </c>
       <c r="U35" s="33">
         <f>[1]Hoja1!$C$1798</f>
-        <v>15712.789672265622</v>
+        <v>16362.963734765621</v>
       </c>
     </row>
     <row r="36" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>298</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>298</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>299</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>300</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>301</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>302</v>
       </c>
       <c r="H36" s="4" t="s">
@@ -7478,127 +7473,127 @@
       <c r="P36" s="4" t="s">
         <v>311</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>312</v>
       </c>
       <c r="R36" s="4" t="s">
         <v>313</v>
       </c>
       <c r="S36" s="4" t="s">
         <v>314</v>
       </c>
       <c r="T36" s="4" t="s">
         <v>315</v>
       </c>
       <c r="U36" s="11" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="37" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="31">
         <f>[1]Hoja1!$C$1671</f>
-        <v>1416.3145277695312</v>
+        <v>1553.2450277695309</v>
       </c>
       <c r="C37" s="31">
         <f>[1]Hoja1!$C$1671</f>
-        <v>1416.3145277695312</v>
+        <v>1553.2450277695309</v>
       </c>
       <c r="D37" s="31">
         <f>[1]Hoja1!$C$1682</f>
-        <v>1661.8746384374997</v>
+        <v>1806.7746384374998</v>
       </c>
       <c r="E37" s="31">
         <f>[1]Hoja1!$C$1685</f>
-        <v>1749.5569091</v>
+        <v>1877.0689090999997</v>
       </c>
       <c r="F37" s="31">
         <f>[1]Hoja1!$C$1690</f>
-        <v>2036.664136375</v>
+        <v>2164.1761363749997</v>
       </c>
       <c r="G37" s="31">
         <f>[1]Hoja1!$C$1696</f>
-        <v>2323.7713636499998</v>
+        <v>2451.2833636499995</v>
       </c>
       <c r="H37" s="31">
         <f>[1]Hoja1!$C$1704</f>
-        <v>2754.4322045624995</v>
+        <v>2881.9442045624996</v>
       </c>
       <c r="I37" s="31">
         <f>[1]Hoja1!$C$1713</f>
-        <v>3185.0930454749996</v>
+        <v>3312.6050454749998</v>
       </c>
       <c r="J37" s="31">
         <f>[1]Hoja1!$C$1723</f>
-        <v>3653.5789153124992</v>
+        <v>3805.7239153124988</v>
       </c>
       <c r="K37" s="31">
         <f>[1]Hoja1!$C$1733</f>
-        <v>4438.8923941406238</v>
+        <v>4601.9048941406236</v>
       </c>
       <c r="L37" s="31">
         <f>[1]Hoja1!$C$1744</f>
-        <v>5141.5084091249992</v>
+        <v>5318.6084091249995</v>
       </c>
       <c r="M37" s="31">
         <f>[1]Hoja1!$C$1755</f>
-        <v>6211.4540348437495</v>
+        <v>6356.8370348437493</v>
       </c>
       <c r="N37" s="31">
         <f>[1]Hoja1!$C$1766</f>
-        <v>6984.9546112499993</v>
+        <v>7126.9566112499997</v>
       </c>
       <c r="O37" s="31">
         <f>[1]Hoja1!$C$1777</f>
-        <v>7901.9061876562491</v>
+        <v>8070.9561876562493</v>
       </c>
       <c r="P37" s="31">
         <f>[1]Hoja1!$C$1788</f>
-        <v>9294.9553203124979</v>
+        <v>9536.4553203124979</v>
       </c>
       <c r="Q37" s="31">
         <f>[1]Hoja1!$C$1842</f>
-        <v>13597.943348024997</v>
+        <v>14040.757748024997</v>
       </c>
       <c r="R37" s="31">
         <f>[1]Hoja1!$C$1848</f>
-        <v>15538.241082749995</v>
+        <v>16010.615082749995</v>
       </c>
       <c r="S37" s="31">
         <f>[1]Hoja1!$C$1854</f>
-        <v>17323.756475324997</v>
+        <v>17826.076475324997</v>
       </c>
       <c r="T37" s="31">
         <f>[1]Hoja1!$C$1860</f>
-        <v>19535.891917874997</v>
+        <v>19996.094317874999</v>
       </c>
       <c r="U37" s="33">
         <f>[1]Hoja1!$C$1799</f>
-        <v>19359.931611718745</v>
+        <v>19487.222236718742</v>
       </c>
     </row>
     <row r="38" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>317</v>
       </c>
       <c r="C38" s="14"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4" t="s">
         <v>318</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>319</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>320</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>321</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>322</v>
@@ -7624,120 +7619,120 @@
       <c r="P38" s="4" t="s">
         <v>329</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>330</v>
       </c>
       <c r="R38" s="4" t="s">
         <v>331</v>
       </c>
       <c r="S38" s="4" t="s">
         <v>332</v>
       </c>
       <c r="T38" s="4" t="s">
         <v>333</v>
       </c>
       <c r="U38" s="11" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="39" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B39" s="31">
         <f>[1]Hoja1!$C$1672</f>
-        <v>2190.0923178749999</v>
+        <v>2371.1448678749994</v>
       </c>
       <c r="D39" s="13"/>
       <c r="E39" s="31">
         <f>[1]Hoja1!$C$1686</f>
-        <v>2626.056004</v>
+        <v>2784.9630039999997</v>
       </c>
       <c r="F39" s="31">
         <f>[1]Hoja1!$C$1691</f>
-        <v>3095.2867549999996</v>
+        <v>3254.1937549999993</v>
       </c>
       <c r="G39" s="31">
         <f>[1]Hoja1!$C$1697</f>
-        <v>3488.6767079999995</v>
+        <v>3644.2027079999993</v>
       </c>
       <c r="H39" s="31">
         <f>[1]Hoja1!$C$1705</f>
-        <v>4177.5473849999998</v>
+        <v>4333.0733849999997</v>
       </c>
       <c r="I39" s="31">
         <f>[1]Hoja1!$C$1714</f>
-        <v>4866.4180619999988</v>
+        <v>5021.9440619999987</v>
       </c>
       <c r="J39" s="31">
         <f>[1]Hoja1!$C$1724</f>
-        <v>5261.0945199999996</v>
+        <v>5445.2785199999989</v>
       </c>
       <c r="K39" s="31">
         <f>[1]Hoja1!$C$1734</f>
-        <v>6359.2941499999997</v>
+        <v>6543.4781499999999</v>
       </c>
       <c r="L39" s="31">
         <f>[1]Hoja1!$C$1745</f>
-        <v>7457.4937799999989</v>
+        <v>7641.67778</v>
       </c>
       <c r="M39" s="31">
         <f>[1]Hoja1!$C$1756</f>
-        <v>8555.693409999998</v>
+        <v>8739.8774099999973</v>
       </c>
       <c r="N39" s="31">
         <f>[1]Hoja1!$C$1767</f>
-        <v>9532.2809999999972</v>
+        <v>9691.3489999999965</v>
       </c>
       <c r="O39" s="31">
         <f>[1]Hoja1!$C$1778</f>
-        <v>10630.079624999998</v>
+        <v>10789.147624999998</v>
       </c>
       <c r="P39" s="31">
         <f>[1]Hoja1!$C$1789</f>
-        <v>12345.134999999998</v>
+        <v>12512.574999999999</v>
       </c>
       <c r="Q39" s="31">
         <f>[1]Hoja1!$C$1843</f>
-        <v>18528.506105999997</v>
+        <v>18920.122505999996</v>
       </c>
       <c r="R39" s="31">
         <f>[1]Hoja1!$C$1849</f>
-        <v>21127.475423999997</v>
+        <v>21549.424223999995</v>
       </c>
       <c r="S39" s="31">
         <f>[1]Hoja1!$C$1855</f>
-        <v>23763.154535999998</v>
+        <v>24185.103335999996</v>
       </c>
       <c r="T39" s="31">
         <f>[1]Hoja1!$C$1861</f>
-        <v>26252.899199999996</v>
+        <v>26644.708799999993</v>
       </c>
       <c r="U39" s="33">
         <f>[1]Hoja1!$C$1800</f>
-        <v>27315.719816000004</v>
+        <v>27536.070856000002</v>
       </c>
     </row>
     <row r="40" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>335</v>
       </c>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="4" t="s">
         <v>336</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>337</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>338</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>339</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>340</v>
@@ -7763,119 +7758,119 @@
       <c r="P40" s="4" t="s">
         <v>347</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>348</v>
       </c>
       <c r="R40" s="4" t="s">
         <v>349</v>
       </c>
       <c r="S40" s="4" t="s">
         <v>350</v>
       </c>
       <c r="T40" s="4" t="s">
         <v>351</v>
       </c>
       <c r="U40" s="11" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="41" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B41" s="31">
         <f>[1]Hoja1!$C$1673</f>
-        <v>3728.7309187209371</v>
+        <v>3979.7701687209374</v>
       </c>
       <c r="E41" s="31">
         <f>[1]Hoja1!$C$1687</f>
-        <v>3897.4662040499998</v>
+        <v>4136.5512040499998</v>
       </c>
       <c r="F41" s="31">
         <f>[1]Hoja1!$C$1692</f>
-        <v>4250.0500046874995</v>
+        <v>4471.4250046874995</v>
       </c>
       <c r="G41" s="31">
         <f>[1]Hoja1!$C$1698</f>
-        <v>4891.3350056249992</v>
+        <v>5112.7100056249992</v>
       </c>
       <c r="H41" s="31">
         <f>[1]Hoja1!$C$1706</f>
-        <v>5150.8710061874999</v>
+        <v>5345.6810061875003</v>
       </c>
       <c r="I41" s="31">
         <f>[1]Hoja1!$C$1715</f>
-        <v>5997.3672074249998</v>
+        <v>6192.1772074249993</v>
       </c>
       <c r="J41" s="31">
         <f>[1]Hoja1!$C$1725</f>
-        <v>6561.6980082500004</v>
+        <v>6756.5080082499999</v>
       </c>
       <c r="K41" s="31">
         <f>[1]Hoja1!$C$1735</f>
-        <v>8139.5050103124995</v>
+        <v>8369.7350103125009</v>
       </c>
       <c r="L41" s="31">
         <f>[1]Hoja1!$C$1746</f>
-        <v>9550.332012375</v>
+        <v>9780.5620123750014</v>
       </c>
       <c r="M41" s="31">
         <f>[1]Hoja1!$C$1757</f>
-        <v>11375.330153124998</v>
+        <v>11584.630153124999</v>
       </c>
       <c r="N41" s="31">
         <f>[1]Hoja1!$C$1768</f>
-        <v>12859.420174999999</v>
+        <v>13068.720174999999</v>
       </c>
       <c r="O41" s="31">
         <f>[1]Hoja1!$C$1779</f>
-        <v>13859.881606874998</v>
+        <v>14069.181606874999</v>
       </c>
       <c r="P41" s="31">
         <f>[1]Hoja1!$C$1790</f>
-        <v>15366.135118749999</v>
+        <v>15591.53511875</v>
       </c>
       <c r="Q41" s="31">
         <f>[1]Hoja1!$C$1844</f>
-        <v>23539.422148124999</v>
+        <v>24075.552148125</v>
       </c>
       <c r="R41" s="31">
         <f>[1]Hoja1!$C$1850</f>
-        <v>26313.399752399997</v>
+        <v>26817.651752400001</v>
       </c>
       <c r="S41" s="31">
         <f>[1]Hoja1!$C$1856</f>
-        <v>29899.760557349997</v>
+        <v>30446.516557350002</v>
       </c>
       <c r="T41" s="31">
         <f>[1]Hoja1!$C$1862</f>
-        <v>33870.666352499997</v>
+        <v>34392.306352499996</v>
       </c>
       <c r="U41" s="33">
         <f>[1]Hoja1!$C$1801</f>
-        <v>34262.403010874994</v>
+        <v>34563.795010874994</v>
       </c>
     </row>
     <row r="42" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>353</v>
       </c>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
       <c r="E42" s="4" t="s">
         <v>354</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>355</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>356</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>357</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>358</v>
@@ -7901,119 +7896,119 @@
       <c r="P42" s="4" t="s">
         <v>365</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>366</v>
       </c>
       <c r="R42" s="4" t="s">
         <v>367</v>
       </c>
       <c r="S42" s="4" t="s">
         <v>368</v>
       </c>
       <c r="T42" s="4" t="s">
         <v>369</v>
       </c>
       <c r="U42" s="11" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="43" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="31">
         <f>[1]Hoja1!$C$1674</f>
-        <v>4275.7211110818753</v>
+        <v>4583.3921110818756</v>
       </c>
       <c r="E43" s="31">
         <f>[1]Hoja1!$C$1688</f>
-        <v>4456.5061072999997</v>
+        <v>4749.5261073000001</v>
       </c>
       <c r="F43" s="31">
         <f>[1]Hoja1!$C$1693</f>
-        <v>4796.939830187499</v>
+        <v>5093.1798301874996</v>
       </c>
       <c r="G43" s="31">
         <f>[1]Hoja1!$C$1699</f>
-        <v>5302.445796224999</v>
+        <v>5561.6557962249981</v>
       </c>
       <c r="H43" s="31">
         <f>[1]Hoja1!$C$1707</f>
-        <v>6322.559745281249</v>
+        <v>6581.7697452812481</v>
       </c>
       <c r="I43" s="31">
         <f>[1]Hoja1!$C$1716</f>
-        <v>7866.383694337499</v>
+        <v>8236.6836943374983</v>
       </c>
       <c r="J43" s="31">
         <f>[1]Hoja1!$C$1726</f>
-        <v>8692.682473750001</v>
+        <v>8940.6224737500015</v>
       </c>
       <c r="K43" s="31">
         <f>[1]Hoja1!$C$1736</f>
-        <v>10740.6180921875</v>
+        <v>11023.978092187499</v>
       </c>
       <c r="L43" s="31">
         <f>[1]Hoja1!$C$1747</f>
-        <v>12047.865814687499</v>
+        <v>12318.345814687498</v>
       </c>
       <c r="M43" s="31">
         <f>[1]Hoja1!$C$1758</f>
-        <v>13843.323450468746</v>
+        <v>14113.803450468748</v>
       </c>
       <c r="N43" s="31">
         <f>[1]Hoja1!$C$1769</f>
-        <v>15638.781086250001</v>
+        <v>15909.261086250001</v>
       </c>
       <c r="O43" s="31">
         <f>[1]Hoja1!$C$1780</f>
-        <v>17434.238722031252</v>
+        <v>17704.718722031252</v>
       </c>
       <c r="P43" s="31">
         <f>[1]Hoja1!$C$1791</f>
-        <v>20145.396184374997</v>
+        <v>20428.756184375001</v>
       </c>
       <c r="Q43" s="31">
         <f>[1]Hoja1!$C$1845</f>
-        <v>29930.803217474997</v>
+        <v>30626.323217474997</v>
       </c>
       <c r="R43" s="31">
         <f>[1]Hoja1!$C$1851</f>
-        <v>34605.694389749995</v>
+        <v>35243.25438975</v>
       </c>
       <c r="S43" s="31">
         <f>[1]Hoja1!$C$1857</f>
-        <v>38631.914398874993</v>
+        <v>39296.522398875</v>
       </c>
       <c r="T43" s="31">
         <f>[1]Hoja1!$C$1863</f>
-        <v>42941.012724749999</v>
+        <v>43605.620724749999</v>
       </c>
       <c r="U43" s="33">
         <f>[1]Hoja1!$C$1802</f>
-        <v>43843.205526749996</v>
+        <v>44167.78152674999</v>
       </c>
     </row>
     <row r="44" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>371</v>
       </c>
       <c r="C44" s="5"/>
       <c r="D44" s="5"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4" t="s">
         <v>372</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>373</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>374</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>375</v>
       </c>
       <c r="J44" s="4" t="s">
@@ -8037,116 +8032,116 @@
       <c r="P44" s="4" t="s">
         <v>382</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>383</v>
       </c>
       <c r="R44" s="4" t="s">
         <v>384</v>
       </c>
       <c r="S44" s="4" t="s">
         <v>385</v>
       </c>
       <c r="T44" s="4" t="s">
         <v>386</v>
       </c>
       <c r="U44" s="11" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="45" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B45" s="31">
         <f>[1]Hoja1!$C$1675</f>
-        <v>5966.9497947675</v>
+        <v>6227.2867947674995</v>
       </c>
       <c r="E45" s="31"/>
       <c r="F45" s="31">
         <f>[1]Hoja1!$C$1694</f>
-        <v>6811.2966604374997</v>
+        <v>7059.2366604374993</v>
       </c>
       <c r="G45" s="31">
         <f>[1]Hoja1!$C$1700</f>
-        <v>6857.0861753624986</v>
+        <v>7071.2161753624978</v>
       </c>
       <c r="H45" s="31">
         <f>[1]Hoja1!$C$1708</f>
-        <v>8318.9902192031223</v>
+        <v>8533.1202192031233</v>
       </c>
       <c r="I45" s="31">
         <f>[1]Hoja1!$C$1717</f>
-        <v>10591.965742453121</v>
+        <v>10800.460742453122</v>
       </c>
       <c r="J45" s="31">
         <f>[1]Hoja1!$C$1727</f>
-        <v>11659.639158281248</v>
+        <v>11868.134158281249</v>
       </c>
       <c r="K45" s="31">
         <f>[1]Hoja1!$C$1737</f>
-        <v>14469.23769785156</v>
+        <v>14707.517697851561</v>
       </c>
       <c r="L45" s="31">
         <f>[1]Hoja1!$C$1748</f>
-        <v>16188.714172921871</v>
+        <v>16426.99417292187</v>
       </c>
       <c r="M45" s="31">
         <f>[1]Hoja1!$C$1759</f>
-        <v>18145.61741411718</v>
+        <v>18383.897414117178</v>
       </c>
       <c r="N45" s="31">
         <f>[1]Hoja1!$C$1770</f>
-        <v>19944.236144562496</v>
+        <v>20182.516144562498</v>
       </c>
       <c r="O45" s="31">
         <f>[1]Hoja1!$C$1781</f>
-        <v>22474.813271882813</v>
+        <v>22713.093271882808</v>
       </c>
       <c r="P45" s="31">
         <f>[1]Hoja1!$C$1792</f>
-        <v>25518.747397343745</v>
+        <v>25763.467397343746</v>
       </c>
       <c r="Q45" s="31">
         <f>[1]Hoja1!$C$1864</f>
-        <v>54555.580250287494</v>
+        <v>55135.180250287493</v>
       </c>
       <c r="R45" s="31">
         <f>[1]Hoja1!$C$1852</f>
-        <v>44614.063866749995</v>
+        <v>45157.921866749988</v>
       </c>
       <c r="S45" s="31">
         <f>[1]Hoja1!$C$1858</f>
-        <v>50048.95388431874</v>
+        <v>50628.553884318739</v>
       </c>
       <c r="T45" s="31">
         <f>[1]Hoja1!$C$1864</f>
-        <v>54555.580250287494</v>
+        <v>55135.180250287493</v>
       </c>
       <c r="U45" s="33">
         <f>[1]Hoja1!$C$1803</f>
-        <v>54872.196274156231</v>
+        <v>55141.388274156241</v>
       </c>
     </row>
     <row r="46" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>388</v>
       </c>
       <c r="C46" s="5"/>
       <c r="D46" s="5"/>
       <c r="E46" s="5"/>
       <c r="F46" s="4"/>
       <c r="G46" s="4" t="s">
         <v>389</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>390</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>391</v>
       </c>
       <c r="J46" s="4" t="s">
         <v>392</v>
       </c>
@@ -8168,112 +8163,112 @@
       <c r="P46" s="4" t="s">
         <v>398</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>399</v>
       </c>
       <c r="R46" s="4" t="s">
         <v>400</v>
       </c>
       <c r="S46" s="4" t="s">
         <v>401</v>
       </c>
       <c r="T46" s="4" t="s">
         <v>402</v>
       </c>
       <c r="U46" s="11" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="47" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B47" s="31">
         <f>[1]Hoja1!$C$1676</f>
-        <v>11856.025660434374</v>
+        <v>13063.718860434374</v>
       </c>
       <c r="F47" s="31"/>
       <c r="G47" s="31">
         <f>[1]Hoja1!$C$1701</f>
-        <v>12465.284411924998</v>
+        <v>13615.468411924998</v>
       </c>
       <c r="H47" s="31">
         <f>[1]Hoja1!$C$1709</f>
-        <v>14511.415514906246</v>
+        <v>15722.135514906247</v>
       </c>
       <c r="I47" s="31">
         <f>[1]Hoja1!$C$1718</f>
-        <v>16272.162617887498</v>
+        <v>17482.882617887495</v>
       </c>
       <c r="J47" s="31">
         <f>[1]Hoja1!$C$1728</f>
-        <v>17445.994019874994</v>
+        <v>18656.714019874995</v>
       </c>
       <c r="K47" s="31">
         <f>[1]Hoja1!$C$1738</f>
-        <v>20380.572524843745</v>
+        <v>21591.292524843746</v>
       </c>
       <c r="L47" s="31">
         <f>[1]Hoja1!$C$1749</f>
-        <v>23315.151029812492</v>
+        <v>24525.871029812497</v>
       </c>
       <c r="M47" s="31">
         <f>[1]Hoja1!$C$1760</f>
-        <v>26249.729534781247</v>
+        <v>27460.449534781248</v>
       </c>
       <c r="N47" s="31">
         <f>[1]Hoja1!$C$1771</f>
-        <v>29184.308039749994</v>
+        <v>30395.028039749996</v>
       </c>
       <c r="O47" s="31">
         <f>[1]Hoja1!$C$1782</f>
-        <v>32118.886544718745</v>
+        <v>33329.606544718743</v>
       </c>
       <c r="P47" s="31">
         <f>[1]Hoja1!$C$1793</f>
-        <v>35053.465049687489</v>
+        <v>36264.18504968749</v>
       </c>
       <c r="Q47" s="31">
         <f>[1]Hoja1!$C$1865</f>
-        <v>56291.388852146236</v>
+        <v>59193.484692146238</v>
       </c>
       <c r="R47" s="31">
         <f>[1]Hoja1!$C$1868</f>
-        <v>62999.350883474974</v>
+        <v>65905.078883474969</v>
       </c>
       <c r="S47" s="31">
         <f>[1]Hoja1!$C$1871</f>
-        <v>70042.339295399972</v>
+        <v>72948.067295399989</v>
       </c>
       <c r="T47" s="31">
         <f>[1]Hoja1!$C$1874</f>
-        <v>77085.327707324977</v>
+        <v>79991.05570732498</v>
       </c>
       <c r="U47" s="33">
         <f>[1]Hoja1!$C$1804</f>
-        <v>79211.077622231227</v>
+        <v>80700.263222231239</v>
       </c>
     </row>
     <row r="48" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>404</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>405</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>406</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>407</v>
       </c>
       <c r="J48" s="4" t="s">
         <v>408</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>409</v>
       </c>
       <c r="L48" s="4" t="s">
@@ -8291,111 +8286,111 @@
       <c r="P48" s="4" t="s">
         <v>414</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>415</v>
       </c>
       <c r="R48" s="4" t="s">
         <v>416</v>
       </c>
       <c r="S48" s="4" t="s">
         <v>417</v>
       </c>
       <c r="T48" s="4" t="s">
         <v>418</v>
       </c>
       <c r="U48" s="11" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="49" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B49" s="31">
         <f>[1]Hoja1!$C$1677</f>
-        <v>13637.372390085937</v>
+        <v>14874.81839008594</v>
       </c>
       <c r="G49" s="31">
         <f>[1]Hoja1!$C$1702</f>
-        <v>14474.3924458125</v>
+        <v>15652.912445812499</v>
       </c>
       <c r="H49" s="31">
         <f>[1]Hoja1!$C$1710</f>
-        <v>16704.020557265623</v>
+        <v>17882.540557265624</v>
       </c>
       <c r="I49" s="31">
         <f>[1]Hoja1!$C$1719</f>
-        <v>18933.64866871875</v>
+        <v>20112.168668718754</v>
       </c>
       <c r="J49" s="31">
         <f>[1]Hoja1!$C$1729</f>
-        <v>20420.067409687497</v>
+        <v>21598.587409687501</v>
       </c>
       <c r="K49" s="31">
         <f>[1]Hoja1!$C$1739</f>
-        <v>24136.114262109371</v>
+        <v>25314.634262109372</v>
       </c>
       <c r="L49" s="31">
         <f>[1]Hoja1!$C$1750</f>
-        <v>27852.161114531249</v>
+        <v>29030.681114531249</v>
       </c>
       <c r="M49" s="31">
         <f>[1]Hoja1!$C$1761</f>
-        <v>31050.696360937502</v>
+        <v>32209.896360937502</v>
       </c>
       <c r="N49" s="31">
         <f>[1]Hoja1!$C$1772</f>
-        <v>34705.824412499998</v>
+        <v>35865.024412500003</v>
       </c>
       <c r="O49" s="31">
         <f>[1]Hoja1!$C$1783</f>
-        <v>39727.152464062499</v>
+        <v>41176.152464062499</v>
       </c>
       <c r="P49" s="31">
         <f>[1]Hoja1!$C$1794</f>
-        <v>43382.280515624989</v>
+        <v>44831.280515624989</v>
       </c>
       <c r="Q49" s="31">
         <f>[1]Hoja1!$C$1866</f>
-        <v>69428.007553724994</v>
+        <v>72581.031553724984</v>
       </c>
       <c r="R49" s="31">
         <f>[1]Hoja1!$C$1869</f>
-        <v>72993.929442599969</v>
+        <v>76185.593442599973</v>
       </c>
       <c r="S49" s="31">
         <f>[1]Hoja1!$C$1872</f>
-        <v>85481.329956187488</v>
+        <v>88634.353956187479</v>
       </c>
       <c r="T49" s="31">
         <f>[1]Hoja1!$C$1875</f>
-        <v>93705.725913749979</v>
+        <v>96835.56591374999</v>
       </c>
       <c r="U49" s="33">
         <f>[1]Hoja1!$C$1805</f>
-        <v>102581.40332343749</v>
+        <v>104440.9533234375</v>
       </c>
     </row>
     <row r="50" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>420</v>
       </c>
       <c r="C50" s="5"/>
       <c r="H50" s="4" t="s">
         <v>421</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>422</v>
       </c>
       <c r="J50" s="4" t="s">
         <v>423</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>424</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>425</v>
       </c>
@@ -8411,107 +8406,107 @@
       <c r="P50" s="4" t="s">
         <v>429</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>430</v>
       </c>
       <c r="R50" s="4" t="s">
         <v>431</v>
       </c>
       <c r="S50" s="4" t="s">
         <v>432</v>
       </c>
       <c r="T50" s="4" t="s">
         <v>433</v>
       </c>
       <c r="U50" s="11" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="51" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B51" s="31">
         <f>[1]Hoja1!$C$1678</f>
-        <v>20980.250630718747</v>
+        <v>22265.030630718746</v>
       </c>
       <c r="H51" s="31">
         <f>[1]Hoja1!$C$1711</f>
-        <v>27064.547173007806</v>
+        <v>28471.687173007802</v>
       </c>
       <c r="I51" s="31">
         <f>[1]Hoja1!$C$1720</f>
-        <v>35059.646429062494</v>
+        <v>37022.23642906249</v>
       </c>
       <c r="J51" s="31">
         <f>[1]Hoja1!$C$1730</f>
-        <v>37927.139365624993</v>
+        <v>39889.729365624997</v>
       </c>
       <c r="K51" s="31">
         <f>[1]Hoja1!$C$1740</f>
-        <v>46510.081781249988</v>
+        <v>48442.081781249988</v>
       </c>
       <c r="L51" s="31">
         <f>[1]Hoja1!$C$1751</f>
-        <v>54536.978137499987</v>
+        <v>56584.898137499986</v>
       </c>
       <c r="M51" s="31">
         <f>[1]Hoja1!$C$1762</f>
-        <v>62017.394493749984</v>
+        <v>64065.314493749982</v>
       </c>
       <c r="N51" s="31">
         <f>[1]Hoja1!$C$1773</f>
-        <v>69497.810849999994</v>
+        <v>71545.730849999993</v>
       </c>
       <c r="O51" s="31">
         <f>[1]Hoja1!$C$1784</f>
-        <v>76978.227206249983</v>
+        <v>79026.147206249996</v>
       </c>
       <c r="P51" s="31">
         <f>[1]Hoja1!$C$1795</f>
-        <v>84458.643562499987</v>
+        <v>86506.563562499985</v>
       </c>
       <c r="Q51" s="31">
         <f>[1]Hoja1!$C$1867</f>
-        <v>126526.67303186248</v>
+        <v>130525.91303186247</v>
       </c>
       <c r="R51" s="31">
         <f>[1]Hoja1!$C$1870</f>
-        <v>146862.93951374997</v>
+        <v>151675.55151374996</v>
       </c>
       <c r="S51" s="31">
         <f>[1]Hoja1!$C$1873</f>
-        <v>166794.74603999994</v>
+        <v>171709.75403999997</v>
       </c>
       <c r="T51" s="31">
         <f>[1]Hoja1!$C$1876</f>
-        <v>184747.74529499994</v>
+        <v>189662.75329499997</v>
       </c>
       <c r="U51" s="33">
         <f>[1]Hoja1!$C$1806</f>
-        <v>179568.81503343748</v>
+        <v>181877.8448334375</v>
       </c>
     </row>
     <row r="52" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>448</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>447</v>
       </c>
       <c r="J52" s="4" t="s">
         <v>446</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>445</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>444</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>443</v>
       </c>
       <c r="N52" s="4" t="s">
@@ -8623,94 +8618,94 @@
       <c r="T54" s="4" t="s">
         <v>459</v>
       </c>
       <c r="U54" s="11" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="55" spans="1:21" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B55" s="32">
         <f>[1]Hoja1!$C$1680</f>
         <v>135339.38870400001</v>
       </c>
       <c r="C55" s="17"/>
       <c r="D55" s="17"/>
       <c r="E55" s="17"/>
       <c r="F55" s="17"/>
       <c r="G55" s="17"/>
       <c r="H55" s="17"/>
       <c r="I55" s="21"/>
       <c r="J55" s="32"/>
       <c r="K55" s="32">
         <f>[1]Hoja1!$C$1740</f>
-        <v>46510.081781249988</v>
+        <v>48442.081781249988</v>
       </c>
       <c r="L55" s="32">
         <f>[1]Hoja1!$C$1753</f>
         <v>192412.52784</v>
       </c>
       <c r="M55" s="32">
         <f>[1]Hoja1!$C$1764</f>
         <v>216193.00247999997</v>
       </c>
       <c r="N55" s="32">
         <f>[1]Hoja1!$C$1775</f>
         <v>239973.47711999994</v>
       </c>
       <c r="O55" s="32">
         <f>[1]Hoja1!$C$1786</f>
         <v>263753.95176000003</v>
       </c>
       <c r="P55" s="32">
         <f>[1]Hoja1!$C$1797</f>
         <v>287534.4264</v>
       </c>
       <c r="Q55" s="32"/>
       <c r="R55" s="32"/>
       <c r="S55" s="32"/>
       <c r="T55" s="32"/>
       <c r="U55" s="34"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="HQVeitQYbDkPIIxCm+XPJlBo3dS6tL8x/rS6PxOJ8Jk4ZjCJT44iP6ytF4TZBUFYqsrv3OQN8Pa7zWLOncPc7g==" saltValue="BIvBeM65BhpanZ/REhaLHQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="+niW2szgVzIytt4H1ZUMHaQW29pSXAtBCrQ3uOacqXJy6Gl7KyJHz84ZQUc/65WY7AjLHs8IgB8FhJSaBHLHPg==" saltValue="tZaWZY29fXhgCy8X4c0yLA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="AD2:AJ2"/>
     <mergeCell ref="A2:U2"/>
     <mergeCell ref="A32:U32"/>
     <mergeCell ref="C1:G1"/>
     <mergeCell ref="H1:O1"/>
     <mergeCell ref="R1:S1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="R1:S1" r:id="rId1" display="enviar e-mail" xr:uid="{0C7CA174-DAC3-4AE1-B408-2203DD552C1A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="61" orientation="landscape" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="62" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>