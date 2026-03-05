--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -1,60 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AB134C85-21B5-4E8F-AA0F-9A2BD7A1CAC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{191D0639-2874-4D39-B4DB-35EEEB6D4F20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="VirVPq5/RuGLI/mviqCxe+bz0lac3uSMaLvEBQuMe8WzRXTql/z/MSmkLdj7taN810bn6TRVKGd8DTpcfgbE7w==" workbookSaltValue="mWoaXNYgnOV/yuCNdbg1/g==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{55DD8493-A5C0-46D1-B125-7565212B99D9}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$B$1:$AE$54,Hoja1!$B$56:$AE$111,Hoja1!$B$113:$AE$162,Hoja1!$B$164:$AE$218</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -3408,51 +3409,51 @@
   <si>
     <t>CODOS HH 90°</t>
   </si>
   <si>
     <t xml:space="preserve">UNIONES </t>
   </si>
   <si>
     <t xml:space="preserve"> A341064000</t>
   </si>
   <si>
     <t xml:space="preserve">   21/2"</t>
   </si>
   <si>
     <t xml:space="preserve"> A341076000</t>
   </si>
   <si>
     <t xml:space="preserve">  3"</t>
   </si>
   <si>
     <t xml:space="preserve"> A341102000</t>
   </si>
   <si>
     <t xml:space="preserve">  4"</t>
   </si>
   <si>
-    <t>LISTA 18</t>
+    <t>LISTA 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -5492,51 +5493,51 @@
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFE8E8E8"/>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>64294</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>152401</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>485776</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>11908</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 2">
           <a:extLst>
@@ -10527,206 +10528,206 @@
             <v>17466.984797617803</v>
           </cell>
         </row>
         <row r="13">
           <cell r="C13">
             <v>26843.917001554284</v>
           </cell>
         </row>
         <row r="14">
           <cell r="C14">
             <v>58583.350433444284</v>
           </cell>
         </row>
         <row r="15">
           <cell r="C15">
             <v>87870.962423895151</v>
           </cell>
         </row>
         <row r="16">
           <cell r="C16">
             <v>165518.62209916345</v>
           </cell>
         </row>
         <row r="17">
           <cell r="C17">
-            <v>763089.8976742042</v>
+            <v>832461.70655367721</v>
           </cell>
         </row>
         <row r="18">
           <cell r="C18">
-            <v>741254.77438615111</v>
+            <v>462761.18743210309</v>
           </cell>
         </row>
         <row r="19">
           <cell r="C19">
             <v>2779.8923767434185</v>
           </cell>
         </row>
         <row r="20">
           <cell r="C20">
             <v>4742.4972760293385</v>
           </cell>
         </row>
         <row r="21">
           <cell r="C21">
             <v>6987.5399540346334</v>
           </cell>
         </row>
         <row r="22">
           <cell r="C22">
             <v>11783.673866391286</v>
           </cell>
         </row>
         <row r="23">
           <cell r="C23">
             <v>15210.864319866649</v>
           </cell>
         </row>
         <row r="24">
           <cell r="C24">
             <v>24152.749500111193</v>
           </cell>
         </row>
         <row r="25">
           <cell r="C25">
             <v>55127.876235936936</v>
           </cell>
         </row>
         <row r="26">
           <cell r="C26">
             <v>87684.320456484114</v>
           </cell>
         </row>
         <row r="27">
           <cell r="C27">
             <v>183411.98433806337</v>
           </cell>
         </row>
         <row r="28">
           <cell r="C28">
-            <v>763089.8976742042</v>
+            <v>840786.323619214</v>
           </cell>
         </row>
         <row r="29">
           <cell r="C29">
-            <v>741254.77438615111</v>
+            <v>840786.323619214</v>
           </cell>
         </row>
         <row r="30">
           <cell r="C30">
             <v>5215.9187808762508</v>
           </cell>
         </row>
         <row r="31">
           <cell r="C31">
             <v>7562.9975307638879</v>
           </cell>
         </row>
         <row r="32">
           <cell r="C32">
             <v>13613.395555375</v>
           </cell>
         </row>
         <row r="33">
           <cell r="C33">
             <v>22688.992592291666</v>
           </cell>
         </row>
         <row r="34">
           <cell r="C34">
             <v>27226.79111075</v>
           </cell>
         </row>
         <row r="35">
           <cell r="C35">
             <v>56722.481480729155</v>
           </cell>
         </row>
         <row r="36">
           <cell r="C36">
             <v>111579.20052323569</v>
           </cell>
         </row>
         <row r="37">
           <cell r="C37">
             <v>141806.2037018229</v>
           </cell>
         </row>
         <row r="38">
           <cell r="C38">
             <v>323579.68151738343</v>
           </cell>
         </row>
         <row r="39">
           <cell r="C39">
-            <v>763089.8976742042</v>
+            <v>840786.323619214</v>
           </cell>
         </row>
         <row r="40">
           <cell r="C40">
-            <v>741254.77438615111</v>
+            <v>840786.323619214</v>
           </cell>
         </row>
         <row r="41">
           <cell r="C41">
-            <v>3183.0762599999998</v>
+            <v>3071.6555928066682</v>
           </cell>
         </row>
         <row r="42">
           <cell r="C42">
             <v>4119.7322729251346</v>
           </cell>
         </row>
         <row r="43">
           <cell r="C43">
-            <v>5780.4067120800009</v>
+            <v>5683.7105928269675</v>
           </cell>
         </row>
         <row r="44">
           <cell r="C44">
             <v>7966.8961663199998</v>
           </cell>
         </row>
         <row r="45">
           <cell r="C45">
             <v>11406.053153040002</v>
           </cell>
         </row>
         <row r="46">
           <cell r="C46">
             <v>19091.164878240001</v>
           </cell>
         </row>
         <row r="47">
           <cell r="C47">
-            <v>39915.596972160005</v>
+            <v>48241.194473483018</v>
           </cell>
         </row>
         <row r="48">
           <cell r="C48">
-            <v>83342.065500140976</v>
+            <v>71528.502397148928</v>
           </cell>
         </row>
         <row r="49">
           <cell r="C49">
             <v>129219.45971545079</v>
           </cell>
         </row>
         <row r="52">
           <cell r="C52">
             <v>3921.2234303006671</v>
           </cell>
         </row>
         <row r="53">
           <cell r="C53">
             <v>5683.7105928269675</v>
           </cell>
         </row>
         <row r="54">
           <cell r="C54">
             <v>7466.3550468427275</v>
           </cell>
         </row>
         <row r="55">
           <cell r="C55">
             <v>12548.913106189928</v>
@@ -10792,56 +10793,56 @@
             <v>7676.8742329474426</v>
           </cell>
         </row>
         <row r="68">
           <cell r="C68">
             <v>12532.10682350426</v>
           </cell>
         </row>
         <row r="69">
           <cell r="C69">
             <v>25852.807471100234</v>
           </cell>
         </row>
         <row r="70">
           <cell r="C70">
             <v>38763.393830232475</v>
           </cell>
         </row>
         <row r="71">
           <cell r="C71">
             <v>68919.245028331774</v>
           </cell>
         </row>
         <row r="72">
           <cell r="C72">
-            <v>273111.08258119423</v>
+            <v>250351.82569942807</v>
           </cell>
         </row>
         <row r="73">
           <cell r="C73">
-            <v>273111.08258119423</v>
+            <v>250351.82569942807</v>
           </cell>
         </row>
         <row r="74">
           <cell r="C74">
             <v>1966.3453219568171</v>
           </cell>
         </row>
         <row r="75">
           <cell r="C75">
             <v>2066.1377492696593</v>
           </cell>
         </row>
         <row r="76">
           <cell r="C76">
             <v>1966.3453219568171</v>
           </cell>
         </row>
         <row r="77">
           <cell r="C77">
             <v>2497.4545980240459</v>
           </cell>
         </row>
         <row r="78">
           <cell r="C78">
             <v>4439.2565986197769</v>
@@ -10912,96 +10913,96 @@
             <v>12339.72841490226</v>
           </cell>
         </row>
         <row r="92">
           <cell r="C92">
             <v>16344.170410729697</v>
           </cell>
         </row>
         <row r="93">
           <cell r="C93">
             <v>35230.6170232968</v>
           </cell>
         </row>
         <row r="94">
           <cell r="C94">
             <v>37429.416506895512</v>
           </cell>
         </row>
         <row r="95">
           <cell r="C95">
             <v>67895.87788639465</v>
           </cell>
         </row>
         <row r="96">
           <cell r="C96">
-            <v>677306.4544620167</v>
+            <v>701935.78007881716</v>
           </cell>
         </row>
         <row r="100">
           <cell r="C100">
             <v>2421.1499755377631</v>
           </cell>
         </row>
         <row r="101">
           <cell r="C101">
             <v>3366.226687806427</v>
           </cell>
         </row>
         <row r="102">
           <cell r="C102">
             <v>3578.221547512811</v>
           </cell>
         </row>
         <row r="103">
           <cell r="C103">
             <v>7933.7802179999999</v>
           </cell>
         </row>
         <row r="104">
           <cell r="C104">
             <v>7933.7802179999999</v>
           </cell>
         </row>
         <row r="105">
           <cell r="C105">
             <v>7933.7802179999999</v>
           </cell>
         </row>
         <row r="106">
           <cell r="C106">
             <v>12216.55702176</v>
           </cell>
         </row>
         <row r="107">
           <cell r="C107">
             <v>12216.55702176</v>
           </cell>
         </row>
         <row r="108">
           <cell r="C108">
-            <v>12017.0736</v>
+            <v>13732.2701141947</v>
           </cell>
         </row>
         <row r="109">
           <cell r="C109">
             <v>13732.2701141947</v>
           </cell>
         </row>
         <row r="110">
           <cell r="C110">
             <v>20798.668603439994</v>
           </cell>
         </row>
         <row r="111">
           <cell r="C111">
             <v>20798.668603439994</v>
           </cell>
         </row>
         <row r="112">
           <cell r="C112">
             <v>20798.668603439994</v>
           </cell>
         </row>
         <row r="113">
           <cell r="C113">
             <v>20798.668603439994</v>
@@ -11062,476 +11063,476 @@
             <v>11036.839555680124</v>
           </cell>
         </row>
         <row r="143">
           <cell r="C143">
             <v>17451.111058666524</v>
           </cell>
         </row>
         <row r="144">
           <cell r="C144">
             <v>31432.851993409979</v>
           </cell>
         </row>
         <row r="145">
           <cell r="C145">
             <v>44786.242910376255</v>
           </cell>
         </row>
         <row r="146">
           <cell r="C146">
             <v>74649.521321478082</v>
           </cell>
         </row>
         <row r="147">
           <cell r="C147">
-            <v>373924.48710701673</v>
+            <v>411316.93581771845</v>
           </cell>
         </row>
         <row r="148">
           <cell r="C148">
-            <v>396329.50348601135</v>
+            <v>296876.03257379128</v>
           </cell>
         </row>
         <row r="149">
           <cell r="C149">
-            <v>7975.7396538506855</v>
+            <v>8773.3136192357542</v>
           </cell>
         </row>
         <row r="150">
           <cell r="C150">
-            <v>8880.6150243034244</v>
+            <v>9768.6765267337669</v>
           </cell>
         </row>
         <row r="151">
           <cell r="C151">
-            <v>10091.936699035366</v>
+            <v>11101.130368938904</v>
           </cell>
         </row>
         <row r="152">
           <cell r="C152">
-            <v>11189.775195055334</v>
+            <v>12308.752714560867</v>
           </cell>
         </row>
         <row r="153">
           <cell r="C153">
-            <v>13906.696003041929</v>
+            <v>15297.365603346123</v>
           </cell>
         </row>
         <row r="154">
           <cell r="C154">
-            <v>25626.685191772984</v>
+            <v>28189.353710950283</v>
           </cell>
         </row>
         <row r="155">
           <cell r="C155">
-            <v>34227.973053768816</v>
+            <v>37650.770359145703</v>
           </cell>
         </row>
         <row r="156">
           <cell r="C156">
-            <v>53198.369153002175</v>
+            <v>58518.206068302396</v>
           </cell>
         </row>
         <row r="157">
           <cell r="C157">
-            <v>259269.42768781737</v>
+            <v>285196.37045659911</v>
           </cell>
         </row>
         <row r="158">
           <cell r="C158">
-            <v>440787.57998041244</v>
+            <v>484866.33797845372</v>
           </cell>
         </row>
         <row r="159">
           <cell r="C159">
-            <v>648169.74472516286</v>
+            <v>712986.71919767919</v>
           </cell>
         </row>
         <row r="160">
           <cell r="C160">
-            <v>8764.0722500869651</v>
+            <v>9640.4794750956626</v>
           </cell>
         </row>
         <row r="161">
           <cell r="C161">
-            <v>9757.8844989542959</v>
+            <v>10733.672948849726</v>
           </cell>
         </row>
         <row r="162">
           <cell r="C162">
-            <v>12227.81250621483</v>
+            <v>13450.593756836313</v>
           </cell>
         </row>
         <row r="163">
           <cell r="C163">
-            <v>14969.766368329063</v>
+            <v>16466.74300516197</v>
           </cell>
         </row>
         <row r="164">
           <cell r="C164">
-            <v>21950.233511821636</v>
+            <v>24145.2568630038</v>
           </cell>
         </row>
         <row r="165">
           <cell r="C165">
-            <v>35805.403145117503</v>
+            <v>39385.943459629256</v>
           </cell>
         </row>
         <row r="166">
           <cell r="C166">
-            <v>69149.639851919157</v>
+            <v>76064.603837111077</v>
           </cell>
         </row>
         <row r="167">
           <cell r="C167">
-            <v>154349.63957534384</v>
+            <v>169784.60353287825</v>
           </cell>
         </row>
         <row r="168">
           <cell r="C168">
-            <v>411496.68149070611</v>
+            <v>452646.34963977674</v>
           </cell>
         </row>
         <row r="169">
           <cell r="C169">
-            <v>530583.37029662612</v>
+            <v>583641.7073262888</v>
           </cell>
         </row>
         <row r="170">
           <cell r="C170">
-            <v>673517.65904472</v>
+            <v>740869.42494919209</v>
           </cell>
         </row>
         <row r="171">
           <cell r="C171">
             <v>4209.3717735546325</v>
           </cell>
         </row>
         <row r="172">
           <cell r="C172">
             <v>4209.3717735546325</v>
           </cell>
         </row>
         <row r="173">
           <cell r="C173">
             <v>4209.3717735546325</v>
           </cell>
         </row>
         <row r="174">
           <cell r="C174">
             <v>3036.1676922332063</v>
           </cell>
         </row>
         <row r="175">
           <cell r="C175">
             <v>4203.7841818201778</v>
           </cell>
         </row>
         <row r="176">
           <cell r="C176">
             <v>4473.4122938583996</v>
           </cell>
         </row>
         <row r="177">
           <cell r="C177">
             <v>8597.6249990400011</v>
           </cell>
         </row>
         <row r="178">
           <cell r="C178">
             <v>8597.6249990400011</v>
           </cell>
         </row>
         <row r="179">
           <cell r="C179">
             <v>7560.3882480157245</v>
           </cell>
         </row>
         <row r="180">
           <cell r="C180">
-            <v>12447.361690686997</v>
+            <v>12941.355970976465</v>
           </cell>
         </row>
         <row r="181">
           <cell r="C181">
-            <v>12549.176303208653</v>
+            <v>12941.355970976465</v>
           </cell>
         </row>
         <row r="182">
           <cell r="C182">
             <v>8950.5547626543485</v>
           </cell>
         </row>
         <row r="183">
           <cell r="C183">
             <v>8950.5547626543485</v>
           </cell>
         </row>
         <row r="184">
           <cell r="C184">
             <v>22852.540196639999</v>
           </cell>
         </row>
         <row r="185">
           <cell r="C185">
             <v>22852.540196639999</v>
           </cell>
         </row>
         <row r="186">
           <cell r="C186">
             <v>18541.48013429948</v>
           </cell>
         </row>
         <row r="187">
           <cell r="C187">
             <v>22852.540196639999</v>
           </cell>
         </row>
         <row r="188">
           <cell r="C188">
             <v>18541.48013429948</v>
           </cell>
         </row>
         <row r="189">
           <cell r="C189">
-            <v>42233.412830139969</v>
+            <v>43553.218173764682</v>
           </cell>
         </row>
         <row r="190">
           <cell r="C190">
-            <v>42233.412830139969</v>
+            <v>43553.218173764682</v>
           </cell>
         </row>
         <row r="191">
           <cell r="C191">
-            <v>42233.412830139969</v>
+            <v>43553.218173764682</v>
           </cell>
         </row>
         <row r="192">
           <cell r="C192">
-            <v>42233.412830139969</v>
+            <v>43553.218173764682</v>
           </cell>
         </row>
         <row r="193">
           <cell r="C193">
-            <v>43711.491663234621</v>
+            <v>45077.452646166174</v>
           </cell>
         </row>
         <row r="194">
           <cell r="C194">
             <v>35592.478692246899</v>
           </cell>
         </row>
         <row r="195">
           <cell r="C195">
-            <v>74549.814970168693</v>
+            <v>76879.511910035115</v>
           </cell>
         </row>
         <row r="196">
           <cell r="C196">
-            <v>74549.814970168693</v>
+            <v>76879.511910035115</v>
           </cell>
         </row>
         <row r="197">
           <cell r="C197">
-            <v>62124.84580847391</v>
+            <v>64066.25992502927</v>
           </cell>
         </row>
         <row r="198">
           <cell r="C198">
-            <v>62124.84580847391</v>
+            <v>64066.25992502927</v>
           </cell>
         </row>
         <row r="199">
           <cell r="C199">
             <v>52351.857502397877</v>
           </cell>
         </row>
         <row r="200">
           <cell r="C200">
             <v>52351.857502397877</v>
           </cell>
         </row>
         <row r="201">
           <cell r="C201">
-            <v>48008.680443359997</v>
+            <v>53495.986187158305</v>
           </cell>
         </row>
         <row r="202">
           <cell r="C202">
-            <v>141599.10693905919</v>
+            <v>146024.04545285625</v>
           </cell>
         </row>
         <row r="203">
           <cell r="C203">
-            <v>141599.10693905919</v>
+            <v>146024.04545285625</v>
           </cell>
         </row>
         <row r="204">
           <cell r="C204">
-            <v>141599.10693905919</v>
+            <v>146024.04545285625</v>
           </cell>
         </row>
         <row r="205">
           <cell r="C205">
-            <v>141599.10693905919</v>
+            <v>146024.04545285625</v>
           </cell>
         </row>
         <row r="206">
           <cell r="C206">
-            <v>117999.25578254933</v>
+            <v>121686.70454404689</v>
           </cell>
         </row>
         <row r="207">
           <cell r="C207">
             <v>99459.447713265719</v>
           </cell>
         </row>
         <row r="208">
           <cell r="C208">
-            <v>117999.25578254933</v>
+            <v>99459.447713265719</v>
           </cell>
         </row>
         <row r="209">
           <cell r="C209">
             <v>99459.447713265719</v>
           </cell>
         </row>
         <row r="212">
           <cell r="C212">
-            <v>240205.60236444202</v>
+            <v>273834.38669546385</v>
           </cell>
         </row>
         <row r="217">
           <cell r="C217">
-            <v>527643.66609684273</v>
+            <v>562819.91050329886</v>
           </cell>
         </row>
         <row r="218">
           <cell r="C218">
-            <v>527643.66609684273</v>
+            <v>562819.91050329886</v>
           </cell>
         </row>
         <row r="219">
           <cell r="C219">
-            <v>527643.66609684273</v>
+            <v>562819.91050329886</v>
           </cell>
         </row>
         <row r="220">
           <cell r="C220">
-            <v>527643.66609684273</v>
+            <v>562819.91050329886</v>
           </cell>
         </row>
         <row r="226">
           <cell r="C226">
-            <v>7633.1231625625596</v>
+            <v>7871.6377414741019</v>
           </cell>
         </row>
         <row r="227">
           <cell r="C227">
-            <v>9955.3630894152666</v>
+            <v>10266.501764008006</v>
           </cell>
         </row>
         <row r="228">
           <cell r="C228">
-            <v>12605.850079667414</v>
+            <v>12999.796698965853</v>
           </cell>
         </row>
         <row r="229">
           <cell r="C229">
-            <v>23052.557022076202</v>
+            <v>23772.959875520068</v>
           </cell>
         </row>
         <row r="230">
           <cell r="C230">
-            <v>35822.864921570748</v>
+            <v>36942.360043702931</v>
           </cell>
         </row>
         <row r="231">
           <cell r="C231">
-            <v>38894.865362771496</v>
+            <v>40110.313116333848</v>
           </cell>
         </row>
         <row r="232">
           <cell r="C232">
-            <v>60497.686409413276</v>
+            <v>62388.276791739663</v>
           </cell>
         </row>
         <row r="233">
           <cell r="C233">
-            <v>67039.514041163551</v>
+            <v>69134.473857958248</v>
           </cell>
         </row>
         <row r="234">
           <cell r="C234">
-            <v>249883.72199999998</v>
+            <v>260295.54375000001</v>
           </cell>
         </row>
         <row r="235">
           <cell r="C235">
             <v>4298.7704221942531</v>
           </cell>
         </row>
         <row r="236">
           <cell r="C236">
             <v>7093.603994154565</v>
           </cell>
         </row>
         <row r="237">
           <cell r="C237">
             <v>8726.5495594677177</v>
           </cell>
         </row>
         <row r="238">
           <cell r="C238">
             <v>12313.307468856849</v>
           </cell>
         </row>
         <row r="239">
           <cell r="C239">
             <v>16433.183210048817</v>
           </cell>
         </row>
         <row r="240">
           <cell r="C240">
             <v>25607.189798289164</v>
           </cell>
         </row>
         <row r="241">
           <cell r="C241">
             <v>48292.058100000002</v>
           </cell>
         </row>
         <row r="242">
           <cell r="C242">
-            <v>107698.39397458757</v>
+            <v>111063.92326938325</v>
           </cell>
         </row>
         <row r="243">
           <cell r="C243">
-            <v>221135.64356000978</v>
+            <v>228046.1193631301</v>
           </cell>
         </row>
         <row r="244">
           <cell r="C244">
             <v>592864.85102094605</v>
           </cell>
         </row>
         <row r="245">
           <cell r="C245">
             <v>776104.9610475332</v>
           </cell>
         </row>
         <row r="246">
           <cell r="C246">
             <v>2692.6329273114143</v>
           </cell>
         </row>
         <row r="247">
           <cell r="C247">
             <v>2692.6329273114143</v>
           </cell>
         </row>
         <row r="248">
           <cell r="C248">
             <v>5278.3725456000002</v>
@@ -11552,201 +11553,201 @@
             <v>5366.5944844683818</v>
           </cell>
         </row>
         <row r="252">
           <cell r="C252">
             <v>5366.5944844683818</v>
           </cell>
         </row>
         <row r="253">
           <cell r="C253">
             <v>5366.5944844683818</v>
           </cell>
         </row>
         <row r="254">
           <cell r="C254">
             <v>5366.5944844683818</v>
           </cell>
         </row>
         <row r="255">
           <cell r="C255">
             <v>7711.2936482400009</v>
           </cell>
         </row>
         <row r="256">
           <cell r="C256">
-            <v>8066.9746981885573</v>
+            <v>7711.2936482400009</v>
           </cell>
         </row>
         <row r="257">
           <cell r="C257">
-            <v>7961.5857282624002</v>
+            <v>8070.7048731261084</v>
           </cell>
         </row>
         <row r="258">
           <cell r="C258">
-            <v>7711.2936482400009</v>
+            <v>8070.7048731261084</v>
           </cell>
         </row>
         <row r="259">
           <cell r="C259">
             <v>8066.9746981885573</v>
           </cell>
         </row>
         <row r="260">
           <cell r="C260">
-            <v>27608.383664390807</v>
+            <v>28471.176545707654</v>
           </cell>
         </row>
         <row r="261">
           <cell r="C261">
-            <v>27608.383664390807</v>
+            <v>28471.176545707654</v>
           </cell>
         </row>
         <row r="262">
           <cell r="C262">
-            <v>27608.383664390807</v>
+            <v>28471.176545707654</v>
           </cell>
         </row>
         <row r="263">
           <cell r="C263">
-            <v>23006.986386992339</v>
+            <v>19872.900000000001</v>
           </cell>
         </row>
         <row r="264">
           <cell r="C264">
-            <v>17451.111058666524</v>
+            <v>20986.84</v>
           </cell>
         </row>
         <row r="265">
           <cell r="C265">
             <v>17451.111058666524</v>
           </cell>
         </row>
         <row r="266">
           <cell r="C266">
-            <v>68337.330389321301</v>
+            <v>70472.8859175322</v>
           </cell>
         </row>
         <row r="267">
           <cell r="C267">
-            <v>68337.330389321301</v>
+            <v>70472.8859175322</v>
           </cell>
         </row>
         <row r="268">
           <cell r="C268">
-            <v>68337.330389321301</v>
+            <v>70472.8859175322</v>
           </cell>
         </row>
         <row r="269">
           <cell r="C269">
-            <v>29170.340164198886</v>
+            <v>30081.860315631337</v>
           </cell>
         </row>
         <row r="270">
           <cell r="C270">
-            <v>29170.340164198886</v>
+            <v>30081.860315631337</v>
           </cell>
         </row>
         <row r="271">
           <cell r="C271">
             <v>22732.721090505464</v>
           </cell>
         </row>
         <row r="272">
           <cell r="C272">
-            <v>20093.191307279998</v>
+            <v>22732.721090505464</v>
           </cell>
         </row>
         <row r="273">
           <cell r="C273">
-            <v>59016.376920344381</v>
+            <v>60860.673172568277</v>
           </cell>
         </row>
         <row r="274">
           <cell r="C274">
-            <v>59016.376920344381</v>
+            <v>60860.673172568277</v>
           </cell>
         </row>
         <row r="275">
           <cell r="C275">
-            <v>59016.376920344381</v>
+            <v>60860.673172568277</v>
           </cell>
         </row>
         <row r="276">
           <cell r="C276">
-            <v>59016.376920344381</v>
+            <v>60860.673172568277</v>
           </cell>
         </row>
         <row r="277">
           <cell r="C277">
-            <v>59016.376920344381</v>
+            <v>60860.673172568277</v>
           </cell>
         </row>
         <row r="278">
           <cell r="C278">
-            <v>49180.314100286989</v>
+            <v>40261.60219752659</v>
           </cell>
         </row>
         <row r="279">
           <cell r="C279">
             <v>40261.60219752659</v>
           </cell>
         </row>
         <row r="280">
           <cell r="C280">
             <v>40261.60219752659</v>
           </cell>
         </row>
         <row r="281">
           <cell r="C281">
-            <v>142836.63606954485</v>
+            <v>214254.95410431729</v>
           </cell>
         </row>
         <row r="287">
           <cell r="C287">
-            <v>262910.15163662762</v>
+            <v>284819.33093967993</v>
           </cell>
         </row>
         <row r="288">
           <cell r="C288">
-            <v>262910.15163662762</v>
+            <v>284819.33093967993</v>
           </cell>
         </row>
         <row r="289">
           <cell r="C289">
-            <v>262910.15163662762</v>
+            <v>284819.33093967993</v>
           </cell>
         </row>
         <row r="290">
           <cell r="C290">
-            <v>216476.11423777996</v>
+            <v>238123.72566155798</v>
           </cell>
         </row>
         <row r="291">
           <cell r="C291">
-            <v>219091.79303052303</v>
+            <v>241000.97233357534</v>
           </cell>
         </row>
         <row r="292">
           <cell r="C292">
             <v>1347.4539620569935</v>
           </cell>
         </row>
         <row r="293">
           <cell r="C293">
             <v>1739.0198531664309</v>
           </cell>
         </row>
         <row r="294">
           <cell r="C294">
             <v>1739.0198531664309</v>
           </cell>
         </row>
         <row r="295">
           <cell r="C295">
             <v>2868.7402248438839</v>
           </cell>
         </row>
         <row r="296">
           <cell r="C296">
             <v>2868.7402248438839</v>
@@ -11792,51 +11793,51 @@
             <v>5818.0583769788836</v>
           </cell>
         </row>
         <row r="305">
           <cell r="C305">
             <v>5818.0583769788836</v>
           </cell>
         </row>
         <row r="306">
           <cell r="C306">
             <v>5818.0583769788836</v>
           </cell>
         </row>
         <row r="307">
           <cell r="C307">
             <v>16687.2686904</v>
           </cell>
         </row>
         <row r="308">
           <cell r="C308">
             <v>16687.2686904</v>
           </cell>
         </row>
         <row r="309">
           <cell r="C309">
-            <v>11916.00289152</v>
+            <v>13420.61604770896</v>
           </cell>
         </row>
         <row r="310">
           <cell r="C310">
             <v>13420.61604770896</v>
           </cell>
         </row>
         <row r="311">
           <cell r="C311">
             <v>13420.61604770896</v>
           </cell>
         </row>
         <row r="312">
           <cell r="C312">
             <v>13420.61604770896</v>
           </cell>
         </row>
         <row r="313">
           <cell r="C313">
             <v>25617.480799680005</v>
           </cell>
         </row>
         <row r="314">
           <cell r="C314">
             <v>25617.480799680005</v>
@@ -11887,141 +11888,141 @@
             <v>47235.432733892383</v>
           </cell>
         </row>
         <row r="324">
           <cell r="C324">
             <v>47235.432733892383</v>
           </cell>
         </row>
         <row r="325">
           <cell r="C325">
             <v>42941.302485356711</v>
           </cell>
         </row>
         <row r="326">
           <cell r="C326">
             <v>42941.302485356711</v>
           </cell>
         </row>
         <row r="327">
           <cell r="C327">
             <v>42941.302485356711</v>
           </cell>
         </row>
         <row r="328">
           <cell r="C328">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="329">
           <cell r="C329">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="330">
           <cell r="C330">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="331">
           <cell r="C331">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="332">
           <cell r="C332">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="333">
           <cell r="C333">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="334">
           <cell r="C334">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="335">
           <cell r="C335">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="336">
           <cell r="C336">
-            <v>148863.08264628338</v>
+            <v>163749.39091091172</v>
           </cell>
         </row>
         <row r="337">
           <cell r="C337">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="338">
           <cell r="C338">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="339">
           <cell r="C339">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="340">
           <cell r="C340">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="341">
           <cell r="C341">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="342">
           <cell r="C342">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="343">
           <cell r="C343">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="344">
           <cell r="C344">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="345">
           <cell r="C345">
-            <v>154091.17329147595</v>
+            <v>169500.29062062356</v>
           </cell>
         </row>
         <row r="346">
           <cell r="C346">
-            <v>159648.30269902773</v>
+            <v>175613.13296893053</v>
           </cell>
         </row>
         <row r="353">
           <cell r="C353">
             <v>1553.8433116237054</v>
           </cell>
         </row>
         <row r="354">
           <cell r="C354">
             <v>1913.1698336300212</v>
           </cell>
         </row>
         <row r="355">
           <cell r="C355">
             <v>2868.7402248438839</v>
           </cell>
         </row>
         <row r="356">
           <cell r="C356">
             <v>4473.4122938583996</v>
           </cell>
         </row>
         <row r="357">
           <cell r="C357">
             <v>6268.456505221513</v>
@@ -12032,456 +12033,456 @@
             <v>10281.725076426263</v>
           </cell>
         </row>
         <row r="359">
           <cell r="C359">
             <v>22052.988937736853</v>
           </cell>
         </row>
         <row r="360">
           <cell r="C360">
             <v>28630.42485104108</v>
           </cell>
         </row>
         <row r="361">
           <cell r="C361">
             <v>59940.406521645447</v>
           </cell>
         </row>
         <row r="362">
           <cell r="C362">
             <v>203496.33993627082</v>
           </cell>
         </row>
         <row r="363">
           <cell r="C363">
-            <v>148154.47166602453</v>
+            <v>135808.26569385585</v>
           </cell>
         </row>
         <row r="364">
           <cell r="C364">
             <v>1841.0872772818457</v>
           </cell>
         </row>
         <row r="365">
           <cell r="C365">
             <v>1966.3453219568171</v>
           </cell>
         </row>
         <row r="366">
           <cell r="C366">
             <v>2595.2487173346285</v>
           </cell>
         </row>
         <row r="367">
           <cell r="C367">
             <v>4849.3503916168311</v>
           </cell>
         </row>
         <row r="368">
           <cell r="C368">
             <v>5702.4639448481721</v>
           </cell>
         </row>
         <row r="369">
           <cell r="C369">
             <v>8548.4234584662972</v>
           </cell>
         </row>
         <row r="370">
           <cell r="C370">
             <v>13421.025957042755</v>
           </cell>
         </row>
         <row r="371">
           <cell r="C371">
             <v>19685.07593692595</v>
           </cell>
         </row>
         <row r="372">
           <cell r="C372">
             <v>52787.837069824222</v>
           </cell>
         </row>
         <row r="373">
           <cell r="C373">
-            <v>214932.85148386512</v>
+            <v>257919.42178063813</v>
           </cell>
         </row>
         <row r="374">
           <cell r="C374">
-            <v>204695.57132442444</v>
+            <v>206682.9069683509</v>
           </cell>
         </row>
         <row r="375">
           <cell r="C375">
-            <v>264515.16154768021</v>
+            <v>290966.67770244827</v>
           </cell>
         </row>
         <row r="376">
           <cell r="C376">
             <v>991.5091920545018</v>
           </cell>
         </row>
         <row r="377">
           <cell r="C377">
             <v>1432.4384146864245</v>
           </cell>
         </row>
         <row r="378">
           <cell r="C378">
             <v>2321.1833367580571</v>
           </cell>
         </row>
         <row r="379">
           <cell r="C379">
             <v>3078.0706738805884</v>
           </cell>
         </row>
         <row r="380">
           <cell r="C380">
             <v>4551.0081307461423</v>
           </cell>
         </row>
         <row r="381">
           <cell r="C381">
             <v>5011.0596237996879</v>
           </cell>
         </row>
         <row r="382">
           <cell r="C382">
             <v>9561.7090838787535</v>
           </cell>
         </row>
         <row r="383">
           <cell r="C383">
             <v>17889.498843428897</v>
           </cell>
         </row>
         <row r="384">
           <cell r="C384">
             <v>28209.24301056482</v>
           </cell>
         </row>
         <row r="385">
           <cell r="C385">
-            <v>97196.11462498545</v>
+            <v>106915.726087484</v>
           </cell>
         </row>
         <row r="386">
           <cell r="C386">
-            <v>119662.00401878238</v>
+            <v>131628.20442066062</v>
           </cell>
         </row>
         <row r="387">
           <cell r="C387">
-            <v>236686.11866754698</v>
+            <v>284023.34240105638</v>
           </cell>
         </row>
         <row r="388">
           <cell r="C388">
             <v>1465.9485027243168</v>
           </cell>
         </row>
         <row r="389">
           <cell r="C389">
             <v>2213.9380771200003</v>
           </cell>
         </row>
         <row r="390">
           <cell r="C390">
             <v>2407.305287788774</v>
           </cell>
         </row>
         <row r="391">
           <cell r="C391">
             <v>3686.8987596357001</v>
           </cell>
         </row>
         <row r="392">
           <cell r="C392">
             <v>6504.4772654399994</v>
           </cell>
         </row>
         <row r="393">
           <cell r="C393">
             <v>6705.5120846490563</v>
           </cell>
         </row>
         <row r="394">
           <cell r="C394">
             <v>12532.10682350426</v>
           </cell>
         </row>
         <row r="395">
           <cell r="C395">
             <v>20578.401595802767</v>
           </cell>
         </row>
         <row r="396">
           <cell r="C396">
             <v>37580.836145428599</v>
           </cell>
         </row>
         <row r="397">
           <cell r="C397">
-            <v>99098.338858563686</v>
+            <v>109008.17274442007</v>
           </cell>
         </row>
         <row r="398">
           <cell r="C398">
-            <v>127338.89072810586</v>
+            <v>140072.77980091647</v>
           </cell>
         </row>
         <row r="399">
           <cell r="C399">
-            <v>221689.59822261898</v>
+            <v>266027.51786714274</v>
           </cell>
         </row>
         <row r="400">
           <cell r="C400">
             <v>1174.2877639945157</v>
           </cell>
         </row>
         <row r="401">
           <cell r="C401">
             <v>2198.3027662191071</v>
           </cell>
         </row>
         <row r="402">
           <cell r="C402">
             <v>2549.8820018166625</v>
           </cell>
         </row>
         <row r="403">
           <cell r="C403">
             <v>3646.1845150563286</v>
           </cell>
         </row>
         <row r="404">
           <cell r="C404">
             <v>3806.8279829713128</v>
           </cell>
         </row>
         <row r="405">
           <cell r="C405">
             <v>7409.5211177117944</v>
           </cell>
         </row>
         <row r="406">
           <cell r="C406">
-            <v>12780.614357118597</v>
+            <v>11362.565602080002</v>
           </cell>
         </row>
         <row r="407">
           <cell r="C407">
-            <v>19685.07593692595</v>
+            <v>23694.7632768</v>
           </cell>
         </row>
         <row r="408">
           <cell r="C408">
-            <v>35088.207067264921</v>
+            <v>30146.039211552004</v>
           </cell>
         </row>
         <row r="409">
           <cell r="C409">
-            <v>63667.035932593171</v>
+            <v>70033.739525852492</v>
           </cell>
         </row>
         <row r="410">
           <cell r="C410">
-            <v>69678.567424757741</v>
+            <v>76646.424167233519</v>
           </cell>
         </row>
         <row r="411">
           <cell r="C411">
             <v>5506.680999293455</v>
           </cell>
         </row>
         <row r="412">
           <cell r="C412">
             <v>7623.6475059539234</v>
           </cell>
         </row>
         <row r="413">
           <cell r="C413">
             <v>8892.9215103225124</v>
           </cell>
         </row>
         <row r="414">
           <cell r="C414">
             <v>12701.932260496294</v>
           </cell>
         </row>
         <row r="415">
           <cell r="C415">
             <v>14817.976471155718</v>
           </cell>
         </row>
         <row r="416">
           <cell r="C416">
             <v>17996.09576568277</v>
           </cell>
         </row>
         <row r="417">
           <cell r="C417">
             <v>29640.615660983374</v>
           </cell>
         </row>
         <row r="418">
           <cell r="C418">
             <v>42941.302485356711</v>
           </cell>
         </row>
         <row r="419">
           <cell r="C419">
             <v>78732.300267961429</v>
           </cell>
         </row>
         <row r="420">
           <cell r="C420">
-            <v>123622.23318177511</v>
+            <v>135984.45649995262</v>
           </cell>
         </row>
         <row r="421">
           <cell r="C421">
-            <v>151797.51136267951</v>
+            <v>166977.26249894747</v>
           </cell>
         </row>
         <row r="422">
           <cell r="C422">
-            <v>194325.7581469107</v>
+            <v>213758.33396160178</v>
           </cell>
         </row>
         <row r="423">
           <cell r="C423">
             <v>7522.1478062658152</v>
           </cell>
         </row>
         <row r="424">
           <cell r="C424">
             <v>9123.561096076648</v>
           </cell>
         </row>
         <row r="425">
           <cell r="C425">
             <v>11270.887537544779</v>
           </cell>
         </row>
         <row r="426">
           <cell r="C426">
             <v>18184.774982482788</v>
           </cell>
         </row>
         <row r="427">
           <cell r="C427">
             <v>20404.212673952465</v>
           </cell>
         </row>
         <row r="428">
           <cell r="C428">
             <v>30736.633287236051</v>
           </cell>
         </row>
         <row r="429">
           <cell r="C429">
             <v>66720.700415605752</v>
           </cell>
         </row>
         <row r="430">
           <cell r="C430">
             <v>100912.90627858926</v>
           </cell>
         </row>
         <row r="431">
           <cell r="C431">
             <v>193250.25515036151</v>
           </cell>
         </row>
         <row r="432">
           <cell r="C432">
-            <v>837501.40634844883</v>
+            <v>921251.54698329384</v>
           </cell>
         </row>
         <row r="433">
           <cell r="C433">
-            <v>874377.14445116103</v>
+            <v>961814.85889627715</v>
           </cell>
         </row>
         <row r="434">
           <cell r="C434">
             <v>6268.456505221513</v>
           </cell>
         </row>
         <row r="435">
           <cell r="C435">
             <v>7602.9675800638734</v>
           </cell>
         </row>
         <row r="436">
           <cell r="C436">
             <v>9392.4062812873162</v>
           </cell>
         </row>
         <row r="437">
           <cell r="C437">
             <v>15153.979152068991</v>
           </cell>
         </row>
         <row r="438">
           <cell r="C438">
             <v>17003.510561627056</v>
           </cell>
         </row>
         <row r="439">
           <cell r="C439">
             <v>25613.861072696709</v>
           </cell>
         </row>
         <row r="440">
           <cell r="C440">
             <v>55600.583679671458</v>
           </cell>
         </row>
         <row r="441">
           <cell r="C441">
             <v>84094.088565491053</v>
           </cell>
         </row>
         <row r="442">
           <cell r="C442">
             <v>161041.87929196793</v>
           </cell>
         </row>
         <row r="443">
           <cell r="C443">
-            <v>697917.83862370742</v>
+            <v>767709.62248607818</v>
           </cell>
         </row>
         <row r="444">
           <cell r="C444">
-            <v>728647.62037596758</v>
+            <v>801512.38241356437</v>
           </cell>
         </row>
         <row r="445">
           <cell r="C445">
             <v>11529.276762432</v>
           </cell>
         </row>
         <row r="446">
           <cell r="C446">
             <v>13808.156392800001</v>
           </cell>
         </row>
         <row r="447">
           <cell r="C447">
             <v>18240.744394752001</v>
           </cell>
         </row>
         <row r="448">
           <cell r="C448">
             <v>22804.887310148759</v>
           </cell>
         </row>
         <row r="449">
           <cell r="C449">
             <v>28777</v>
@@ -12532,101 +12533,101 @@
             <v>25064.213647008521</v>
           </cell>
         </row>
         <row r="460">
           <cell r="C460">
             <v>51705.614942200467</v>
           </cell>
         </row>
         <row r="461">
           <cell r="C461">
             <v>77526.78766046495</v>
           </cell>
         </row>
         <row r="462">
           <cell r="C462">
             <v>137838.49005666355</v>
           </cell>
         </row>
         <row r="463">
           <cell r="C463">
             <v>0</v>
           </cell>
         </row>
         <row r="465">
           <cell r="C465">
-            <v>84208.204026139865</v>
+            <v>96839.43463006083</v>
           </cell>
         </row>
         <row r="466">
           <cell r="C466">
-            <v>180596.35874972775</v>
+            <v>207685.81256218688</v>
           </cell>
         </row>
         <row r="467">
           <cell r="C467">
-            <v>210653.70121128627</v>
+            <v>242251.75639297921</v>
           </cell>
         </row>
         <row r="468">
           <cell r="C468">
-            <v>337056.3000860092</v>
+            <v>387614.74509891053</v>
           </cell>
         </row>
         <row r="469">
           <cell r="C469">
-            <v>481646.30841151078</v>
+            <v>553893.25467323733</v>
           </cell>
         </row>
         <row r="471">
           <cell r="C471">
-            <v>620917.29478669656</v>
+            <v>714054.88900470093</v>
           </cell>
         </row>
         <row r="472">
           <cell r="C472">
-            <v>5365.4199559254848</v>
+            <v>5533.0535129630744</v>
           </cell>
         </row>
         <row r="473">
           <cell r="C473">
-            <v>4807.6499999999996</v>
+            <v>4957.87</v>
           </cell>
         </row>
         <row r="474">
           <cell r="C474">
-            <v>6975.0459427031301</v>
+            <v>7192.9695668519971</v>
           </cell>
         </row>
         <row r="475">
           <cell r="C475">
-            <v>7672.5505369734437</v>
+            <v>7912.2665235371978</v>
           </cell>
         </row>
         <row r="476">
           <cell r="C476">
-            <v>8370.0551312437565</v>
+            <v>8631.5634802223958</v>
           </cell>
         </row>
         <row r="477">
           <cell r="C477">
             <v>8148.9934567879673</v>
           </cell>
         </row>
         <row r="478">
           <cell r="C478">
             <v>9883.8578540830349</v>
           </cell>
         </row>
         <row r="479">
           <cell r="C479">
             <v>12210.128165673512</v>
           </cell>
         </row>
         <row r="480">
           <cell r="C480">
             <v>19700.172897689688</v>
           </cell>
         </row>
         <row r="481">
           <cell r="C481">
             <v>22104.563730115173</v>
@@ -12762,51 +12763,51 @@
             <v>10782.101400192074</v>
           </cell>
         </row>
         <row r="508">
           <cell r="C508">
             <v>16583.558449152184</v>
           </cell>
         </row>
         <row r="509">
           <cell r="C509">
             <v>26540.399635344413</v>
           </cell>
         </row>
         <row r="510">
           <cell r="C510">
             <v>54950.231778402725</v>
           </cell>
         </row>
         <row r="511">
           <cell r="C511">
             <v>75205.747791973714</v>
           </cell>
         </row>
         <row r="512">
           <cell r="C512">
-            <v>168826.91789702052</v>
+            <v>174102.77251252186</v>
           </cell>
         </row>
         <row r="513">
           <cell r="C513">
             <v>3365.1814190052442</v>
           </cell>
         </row>
         <row r="514">
           <cell r="C514">
             <v>4563.0082264930443</v>
           </cell>
         </row>
         <row r="515">
           <cell r="C515">
             <v>7047.9503421029422</v>
           </cell>
         </row>
         <row r="516">
           <cell r="C516">
             <v>11616.758785669212</v>
           </cell>
         </row>
         <row r="517">
           <cell r="C517">
             <v>15835.586640039732</v>
@@ -12842,71 +12843,71 @@
             <v>2252.57476201381</v>
           </cell>
         </row>
         <row r="524">
           <cell r="C524">
             <v>4488.804389342471</v>
           </cell>
         </row>
         <row r="525">
           <cell r="C525">
             <v>6216.0086059622081</v>
           </cell>
         </row>
         <row r="526">
           <cell r="C526">
             <v>7852.4384006126311</v>
           </cell>
         </row>
         <row r="527">
           <cell r="C527">
             <v>11253.527877258481</v>
           </cell>
         </row>
         <row r="528">
           <cell r="C528">
-            <v>34099.279441920007</v>
+            <v>26769.815641737157</v>
           </cell>
         </row>
         <row r="529">
           <cell r="C529">
             <v>40341.964922417479</v>
           </cell>
         </row>
         <row r="530">
           <cell r="C530">
-            <v>95189.409342720013</v>
+            <v>68833.164068234459</v>
           </cell>
         </row>
         <row r="532">
           <cell r="C532">
-            <v>327733.29909743305</v>
+            <v>300422.19083931367</v>
           </cell>
         </row>
         <row r="533">
           <cell r="C533">
-            <v>3261.3392750400008</v>
+            <v>2489.3896318815932</v>
           </cell>
         </row>
         <row r="534">
           <cell r="C534">
             <v>2655.238948335797</v>
           </cell>
         </row>
         <row r="535">
           <cell r="C535">
             <v>4480.2782751994955</v>
           </cell>
         </row>
         <row r="536">
           <cell r="C536">
             <v>10247.323252320002</v>
           </cell>
         </row>
         <row r="537">
           <cell r="C537">
             <v>9472.0516648440407</v>
           </cell>
         </row>
         <row r="538">
           <cell r="C538">
             <v>15179.762449164815</v>
@@ -12917,846 +12918,846 @@
             <v>34346.948686038479</v>
           </cell>
         </row>
         <row r="540">
           <cell r="C540">
             <v>46991.442401136497</v>
           </cell>
         </row>
         <row r="541">
           <cell r="C541">
             <v>94343.133620280365</v>
           </cell>
         </row>
         <row r="555">
           <cell r="C555">
             <v>3726.1065874133687</v>
           </cell>
         </row>
         <row r="556">
           <cell r="C556">
             <v>3726.1065874133687</v>
           </cell>
         </row>
         <row r="557">
           <cell r="C557">
-            <v>9422.6985810549031</v>
+            <v>11307.238297265883</v>
           </cell>
         </row>
         <row r="558">
           <cell r="C558">
             <v>9422.6985810549031</v>
           </cell>
         </row>
         <row r="559">
           <cell r="C559">
             <v>9422.6985810549031</v>
           </cell>
         </row>
         <row r="560">
           <cell r="C560">
-            <v>17867.554347244088</v>
+            <v>21441.065216692903</v>
           </cell>
         </row>
         <row r="561">
           <cell r="C561">
-            <v>16243.231224767354</v>
+            <v>19491.877469720825</v>
           </cell>
         </row>
         <row r="562">
           <cell r="C562">
             <v>14766.573840697592</v>
           </cell>
         </row>
         <row r="563">
           <cell r="C563">
             <v>14766.573840697592</v>
           </cell>
         </row>
         <row r="564">
           <cell r="C564">
-            <v>20248.3323524962</v>
+            <v>24297.99882299544</v>
           </cell>
         </row>
         <row r="565">
           <cell r="C565">
-            <v>20248.3323524962</v>
+            <v>24297.99882299544</v>
           </cell>
         </row>
         <row r="566">
           <cell r="C566">
-            <v>20248.3323524962</v>
+            <v>24297.99882299544</v>
           </cell>
         </row>
         <row r="567">
           <cell r="C567">
-            <v>22273.165587745825</v>
+            <v>26727.79870529499</v>
           </cell>
         </row>
         <row r="568">
           <cell r="C568">
-            <v>22273.165587745825</v>
+            <v>26727.79870529499</v>
           </cell>
         </row>
         <row r="569">
           <cell r="C569">
             <v>2489.3896318815932</v>
           </cell>
         </row>
         <row r="570">
           <cell r="C570">
-            <v>4800.1751582400002</v>
+            <v>3541.5961485380631</v>
           </cell>
         </row>
         <row r="571">
           <cell r="C571">
             <v>5827.3018324560016</v>
           </cell>
         </row>
         <row r="572">
           <cell r="C572">
-            <v>8660.882084193463</v>
+            <v>11129.258226240001</v>
           </cell>
         </row>
         <row r="573">
           <cell r="C573">
             <v>10782.101400192074</v>
           </cell>
         </row>
         <row r="574">
           <cell r="C574">
             <v>17412.89726102331</v>
           </cell>
         </row>
         <row r="575">
           <cell r="C575">
             <v>34137.095602601199</v>
           </cell>
         </row>
         <row r="576">
           <cell r="C576">
             <v>45568.472892060774</v>
           </cell>
         </row>
         <row r="577">
           <cell r="C577">
             <v>76304.079356415677</v>
           </cell>
         </row>
         <row r="578">
           <cell r="C578">
-            <v>435962.4538346125</v>
+            <v>356251.23908854951</v>
           </cell>
         </row>
         <row r="579">
           <cell r="C579">
             <v>0</v>
           </cell>
         </row>
         <row r="580">
           <cell r="C580">
             <v>3387.2447888968604</v>
           </cell>
         </row>
         <row r="581">
           <cell r="C581">
             <v>4670.4967015479224</v>
           </cell>
         </row>
         <row r="582">
           <cell r="C582">
             <v>7492.9479148727978</v>
           </cell>
         </row>
         <row r="583">
           <cell r="C583">
             <v>7270.8077991549426</v>
           </cell>
         </row>
         <row r="584">
           <cell r="C584">
             <v>11294.457324238097</v>
           </cell>
         </row>
         <row r="585">
           <cell r="C585">
             <v>11294.457324238097</v>
           </cell>
         </row>
         <row r="586">
           <cell r="C586">
-            <v>13896.267437427059</v>
+            <v>12333.852336960001</v>
           </cell>
         </row>
         <row r="587">
           <cell r="C587">
             <v>10050.09555963101</v>
           </cell>
         </row>
         <row r="588">
           <cell r="C588">
             <v>14248.171753978069</v>
           </cell>
         </row>
         <row r="589">
           <cell r="C589">
             <v>14248.171753978069</v>
           </cell>
         </row>
         <row r="590">
           <cell r="C590">
-            <v>19491.465510840357</v>
+            <v>25030.075704480001</v>
           </cell>
         </row>
         <row r="591">
           <cell r="C591">
-            <v>19491.465510840357</v>
+            <v>25030.075704480001</v>
           </cell>
         </row>
         <row r="592">
           <cell r="C592">
-            <v>19491.465510840357</v>
+            <v>25030.075704480001</v>
           </cell>
         </row>
         <row r="593">
           <cell r="C593">
             <v>19491.465510840357</v>
           </cell>
         </row>
         <row r="594">
           <cell r="C594">
-            <v>30617.115301933332</v>
+            <v>19491.465510840357</v>
           </cell>
         </row>
         <row r="595">
           <cell r="C595">
-            <v>42933.841967970722</v>
+            <v>44275.522887876316</v>
           </cell>
         </row>
         <row r="596">
           <cell r="C596">
-            <v>39030.765425427926</v>
+            <v>40250.475352614827</v>
           </cell>
         </row>
         <row r="597">
           <cell r="C597">
-            <v>46242.804936062857</v>
+            <v>47687.896694298513</v>
           </cell>
         </row>
         <row r="598">
           <cell r="C598">
-            <v>46242.804936062857</v>
+            <v>47687.896694298513</v>
           </cell>
         </row>
         <row r="599">
           <cell r="C599">
-            <v>66548.385087680523</v>
+            <v>68627.979589475755</v>
           </cell>
         </row>
         <row r="600">
           <cell r="C600">
-            <v>67747.393028691004</v>
+            <v>69864.535250512112</v>
           </cell>
         </row>
         <row r="601">
           <cell r="C601">
-            <v>73203.223596448588</v>
+            <v>75490.777548423343</v>
           </cell>
         </row>
         <row r="602">
           <cell r="C602">
-            <v>73203.223596448588</v>
+            <v>75490.777548423343</v>
           </cell>
         </row>
         <row r="603">
           <cell r="C603">
-            <v>66548.385087680523</v>
+            <v>68627.979589475755</v>
           </cell>
         </row>
         <row r="604">
           <cell r="C604">
-            <v>67747.393028691004</v>
+            <v>69864.535250512112</v>
           </cell>
         </row>
         <row r="605">
           <cell r="C605">
-            <v>67747.393028691004</v>
+            <v>69864.535250512112</v>
           </cell>
         </row>
         <row r="606">
           <cell r="C606">
-            <v>67747.393028691004</v>
+            <v>69864.535250512112</v>
           </cell>
         </row>
         <row r="607">
           <cell r="C607">
-            <v>79760.108520566646</v>
+            <v>82252.656309476253</v>
           </cell>
         </row>
         <row r="608">
           <cell r="C608">
-            <v>153724.99806424393</v>
+            <v>158528.9190280929</v>
           </cell>
         </row>
         <row r="609">
           <cell r="C609">
-            <v>153724.99806424393</v>
+            <v>158528.9190280929</v>
           </cell>
         </row>
         <row r="610">
           <cell r="C610">
-            <v>153724.99806424393</v>
+            <v>158528.9190280929</v>
           </cell>
         </row>
         <row r="611">
           <cell r="C611">
-            <v>153724.99806424393</v>
+            <v>158528.9190280929</v>
           </cell>
         </row>
         <row r="612">
           <cell r="C612">
-            <v>128104.16505353661</v>
+            <v>132107.43252341077</v>
           </cell>
         </row>
         <row r="613">
           <cell r="C613">
-            <v>125836.80807388863</v>
+            <v>129769.2542161973</v>
           </cell>
         </row>
         <row r="614">
           <cell r="C614">
-            <v>128104.16505353661</v>
+            <v>132107.43252341077</v>
           </cell>
         </row>
         <row r="615">
           <cell r="C615">
-            <v>128104.16505353661</v>
+            <v>132107.43252341077</v>
           </cell>
         </row>
         <row r="616">
           <cell r="C616">
-            <v>290648.77886097488</v>
+            <v>317071.39512106351</v>
           </cell>
         </row>
         <row r="617">
           <cell r="C617">
-            <v>290648.77886097488</v>
+            <v>317071.39512106351</v>
           </cell>
         </row>
         <row r="618">
           <cell r="C618">
-            <v>290648.77886097488</v>
+            <v>317071.39512106351</v>
           </cell>
         </row>
         <row r="619">
           <cell r="C619">
-            <v>290648.77886097488</v>
+            <v>317071.39512106351</v>
           </cell>
         </row>
         <row r="620">
           <cell r="C620">
-            <v>580408.03270652704</v>
+            <v>619101.90155362885</v>
           </cell>
         </row>
         <row r="621">
           <cell r="C621">
-            <v>580408.03270652704</v>
+            <v>619101.90155362885</v>
           </cell>
         </row>
         <row r="622">
           <cell r="C622">
-            <v>580408.03270652704</v>
+            <v>619101.90155362885</v>
           </cell>
         </row>
         <row r="623">
           <cell r="C623">
-            <v>580408.03270652704</v>
+            <v>619101.90155362885</v>
           </cell>
         </row>
         <row r="624">
           <cell r="C624">
-            <v>580408.03270652704</v>
+            <v>619101.90155362885</v>
           </cell>
         </row>
         <row r="626">
           <cell r="C626">
-            <v>3997.3333458533971</v>
+            <v>6455.1156792708334</v>
           </cell>
         </row>
         <row r="631">
           <cell r="C631">
-            <v>8956.8325139610242</v>
+            <v>9236.7391263637237</v>
           </cell>
         </row>
         <row r="632">
           <cell r="C632">
-            <v>12232.557691098624</v>
+            <v>12614.840042522575</v>
           </cell>
         </row>
         <row r="633">
           <cell r="C633">
-            <v>15382.76961525309</v>
+            <v>15863.47594247776</v>
           </cell>
         </row>
         <row r="634">
           <cell r="C634">
-            <v>25044.770995137151</v>
+            <v>25827.423073450605</v>
           </cell>
         </row>
         <row r="635">
           <cell r="C635">
-            <v>39149.903326266758</v>
+            <v>40373.362056025413</v>
           </cell>
         </row>
         <row r="636">
           <cell r="C636">
-            <v>42919.825744342612</v>
+            <v>44261.073283568745</v>
           </cell>
         </row>
         <row r="637">
           <cell r="C637">
-            <v>66522.477757805755</v>
+            <v>68601.3201113143</v>
           </cell>
         </row>
         <row r="638">
           <cell r="C638">
-            <v>71478.752923497057</v>
+            <v>73712.490068616287</v>
           </cell>
         </row>
         <row r="639">
           <cell r="C639">
-            <v>4347.8160739830455</v>
+            <v>7215.7047411748154</v>
           </cell>
         </row>
         <row r="640">
           <cell r="C640">
-            <v>6901.2745347370847</v>
+            <v>11505.922751850789</v>
           </cell>
         </row>
         <row r="641">
           <cell r="C641">
-            <v>13569.79377279576</v>
+            <v>13993.86214014675</v>
           </cell>
         </row>
         <row r="642">
           <cell r="C642">
-            <v>12621.364580938523</v>
+            <v>20659.173418392285</v>
           </cell>
         </row>
         <row r="643">
           <cell r="C643">
-            <v>19278.005225265646</v>
+            <v>28012.055680424728</v>
           </cell>
         </row>
         <row r="644">
           <cell r="C644">
-            <v>25662.957963152221</v>
+            <v>42774.291020299584</v>
           </cell>
         </row>
         <row r="645">
           <cell r="C645">
-            <v>68654.623547116993</v>
+            <v>78666.735627819711</v>
           </cell>
         </row>
         <row r="646">
           <cell r="C646">
-            <v>105248.37838046084</v>
+            <v>120597.11627045678</v>
           </cell>
         </row>
         <row r="647">
           <cell r="C647">
-            <v>251141.8114925047</v>
+            <v>258990.0132484746</v>
           </cell>
         </row>
         <row r="648">
           <cell r="C648">
             <v>2278.6552433766342</v>
           </cell>
         </row>
         <row r="649">
           <cell r="C649">
             <v>2977.6531348337062</v>
           </cell>
         </row>
         <row r="650">
           <cell r="C650">
             <v>2977.6531348337062</v>
           </cell>
         </row>
         <row r="651">
           <cell r="C651">
-            <v>4546.1814483406833</v>
+            <v>5804.5551379199997</v>
           </cell>
         </row>
         <row r="652">
           <cell r="C652">
-            <v>4546.1814483406833</v>
+            <v>5804.5551379199997</v>
           </cell>
         </row>
         <row r="653">
           <cell r="C653">
-            <v>4546.1814483406833</v>
+            <v>5804.5551379199997</v>
           </cell>
         </row>
         <row r="654">
           <cell r="C654">
-            <v>5662.8257122700179</v>
+            <v>7268.9312203199997</v>
           </cell>
         </row>
         <row r="655">
           <cell r="C655">
-            <v>5662.8257122700179</v>
+            <v>7268.9312203199997</v>
           </cell>
         </row>
         <row r="656">
           <cell r="C656">
-            <v>5662.8257122700179</v>
+            <v>7268.9312203199997</v>
           </cell>
         </row>
         <row r="657">
           <cell r="C657">
-            <v>5662.8257122700179</v>
+            <v>7268.9312203199997</v>
           </cell>
         </row>
         <row r="658">
           <cell r="C658">
-            <v>8972.1569845454433</v>
+            <v>13278.401975443969</v>
           </cell>
         </row>
         <row r="659">
           <cell r="C659">
-            <v>8972.1569845454433</v>
+            <v>15017.452386295519</v>
           </cell>
         </row>
         <row r="660">
           <cell r="C660">
-            <v>8972.1569845454433</v>
+            <v>11494.938581280001</v>
           </cell>
         </row>
         <row r="661">
           <cell r="C661">
-            <v>8972.1569845454433</v>
+            <v>11494.938581280001</v>
           </cell>
         </row>
         <row r="662">
           <cell r="C662">
-            <v>8972.1569845454433</v>
+            <v>11494.938581280001</v>
           </cell>
         </row>
         <row r="663">
           <cell r="C663">
-            <v>30723.30013477787</v>
+            <v>31683.389963351576</v>
           </cell>
         </row>
         <row r="664">
           <cell r="C664">
-            <v>30723.30013477787</v>
+            <v>31683.389963351576</v>
           </cell>
         </row>
         <row r="665">
           <cell r="C665">
-            <v>19557.758097848651</v>
+            <v>31683.389963351576</v>
           </cell>
         </row>
         <row r="666">
           <cell r="C666">
-            <v>19557.758097848651</v>
+            <v>31683.389963351576</v>
           </cell>
         </row>
         <row r="667">
           <cell r="C667">
-            <v>19557.758097848651</v>
+            <v>29362.030527548759</v>
           </cell>
         </row>
         <row r="668">
           <cell r="C668">
-            <v>19557.758097848651</v>
+            <v>29362.030527548759</v>
           </cell>
         </row>
         <row r="669">
           <cell r="C669">
-            <v>35414.515856468424</v>
+            <v>36521.211324979064</v>
           </cell>
         </row>
         <row r="670">
           <cell r="C670">
-            <v>35414.515856468424</v>
+            <v>36521.211324979064</v>
           </cell>
         </row>
         <row r="671">
           <cell r="C671">
-            <v>30795.231179537765</v>
+            <v>36521.211324979064</v>
           </cell>
         </row>
         <row r="672">
           <cell r="C672">
-            <v>23169.592210732804</v>
+            <v>31757.575065199188</v>
           </cell>
         </row>
         <row r="673">
           <cell r="C673">
-            <v>23169.592210732804</v>
+            <v>34774.023982940351</v>
           </cell>
         </row>
         <row r="674">
           <cell r="C674">
-            <v>23169.592210732804</v>
+            <v>34774.023982940351</v>
           </cell>
         </row>
         <row r="675">
           <cell r="C675">
-            <v>23169.592210732804</v>
+            <v>34944.379600444045</v>
           </cell>
         </row>
         <row r="676">
           <cell r="C676">
-            <v>49827.377581996625</v>
+            <v>72102.185954494445</v>
           </cell>
         </row>
         <row r="677">
           <cell r="C677">
-            <v>49827.377581996625</v>
+            <v>72102.185954494445</v>
           </cell>
         </row>
         <row r="678">
           <cell r="C678">
-            <v>49827.377581996625</v>
+            <v>72102.185954494445</v>
           </cell>
         </row>
         <row r="679">
           <cell r="C679">
-            <v>43328.154419127502</v>
+            <v>72102.185954494445</v>
           </cell>
         </row>
         <row r="680">
           <cell r="C680">
-            <v>43328.154419127502</v>
+            <v>72102.185954494445</v>
           </cell>
         </row>
         <row r="681">
           <cell r="C681">
-            <v>43328.154419127502</v>
+            <v>62697.553003908222</v>
           </cell>
         </row>
         <row r="682">
           <cell r="C682">
-            <v>41187.618125773712</v>
+            <v>62186.689112045926</v>
           </cell>
         </row>
         <row r="683">
           <cell r="C683">
-            <v>44287.762417279264</v>
+            <v>64033.833976669885</v>
           </cell>
         </row>
         <row r="684">
           <cell r="C684">
-            <v>157120.29967649936</v>
+            <v>246393.19721996487</v>
           </cell>
         </row>
         <row r="686">
           <cell r="C686">
-            <v>315492.18196395313</v>
+            <v>327542.23058063188</v>
           </cell>
         </row>
         <row r="687">
           <cell r="C687">
-            <v>315492.18196395313</v>
+            <v>327542.23058063188</v>
           </cell>
         </row>
         <row r="688">
           <cell r="C688">
-            <v>315492.18196395313</v>
+            <v>327542.23058063188</v>
           </cell>
         </row>
         <row r="689">
           <cell r="C689">
-            <v>259771.33708533592</v>
+            <v>273842.28451079165</v>
           </cell>
         </row>
         <row r="690">
           <cell r="C690">
-            <v>262910.15163662762</v>
+            <v>277151.1181836116</v>
           </cell>
         </row>
         <row r="691">
           <cell r="C691">
             <v>2062.7150063324552</v>
           </cell>
         </row>
         <row r="692">
           <cell r="C692">
             <v>3144.2114980226015</v>
           </cell>
         </row>
         <row r="693">
           <cell r="C693">
             <v>3092.6224552303775</v>
           </cell>
         </row>
         <row r="694">
           <cell r="C694">
             <v>3237.8533321945997</v>
           </cell>
         </row>
         <row r="695">
           <cell r="C695">
             <v>4901.9212636762777</v>
           </cell>
         </row>
         <row r="696">
           <cell r="C696">
             <v>3063.4881493307653</v>
           </cell>
         </row>
         <row r="697">
           <cell r="C697">
-            <v>5416.3369821246288</v>
+            <v>7194.4714195199995</v>
           </cell>
         </row>
         <row r="698">
           <cell r="C698">
             <v>6183.3183365919085</v>
           </cell>
         </row>
         <row r="699">
           <cell r="C699">
             <v>5799.8584025583041</v>
           </cell>
         </row>
         <row r="700">
           <cell r="C700">
             <v>5593.3255847247619</v>
           </cell>
         </row>
         <row r="701">
           <cell r="C701">
-            <v>9026.56220087363</v>
+            <v>8938.4854204800013</v>
           </cell>
         </row>
         <row r="702">
           <cell r="C702">
-            <v>9391.084730336519</v>
+            <v>8938.4854204800013</v>
           </cell>
         </row>
         <row r="703">
           <cell r="C703">
             <v>6636.2476549707344</v>
           </cell>
         </row>
         <row r="704">
           <cell r="C704">
             <v>7780.6837717314947</v>
           </cell>
         </row>
         <row r="705">
           <cell r="C705">
             <v>9026.56220087363</v>
           </cell>
         </row>
         <row r="706">
           <cell r="C706">
-            <v>14307.485122191805</v>
+            <v>17554.311704160002</v>
           </cell>
         </row>
         <row r="707">
           <cell r="C707">
-            <v>12441.291410601571</v>
+            <v>17554.311704160002</v>
           </cell>
         </row>
         <row r="708">
           <cell r="C708">
-            <v>12441.291410601571</v>
+            <v>17554.311704160002</v>
           </cell>
         </row>
         <row r="709">
           <cell r="C709">
             <v>12441.291410601571</v>
           </cell>
         </row>
         <row r="710">
           <cell r="C710">
             <v>12441.291410601571</v>
           </cell>
         </row>
         <row r="711">
           <cell r="C711">
             <v>12441.291410601571</v>
           </cell>
         </row>
         <row r="712">
           <cell r="C712">
-            <v>34690.888913424264</v>
+            <v>25615.826137440003</v>
           </cell>
         </row>
         <row r="713">
           <cell r="C713">
-            <v>34690.888913424264</v>
+            <v>25615.826137440003</v>
           </cell>
         </row>
         <row r="714">
           <cell r="C714">
-            <v>19903.291170772703</v>
+            <v>25615.826137440003</v>
           </cell>
         </row>
         <row r="715">
           <cell r="C715">
-            <v>19902.799279572151</v>
+            <v>25615.826137440003</v>
           </cell>
         </row>
         <row r="716">
           <cell r="C716">
             <v>22039.595150255038</v>
           </cell>
         </row>
         <row r="717">
           <cell r="C717">
             <v>22039.595150255038</v>
           </cell>
         </row>
         <row r="718">
           <cell r="C718">
             <v>22039.595150255038</v>
           </cell>
         </row>
         <row r="719">
           <cell r="C719">
-            <v>68928.487901616667</v>
+            <v>55179.676379520002</v>
           </cell>
         </row>
         <row r="720">
           <cell r="C720">
-            <v>68928.487901616667</v>
+            <v>55179.676379520002</v>
           </cell>
         </row>
         <row r="721">
           <cell r="C721">
-            <v>42962.945698181196</v>
+            <v>55179.676379520002</v>
           </cell>
         </row>
         <row r="722">
           <cell r="C722">
-            <v>42962.945698181196</v>
+            <v>55179.676379520002</v>
           </cell>
         </row>
         <row r="723">
           <cell r="C723">
             <v>42962.945698181196</v>
           </cell>
         </row>
         <row r="724">
           <cell r="C724">
             <v>42962.945698181196</v>
           </cell>
         </row>
         <row r="725">
           <cell r="C725">
             <v>42962.945698181196</v>
           </cell>
         </row>
         <row r="726">
           <cell r="C726">
             <v>42962.945698181196</v>
           </cell>
         </row>
         <row r="727">
           <cell r="C727">
             <v>204991.64000451576</v>
@@ -13807,502 +13808,506 @@
             <v>219843.40786475132</v>
           </cell>
         </row>
         <row r="738">
           <cell r="C738">
             <v>219843.40786475132</v>
           </cell>
         </row>
         <row r="739">
           <cell r="C739">
             <v>219843.40786475132</v>
           </cell>
         </row>
         <row r="740">
           <cell r="C740">
             <v>212190.97281691505</v>
           </cell>
         </row>
         <row r="741">
           <cell r="C741">
             <v>219843.40786475132</v>
           </cell>
         </row>
         <row r="742">
           <cell r="C742">
-            <v>2339.6924073599998</v>
+            <v>2010.9024665405341</v>
           </cell>
         </row>
         <row r="743">
           <cell r="C743">
-            <v>3042.9238593600003</v>
+            <v>2244.4073185379079</v>
           </cell>
         </row>
         <row r="744">
           <cell r="C744">
             <v>3317.0170722841153</v>
           </cell>
         </row>
         <row r="745">
           <cell r="C745">
             <v>5487.958390472284</v>
           </cell>
         </row>
         <row r="746">
           <cell r="C746">
             <v>7416.2538785194074</v>
           </cell>
         </row>
         <row r="747">
           <cell r="C747">
-            <v>14872.104213120001</v>
+            <v>12024.649315997107</v>
           </cell>
         </row>
         <row r="748">
           <cell r="C748">
-            <v>29383.492057920001</v>
+            <v>25143.151936964452</v>
           </cell>
         </row>
         <row r="749">
           <cell r="C749">
             <v>30858.415300760429</v>
           </cell>
         </row>
         <row r="750">
           <cell r="C750">
             <v>68105.226577811336</v>
           </cell>
         </row>
         <row r="751">
           <cell r="C751">
-            <v>177785.36599922943</v>
+            <v>162969.91883262701</v>
           </cell>
         </row>
         <row r="752">
           <cell r="C752">
             <v>1824.5371879297982</v>
           </cell>
         </row>
         <row r="753">
           <cell r="C753">
             <v>2075.3504615467436</v>
           </cell>
         </row>
         <row r="754">
           <cell r="C754">
             <v>2886.1408760635604</v>
           </cell>
         </row>
         <row r="755">
           <cell r="C755">
             <v>4695.9623189100503</v>
           </cell>
         </row>
         <row r="756">
           <cell r="C756">
             <v>6182.6214907244521</v>
           </cell>
         </row>
         <row r="757">
           <cell r="C757">
             <v>8948.1772885183309</v>
           </cell>
         </row>
         <row r="758">
           <cell r="C758">
             <v>16024.565090653425</v>
           </cell>
         </row>
         <row r="759">
           <cell r="C759">
             <v>22028.978498509703</v>
           </cell>
         </row>
         <row r="760">
           <cell r="C760">
             <v>61163.524735028535</v>
           </cell>
         </row>
         <row r="761">
           <cell r="C761">
-            <v>214932.85148386512</v>
+            <v>257919.42178063813</v>
           </cell>
         </row>
         <row r="762">
           <cell r="C762">
-            <v>245634.68558930932</v>
+            <v>248019.48836202107</v>
           </cell>
         </row>
         <row r="763">
           <cell r="C763">
             <v>1034.3959561029967</v>
           </cell>
         </row>
         <row r="764">
           <cell r="C764">
-            <v>2184.1541568000002</v>
+            <v>1617.7481767626339</v>
           </cell>
         </row>
         <row r="765">
           <cell r="C765">
             <v>2010.9024665405341</v>
           </cell>
         </row>
         <row r="766">
           <cell r="C766">
             <v>3241.0608727315594</v>
           </cell>
         </row>
         <row r="767">
           <cell r="C767">
             <v>4015.1336586735247</v>
           </cell>
         </row>
         <row r="768">
           <cell r="C768">
             <v>5913.6287381536185</v>
           </cell>
         </row>
         <row r="769">
           <cell r="C769">
             <v>10391.662759750579</v>
           </cell>
         </row>
         <row r="770">
           <cell r="C770">
             <v>20411.588992414141</v>
           </cell>
         </row>
         <row r="771">
           <cell r="C771">
             <v>31516.965388705095</v>
           </cell>
         </row>
         <row r="772">
           <cell r="C772">
-            <v>125645.1042197215</v>
+            <v>138209.61464169365</v>
           </cell>
         </row>
         <row r="773">
           <cell r="C773">
-            <v>127759.92856899672</v>
+            <v>153311.91428279606</v>
           </cell>
         </row>
         <row r="774">
           <cell r="C774">
             <v>1298.9309446687917</v>
           </cell>
         </row>
         <row r="775">
           <cell r="C775">
             <v>1676.9903232296233</v>
           </cell>
         </row>
         <row r="776">
           <cell r="C776">
             <v>2244.4073185379079</v>
           </cell>
         </row>
         <row r="777">
           <cell r="C777">
             <v>3526.8804034547561</v>
           </cell>
         </row>
         <row r="778">
           <cell r="C778">
             <v>5025.5396710160621</v>
           </cell>
         </row>
         <row r="779">
           <cell r="C779">
             <v>7498.0000474118424</v>
           </cell>
         </row>
         <row r="780">
           <cell r="C780">
-            <v>14992.526113219759</v>
+            <v>19230.484553279999</v>
           </cell>
         </row>
         <row r="781">
           <cell r="C781">
-            <v>24549.408514693063</v>
+            <v>27247.323106079999</v>
           </cell>
         </row>
         <row r="782">
           <cell r="C782">
-            <v>40461.88389801974</v>
+            <v>51691.648377600002</v>
           </cell>
         </row>
         <row r="783">
           <cell r="C783">
             <v>130260.31691416723</v>
           </cell>
         </row>
         <row r="784">
           <cell r="C784">
             <v>167381.25434590149</v>
           </cell>
         </row>
         <row r="785">
           <cell r="C785">
             <v>1276.672867843623</v>
           </cell>
         </row>
         <row r="786">
           <cell r="C786">
-            <v>1459.9330832508483</v>
+            <v>1705.95676944</v>
           </cell>
         </row>
         <row r="787">
           <cell r="C787">
-            <v>1754.7808670509196</v>
+            <v>2104.7303692800001</v>
           </cell>
         </row>
         <row r="788">
           <cell r="C788">
-            <v>2256.2946892180162</v>
+            <v>2829.4724304000001</v>
           </cell>
         </row>
         <row r="789">
           <cell r="C789">
-            <v>6346.7824482645583</v>
+            <v>3124.0023091200001</v>
           </cell>
         </row>
         <row r="790">
           <cell r="C790">
-            <v>4267.3098808253453</v>
+            <v>5859.1589918400005</v>
           </cell>
         </row>
         <row r="791">
           <cell r="C791">
-            <v>22407.548080226417</v>
+            <v>11362.565602080002</v>
           </cell>
         </row>
         <row r="792">
           <cell r="C792">
-            <v>23876.398173232028</v>
+            <v>23694.7632768</v>
           </cell>
         </row>
         <row r="793">
           <cell r="C793">
-            <v>39946.691016825251</v>
+            <v>33616.118067839998</v>
           </cell>
         </row>
         <row r="794">
           <cell r="C794">
             <v>87672.57723031276</v>
           </cell>
         </row>
         <row r="795">
           <cell r="C795">
             <v>87672.57723031276</v>
           </cell>
         </row>
         <row r="796">
           <cell r="C796">
-            <v>4574.9980745066014</v>
+            <v>7636.3944106665604</v>
           </cell>
         </row>
         <row r="797">
           <cell r="C797">
-            <v>5607.1702724737524</v>
+            <v>9342.8397902333272</v>
           </cell>
         </row>
         <row r="798">
           <cell r="C798">
-            <v>7477.5865625887618</v>
+            <v>12397.445309946725</v>
           </cell>
         </row>
         <row r="799">
           <cell r="C799">
-            <v>13540.125113977425</v>
+            <v>18203.839061381106</v>
           </cell>
         </row>
         <row r="800">
           <cell r="C800">
-            <v>10782.101400192074</v>
+            <v>22159.183940417781</v>
           </cell>
         </row>
         <row r="801">
           <cell r="C801">
-            <v>18361.970589296499</v>
+            <v>29413.009466979755</v>
           </cell>
         </row>
         <row r="802">
           <cell r="C802">
-            <v>33154.971667912658</v>
+            <v>40224.806799973936</v>
           </cell>
         </row>
         <row r="803">
           <cell r="C803">
-            <v>57800.787691270962</v>
+            <v>70125.960505013369</v>
           </cell>
         </row>
         <row r="804">
           <cell r="C804">
-            <v>88086.687331844776</v>
+            <v>106869.88472850964</v>
           </cell>
         </row>
         <row r="805">
           <cell r="C805">
-            <v>135493.98299230152</v>
+            <v>162592.77959076181</v>
           </cell>
         </row>
         <row r="806">
           <cell r="C806">
-            <v>157010.31139228574</v>
+            <v>188412.37367074288</v>
           </cell>
         </row>
         <row r="807">
           <cell r="C807">
             <v>6216.0086059622081</v>
           </cell>
         </row>
         <row r="808">
           <cell r="C808">
             <v>7000.4725935159222</v>
           </cell>
         </row>
         <row r="809">
           <cell r="C809">
             <v>9309.6660822604208</v>
           </cell>
         </row>
         <row r="810">
           <cell r="C810">
             <v>16520.780834681198</v>
           </cell>
         </row>
         <row r="811">
           <cell r="C811">
             <v>16258.920504518428</v>
           </cell>
         </row>
         <row r="812">
           <cell r="C812">
             <v>25322.343802233743</v>
           </cell>
         </row>
         <row r="813">
           <cell r="C813">
             <v>63978.915260078757</v>
           </cell>
         </row>
         <row r="814">
           <cell r="C814">
             <v>96170.376209813214</v>
           </cell>
         </row>
         <row r="815">
           <cell r="C815">
             <v>190476.66922871859</v>
           </cell>
         </row>
         <row r="816">
           <cell r="C816">
-            <v>767709.62248607818</v>
+            <v>844480.58473468607</v>
           </cell>
         </row>
         <row r="817">
           <cell r="C817">
-            <v>801512.38241356437</v>
+            <v>881663.62065492093</v>
           </cell>
         </row>
         <row r="818">
           <cell r="C818">
-            <v>8161.4895428287655</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="819">
           <cell r="C819">
-            <v>9936.6838947027663</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="820">
           <cell r="C820">
-            <v>8872.3953528535912</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="821">
           <cell r="C821">
-            <v>25930.998660267058</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="822">
           <cell r="C822">
-            <v>28907.474585624987</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="823">
           <cell r="C823">
-            <v>70984.814684589277</v>
+            <v>0</v>
           </cell>
         </row>
         <row r="824">
           <cell r="C824">
-            <v>15605.597016714779</v>
+            <v>17166.156718386257</v>
           </cell>
         </row>
         <row r="825">
           <cell r="C825">
-            <v>15605.597016714779</v>
+            <v>17166.156718386257</v>
           </cell>
         </row>
         <row r="826">
           <cell r="C826">
-            <v>17893.041963299998</v>
+            <v>19682.34615963</v>
           </cell>
         </row>
         <row r="827">
           <cell r="C827">
-            <v>17657.607200625</v>
+            <v>19423.367920687502</v>
           </cell>
         </row>
         <row r="828">
           <cell r="C828">
-            <v>15953.77463652</v>
+            <v>17549.152100172003</v>
           </cell>
         </row>
         <row r="3647">
           <cell r="C3647">
             <v>2066.1377492696593</v>
           </cell>
         </row>
         <row r="3652">
           <cell r="C3652">
-            <v>889505.72926338133</v>
+            <v>1008943.5883430567</v>
           </cell>
         </row>
         <row r="3654">
           <cell r="C3654">
-            <v>889505.72926338133</v>
+            <v>1008943.5883430567</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -14588,85 +14593,85 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@brovelli.com.ar?subject=Consulta%20por%20web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7265EDE-526B-4359-983C-F227322639DD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AO218"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="I2" sqref="I2:V2"/>
+      <selection activeCell="D1" sqref="D1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.140625" customWidth="1"/>
     <col min="6" max="7" width="5.7109375" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" customWidth="1"/>
     <col min="9" max="9" width="7.7109375" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="13" width="5.7109375" customWidth="1"/>
     <col min="14" max="14" width="6.7109375" customWidth="1"/>
     <col min="15" max="15" width="7.7109375" customWidth="1"/>
     <col min="16" max="16" width="11.7109375" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" customWidth="1"/>
     <col min="18" max="19" width="5.7109375" customWidth="1"/>
     <col min="20" max="20" width="6.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="11.7109375" customWidth="1"/>
     <col min="23" max="23" width="9.42578125" customWidth="1"/>
     <col min="24" max="25" width="5.7109375" customWidth="1"/>
     <col min="26" max="27" width="7.7109375" customWidth="1"/>
     <col min="28" max="28" width="11.7109375" customWidth="1"/>
     <col min="29" max="29" width="8.7109375" customWidth="1"/>
     <col min="30" max="31" width="5.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="287">
-        <v>45968</v>
+        <v>46073</v>
       </c>
       <c r="C1" s="288"/>
       <c r="D1" s="289" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="289"/>
       <c r="F1" s="289"/>
       <c r="G1" s="289"/>
       <c r="H1" s="289"/>
       <c r="I1" s="289"/>
       <c r="J1" s="138" t="s">
         <v>1</v>
       </c>
       <c r="K1" s="139"/>
       <c r="L1" s="139"/>
       <c r="M1" s="139"/>
       <c r="N1" s="139"/>
       <c r="O1" s="139"/>
       <c r="P1" s="139"/>
       <c r="Q1" s="139"/>
       <c r="R1" s="139"/>
       <c r="S1" s="139"/>
       <c r="T1" s="138"/>
       <c r="U1" s="138"/>
       <c r="V1" s="138"/>
@@ -14840,51 +14845,51 @@
       </c>
       <c r="M4" s="256"/>
       <c r="N4" s="26"/>
       <c r="O4" s="27"/>
       <c r="P4" s="209" t="s">
         <v>14</v>
       </c>
       <c r="Q4" s="209" t="s">
         <v>13</v>
       </c>
       <c r="R4" s="255">
         <f>[1]Hoja1!$C30</f>
         <v>5215.9187808762508</v>
       </c>
       <c r="S4" s="256"/>
       <c r="T4" s="2"/>
       <c r="U4" s="3"/>
       <c r="V4" s="209" t="s">
         <v>15</v>
       </c>
       <c r="W4" s="209" t="s">
         <v>13</v>
       </c>
       <c r="X4" s="255">
         <f>[1]Hoja1!$C41</f>
-        <v>3183.0762599999998</v>
+        <v>3071.6555928066682</v>
       </c>
       <c r="Y4" s="256"/>
       <c r="Z4" s="26"/>
       <c r="AA4" s="32"/>
       <c r="AB4" s="209" t="s">
         <v>27</v>
       </c>
       <c r="AC4" s="209" t="s">
         <v>13</v>
       </c>
       <c r="AD4" s="255">
         <f>[1]Hoja1!$C52</f>
         <v>3921.2234303006671</v>
       </c>
       <c r="AE4" s="257"/>
       <c r="AF4" s="204"/>
       <c r="AG4" s="78"/>
       <c r="AJ4" s="17"/>
       <c r="AK4" s="17"/>
       <c r="AL4" s="17"/>
       <c r="AM4" s="18"/>
       <c r="AN4" s="253"/>
       <c r="AO4" s="254"/>
     </row>
     <row r="5" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
@@ -14990,51 +14995,51 @@
       </c>
       <c r="M6" s="256"/>
       <c r="N6" s="28"/>
       <c r="O6" s="29"/>
       <c r="P6" s="209" t="s">
         <v>25</v>
       </c>
       <c r="Q6" s="209" t="s">
         <v>23</v>
       </c>
       <c r="R6" s="255">
         <f>[1]Hoja1!$C32</f>
         <v>13613.395555375</v>
       </c>
       <c r="S6" s="256"/>
       <c r="T6" s="2"/>
       <c r="U6" s="3"/>
       <c r="V6" s="209" t="s">
         <v>26</v>
       </c>
       <c r="W6" s="209" t="s">
         <v>23</v>
       </c>
       <c r="X6" s="255">
         <f>[1]Hoja1!$C43</f>
-        <v>5780.4067120800009</v>
+        <v>5683.7105928269675</v>
       </c>
       <c r="Y6" s="256"/>
       <c r="Z6" s="28"/>
       <c r="AA6" s="33"/>
       <c r="AB6" s="209" t="s">
         <v>39</v>
       </c>
       <c r="AC6" s="209" t="s">
         <v>23</v>
       </c>
       <c r="AD6" s="255">
         <f>[1]Hoja1!$C54</f>
         <v>7466.3550468427275</v>
       </c>
       <c r="AE6" s="257"/>
       <c r="AF6" s="204"/>
       <c r="AG6" s="78"/>
       <c r="AJ6" s="17"/>
       <c r="AK6" s="17"/>
       <c r="AL6" s="17"/>
       <c r="AM6" s="18"/>
       <c r="AN6" s="253"/>
       <c r="AO6" s="254"/>
     </row>
     <row r="7" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
@@ -15290,51 +15295,51 @@
       </c>
       <c r="M10" s="256"/>
       <c r="N10" s="28"/>
       <c r="O10" s="29"/>
       <c r="P10" s="209" t="s">
         <v>49</v>
       </c>
       <c r="Q10" s="209" t="s">
         <v>47</v>
       </c>
       <c r="R10" s="255">
         <f>[1]Hoja1!$C36</f>
         <v>111579.20052323569</v>
       </c>
       <c r="S10" s="256"/>
       <c r="T10" s="2"/>
       <c r="U10" s="3"/>
       <c r="V10" s="209" t="s">
         <v>50</v>
       </c>
       <c r="W10" s="209" t="s">
         <v>47</v>
       </c>
       <c r="X10" s="255">
         <f>[1]Hoja1!$C47</f>
-        <v>39915.596972160005</v>
+        <v>48241.194473483018</v>
       </c>
       <c r="Y10" s="256"/>
       <c r="Z10" s="28"/>
       <c r="AA10" s="33"/>
       <c r="AB10" s="209" t="s">
         <v>63</v>
       </c>
       <c r="AC10" s="209" t="s">
         <v>47</v>
       </c>
       <c r="AD10" s="255">
         <f>[1]Hoja1!$C58</f>
         <v>40575.943327920009</v>
       </c>
       <c r="AE10" s="257"/>
       <c r="AF10" s="204"/>
       <c r="AG10" s="78"/>
       <c r="AJ10" s="17"/>
       <c r="AK10" s="17"/>
       <c r="AL10" s="17"/>
       <c r="AM10" s="15"/>
       <c r="AN10" s="253"/>
       <c r="AO10" s="254"/>
     </row>
     <row r="11" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
@@ -15365,51 +15370,51 @@
       </c>
       <c r="M11" s="263"/>
       <c r="N11" s="28"/>
       <c r="O11" s="29"/>
       <c r="P11" s="210" t="s">
         <v>55</v>
       </c>
       <c r="Q11" s="215" t="s">
         <v>53</v>
       </c>
       <c r="R11" s="240">
         <f>[1]Hoja1!$C37</f>
         <v>141806.2037018229</v>
       </c>
       <c r="S11" s="263"/>
       <c r="T11" s="2"/>
       <c r="U11" s="3"/>
       <c r="V11" s="210" t="s">
         <v>56</v>
       </c>
       <c r="W11" s="215" t="s">
         <v>53</v>
       </c>
       <c r="X11" s="240">
         <f>[1]Hoja1!$C48</f>
-        <v>83342.065500140976</v>
+        <v>71528.502397148928</v>
       </c>
       <c r="Y11" s="263"/>
       <c r="Z11" s="28"/>
       <c r="AA11" s="33"/>
       <c r="AB11" s="210" t="s">
         <v>68</v>
       </c>
       <c r="AC11" s="215" t="s">
         <v>53</v>
       </c>
       <c r="AD11" s="240">
         <f>[1]Hoja1!$C59</f>
         <v>66161.241313440012</v>
       </c>
       <c r="AE11" s="268"/>
       <c r="AF11" s="204"/>
       <c r="AG11" s="78"/>
       <c r="AJ11" s="17"/>
       <c r="AK11" s="17"/>
       <c r="AL11" s="17"/>
       <c r="AM11" s="15"/>
       <c r="AN11" s="253"/>
       <c r="AO11" s="254"/>
     </row>
     <row r="12" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
@@ -15476,142 +15481,142 @@
       <c r="AD12" s="255">
         <f>[1]Hoja1!$C60</f>
         <v>131011.47364031998</v>
       </c>
       <c r="AE12" s="257"/>
       <c r="AF12" s="204"/>
       <c r="AG12" s="78"/>
       <c r="AJ12" s="17"/>
       <c r="AK12" s="17"/>
       <c r="AL12" s="17"/>
       <c r="AM12" s="15"/>
       <c r="AN12" s="253"/>
       <c r="AO12" s="254"/>
     </row>
     <row r="13" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="145"/>
       <c r="C13" s="3"/>
       <c r="D13" s="210" t="s">
         <v>64</v>
       </c>
       <c r="E13" s="215" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="240">
         <f>[1]Hoja1!$C17</f>
-        <v>763089.8976742042</v>
+        <v>832461.70655367721</v>
       </c>
       <c r="G13" s="263"/>
       <c r="H13" s="285"/>
       <c r="I13" s="286"/>
       <c r="J13" s="210" t="s">
         <v>70</v>
       </c>
       <c r="K13" s="215" t="s">
         <v>65</v>
       </c>
       <c r="L13" s="240">
         <f>[1]Hoja1!$C28</f>
-        <v>763089.8976742042</v>
+        <v>840786.323619214</v>
       </c>
       <c r="M13" s="263"/>
       <c r="N13" s="28"/>
       <c r="O13" s="29"/>
       <c r="P13" s="210" t="s">
         <v>66</v>
       </c>
       <c r="Q13" s="215" t="s">
         <v>65</v>
       </c>
       <c r="R13" s="240">
         <f>[1]Hoja1!$C39</f>
-        <v>763089.8976742042</v>
+        <v>840786.323619214</v>
       </c>
       <c r="S13" s="263"/>
       <c r="T13" s="2"/>
       <c r="U13" s="3"/>
       <c r="V13" s="210" t="s">
         <v>67</v>
       </c>
       <c r="W13" s="215" t="s">
         <v>65</v>
       </c>
       <c r="X13" s="240"/>
       <c r="Y13" s="263"/>
       <c r="Z13" s="28"/>
       <c r="AA13" s="33"/>
       <c r="AB13" s="35"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="258"/>
       <c r="AE13" s="259"/>
       <c r="AF13" s="204"/>
       <c r="AG13" s="78"/>
       <c r="AJ13" s="17"/>
       <c r="AK13" s="17"/>
       <c r="AL13" s="17"/>
       <c r="AM13" s="15"/>
       <c r="AN13" s="253"/>
       <c r="AO13" s="254"/>
     </row>
     <row r="14" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="146"/>
       <c r="C14" s="10"/>
       <c r="D14" s="209" t="s">
         <v>64</v>
       </c>
       <c r="E14" s="209" t="s">
         <v>69</v>
       </c>
       <c r="F14" s="255">
         <f>[1]Hoja1!$C18</f>
-        <v>741254.77438615111</v>
+        <v>462761.18743210309</v>
       </c>
       <c r="G14" s="256"/>
       <c r="H14" s="295"/>
       <c r="I14" s="296"/>
       <c r="J14" s="209" t="s">
         <v>70</v>
       </c>
       <c r="K14" s="209" t="s">
         <v>69</v>
       </c>
       <c r="L14" s="255">
         <f>[1]Hoja1!$C29</f>
-        <v>741254.77438615111</v>
+        <v>840786.323619214</v>
       </c>
       <c r="M14" s="256"/>
       <c r="N14" s="30"/>
       <c r="O14" s="31"/>
       <c r="P14" s="209" t="s">
         <v>71</v>
       </c>
       <c r="Q14" s="209" t="s">
         <v>69</v>
       </c>
       <c r="R14" s="255">
         <f>[1]Hoja1!$C40</f>
-        <v>741254.77438615111</v>
+        <v>840786.323619214</v>
       </c>
       <c r="S14" s="256"/>
       <c r="T14" s="9"/>
       <c r="U14" s="10"/>
       <c r="V14" s="209" t="s">
         <v>72</v>
       </c>
       <c r="W14" s="209" t="s">
         <v>69</v>
       </c>
       <c r="X14" s="260"/>
       <c r="Y14" s="261"/>
       <c r="Z14" s="30"/>
       <c r="AA14" s="34"/>
       <c r="AB14" s="35"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="258"/>
       <c r="AE14" s="259"/>
       <c r="AF14" s="204"/>
       <c r="AG14" s="78"/>
       <c r="AJ14" s="17"/>
       <c r="AK14" s="17"/>
       <c r="AL14" s="17"/>
       <c r="AM14" s="15"/>
       <c r="AN14" s="253"/>
@@ -16435,51 +16440,51 @@
       <c r="AD25" s="240">
         <f>[1]Hoja1!$C362</f>
         <v>203496.33993627082</v>
       </c>
       <c r="AE25" s="268"/>
       <c r="AF25" s="204"/>
       <c r="AG25" s="78"/>
       <c r="AJ25" s="17"/>
       <c r="AK25" s="17"/>
       <c r="AL25" s="17"/>
       <c r="AM25" s="17"/>
       <c r="AN25" s="253"/>
       <c r="AO25" s="254"/>
     </row>
     <row r="26" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="145"/>
       <c r="C26" s="3"/>
       <c r="D26" s="209" t="s">
         <v>802</v>
       </c>
       <c r="E26" s="209" t="s">
         <v>69</v>
       </c>
       <c r="F26" s="255">
         <f>[1]Hoja1!$C$96</f>
-        <v>677306.4544620167</v>
+        <v>701935.78007881716</v>
       </c>
       <c r="G26" s="262"/>
       <c r="H26" s="301"/>
       <c r="I26" s="301"/>
       <c r="J26" s="209" t="s">
         <v>110</v>
       </c>
       <c r="K26" s="209" t="s">
         <v>59</v>
       </c>
       <c r="L26" s="255">
         <f>[1]Hoja1!$C71</f>
         <v>68919.245028331774</v>
       </c>
       <c r="M26" s="256"/>
       <c r="N26" s="28"/>
       <c r="O26" s="29"/>
       <c r="P26" s="209" t="s">
         <v>102</v>
       </c>
       <c r="Q26" s="209" t="s">
         <v>59</v>
       </c>
       <c r="R26" s="255">
         <f>[1]Hoja1!$C84</f>
@@ -16487,167 +16492,167 @@
       </c>
       <c r="S26" s="256"/>
       <c r="T26" s="2"/>
       <c r="U26" s="3"/>
       <c r="V26" s="209" t="s">
         <v>676</v>
       </c>
       <c r="W26" s="209" t="s">
         <v>59</v>
       </c>
       <c r="X26" s="255">
         <f>[1]Hoja1!$C146</f>
         <v>74649.521321478082</v>
       </c>
       <c r="Y26" s="262"/>
       <c r="Z26" s="28"/>
       <c r="AA26" s="43"/>
       <c r="AB26" s="209" t="s">
         <v>115</v>
       </c>
       <c r="AC26" s="209" t="s">
         <v>69</v>
       </c>
       <c r="AD26" s="255">
         <f>[1]Hoja1!$C363</f>
-        <v>148154.47166602453</v>
+        <v>135808.26569385585</v>
       </c>
       <c r="AE26" s="257"/>
       <c r="AF26" s="204"/>
       <c r="AG26" s="78"/>
       <c r="AJ26" s="17"/>
       <c r="AK26" s="17"/>
       <c r="AL26" s="17"/>
       <c r="AM26" s="17"/>
       <c r="AN26" s="253"/>
       <c r="AO26" s="254"/>
     </row>
     <row r="27" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="145"/>
       <c r="C27" s="3"/>
       <c r="D27" s="66"/>
       <c r="E27" s="66"/>
       <c r="F27" s="70"/>
       <c r="G27" s="71"/>
       <c r="H27" s="264"/>
       <c r="I27" s="264"/>
       <c r="J27" s="210" t="s">
         <v>112</v>
       </c>
       <c r="K27" s="215" t="s">
         <v>65</v>
       </c>
       <c r="L27" s="240">
         <f>[1]Hoja1!$C72</f>
-        <v>273111.08258119423</v>
+        <v>250351.82569942807</v>
       </c>
       <c r="M27" s="263"/>
       <c r="N27" s="28"/>
       <c r="O27" s="29"/>
       <c r="P27" s="210" t="s">
         <v>106</v>
       </c>
       <c r="Q27" s="215" t="s">
         <v>65</v>
       </c>
       <c r="R27" s="240">
         <f>[1]Hoja1!$C85</f>
         <v>0</v>
       </c>
       <c r="S27" s="263"/>
       <c r="T27" s="2"/>
       <c r="U27" s="3"/>
       <c r="V27" s="210" t="s">
         <v>677</v>
       </c>
       <c r="W27" s="215" t="s">
         <v>65</v>
       </c>
       <c r="X27" s="240">
         <f>[1]Hoja1!$C147</f>
-        <v>373924.48710701673</v>
+        <v>411316.93581771845</v>
       </c>
       <c r="Y27" s="263"/>
       <c r="Z27" s="28"/>
       <c r="AA27" s="43"/>
       <c r="AB27" s="52"/>
       <c r="AC27" s="53"/>
       <c r="AD27" s="134"/>
       <c r="AE27" s="148"/>
       <c r="AF27" s="204"/>
       <c r="AG27" s="78"/>
       <c r="AJ27" s="17"/>
       <c r="AK27" s="17"/>
       <c r="AL27" s="17"/>
       <c r="AM27" s="17"/>
       <c r="AN27" s="253"/>
       <c r="AO27" s="254"/>
     </row>
     <row r="28" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="145"/>
       <c r="C28" s="3"/>
       <c r="D28" s="66"/>
       <c r="E28" s="66"/>
       <c r="F28" s="72"/>
       <c r="G28" s="73"/>
       <c r="H28" s="305"/>
       <c r="I28" s="305"/>
       <c r="J28" s="209" t="s">
         <v>114</v>
       </c>
       <c r="K28" s="209" t="s">
         <v>69</v>
       </c>
       <c r="L28" s="255">
         <f>[1]Hoja1!$C73</f>
-        <v>273111.08258119423</v>
+        <v>250351.82569942807</v>
       </c>
       <c r="M28" s="256"/>
       <c r="N28" s="30"/>
       <c r="O28" s="31"/>
       <c r="P28" s="209" t="s">
         <v>109</v>
       </c>
       <c r="Q28" s="209" t="s">
         <v>69</v>
       </c>
       <c r="R28" s="255">
         <f>[1]Hoja1!$C86</f>
         <v>0</v>
       </c>
       <c r="S28" s="256"/>
       <c r="T28" s="9"/>
       <c r="U28" s="10"/>
       <c r="V28" s="209" t="s">
         <v>678</v>
       </c>
       <c r="W28" s="209" t="s">
         <v>69</v>
       </c>
       <c r="X28" s="255">
         <f>[1]Hoja1!$C148</f>
-        <v>396329.50348601135</v>
+        <v>296876.03257379128</v>
       </c>
       <c r="Y28" s="262"/>
       <c r="Z28" s="30"/>
       <c r="AA28" s="49"/>
       <c r="AB28" s="50"/>
       <c r="AC28" s="51"/>
       <c r="AD28" s="1"/>
       <c r="AE28" s="149"/>
       <c r="AF28" s="204"/>
       <c r="AG28" s="78"/>
       <c r="AJ28" s="17"/>
       <c r="AK28" s="17"/>
       <c r="AL28" s="17"/>
       <c r="AM28" s="17"/>
       <c r="AN28" s="253"/>
       <c r="AO28" s="254"/>
     </row>
     <row r="29" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="302" t="s">
         <v>847</v>
       </c>
       <c r="C29" s="303"/>
       <c r="D29" s="61" t="s">
         <v>5</v>
       </c>
@@ -17204,51 +17209,51 @@
         <f>[1]Hoja1!$C394</f>
         <v>12532.10682350426</v>
       </c>
       <c r="S36" s="262"/>
       <c r="V36" s="209" t="s">
         <v>685</v>
       </c>
       <c r="W36" s="209" t="s">
         <v>47</v>
       </c>
       <c r="X36" s="255">
         <f>[1]Hoja1!$C241</f>
         <v>48292.058100000002</v>
       </c>
       <c r="Y36" s="262"/>
       <c r="Z36" s="28"/>
       <c r="AA36" s="33"/>
       <c r="AB36" s="209" t="s">
         <v>147</v>
       </c>
       <c r="AC36" s="209" t="s">
         <v>47</v>
       </c>
       <c r="AD36" s="255">
         <f>[1]Hoja1!$C406</f>
-        <v>12780.614357118597</v>
+        <v>11362.565602080002</v>
       </c>
       <c r="AE36" s="257"/>
       <c r="AF36" s="204"/>
       <c r="AG36" s="78"/>
       <c r="AJ36" s="17"/>
       <c r="AK36" s="17"/>
       <c r="AL36" s="17"/>
       <c r="AM36" s="18"/>
       <c r="AN36" s="56"/>
       <c r="AO36" s="7"/>
     </row>
     <row r="37" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="145"/>
       <c r="C37" s="3"/>
       <c r="D37" s="210" t="s">
         <v>148</v>
       </c>
       <c r="E37" s="215" t="s">
         <v>53</v>
       </c>
       <c r="F37" s="240">
         <f>[1]Hoja1!$C371</f>
         <v>19685.07593692595</v>
       </c>
       <c r="G37" s="263"/>
@@ -17264,64 +17269,64 @@
         <f>[1]Hoja1!$C383</f>
         <v>17889.498843428897</v>
       </c>
       <c r="M37" s="263"/>
       <c r="N37" s="269"/>
       <c r="O37" s="270"/>
       <c r="P37" s="210" t="s">
         <v>150</v>
       </c>
       <c r="Q37" s="215" t="s">
         <v>53</v>
       </c>
       <c r="R37" s="240">
         <f>[1]Hoja1!$C395</f>
         <v>20578.401595802767</v>
       </c>
       <c r="S37" s="263"/>
       <c r="V37" s="210" t="s">
         <v>686</v>
       </c>
       <c r="W37" s="215" t="s">
         <v>53</v>
       </c>
       <c r="X37" s="240">
         <f>[1]Hoja1!$C242</f>
-        <v>107698.39397458757</v>
+        <v>111063.92326938325</v>
       </c>
       <c r="Y37" s="263"/>
       <c r="Z37" s="28"/>
       <c r="AA37" s="45"/>
       <c r="AB37" s="210" t="s">
         <v>151</v>
       </c>
       <c r="AC37" s="215" t="s">
         <v>53</v>
       </c>
       <c r="AD37" s="240">
         <f>[1]Hoja1!$C407</f>
-        <v>19685.07593692595</v>
+        <v>23694.7632768</v>
       </c>
       <c r="AE37" s="268"/>
       <c r="AF37" s="204"/>
       <c r="AG37" s="78"/>
       <c r="AJ37" s="17"/>
       <c r="AK37" s="17"/>
       <c r="AL37" s="17"/>
       <c r="AM37" s="15"/>
       <c r="AN37" s="56"/>
       <c r="AO37" s="7"/>
     </row>
     <row r="38" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="145"/>
       <c r="C38" s="3"/>
       <c r="D38" s="209" t="s">
         <v>152</v>
       </c>
       <c r="E38" s="209" t="s">
         <v>59</v>
       </c>
       <c r="F38" s="255">
         <f>[1]Hoja1!$C372</f>
         <v>52787.837069824222</v>
       </c>
       <c r="G38" s="262"/>
@@ -17337,259 +17342,259 @@
         <f>[1]Hoja1!$C384</f>
         <v>28209.24301056482</v>
       </c>
       <c r="M38" s="262"/>
       <c r="N38" s="269"/>
       <c r="O38" s="270"/>
       <c r="P38" s="209" t="s">
         <v>154</v>
       </c>
       <c r="Q38" s="209" t="s">
         <v>59</v>
       </c>
       <c r="R38" s="255">
         <f>[1]Hoja1!$C396</f>
         <v>37580.836145428599</v>
       </c>
       <c r="S38" s="262"/>
       <c r="V38" s="209" t="s">
         <v>687</v>
       </c>
       <c r="W38" s="209" t="s">
         <v>59</v>
       </c>
       <c r="X38" s="255">
         <f>[1]Hoja1!$C243</f>
-        <v>221135.64356000978</v>
+        <v>228046.1193631301</v>
       </c>
       <c r="Y38" s="262"/>
       <c r="Z38" s="28"/>
       <c r="AA38" s="45"/>
       <c r="AB38" s="209" t="s">
         <v>155</v>
       </c>
       <c r="AC38" s="209" t="s">
         <v>59</v>
       </c>
       <c r="AD38" s="255">
         <f>[1]Hoja1!$C408</f>
-        <v>35088.207067264921</v>
+        <v>30146.039211552004</v>
       </c>
       <c r="AE38" s="257"/>
       <c r="AF38" s="204"/>
       <c r="AG38" s="78"/>
       <c r="AJ38" s="17"/>
       <c r="AK38" s="17"/>
       <c r="AL38" s="17"/>
       <c r="AM38" s="15"/>
       <c r="AN38" s="56"/>
       <c r="AO38" s="7"/>
     </row>
     <row r="39" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="145"/>
       <c r="C39" s="3"/>
       <c r="D39" s="210" t="s">
         <v>156</v>
       </c>
       <c r="E39" s="215" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="240">
         <f>[1]Hoja1!$C373</f>
-        <v>214932.85148386512</v>
+        <v>257919.42178063813</v>
       </c>
       <c r="G39" s="263"/>
       <c r="H39" s="293"/>
       <c r="I39" s="294"/>
       <c r="J39" s="210" t="s">
         <v>157</v>
       </c>
       <c r="K39" s="215" t="s">
         <v>65</v>
       </c>
       <c r="L39" s="240">
         <f>[1]Hoja1!$C385</f>
-        <v>97196.11462498545</v>
+        <v>106915.726087484</v>
       </c>
       <c r="M39" s="263"/>
       <c r="N39" s="269"/>
       <c r="O39" s="270"/>
       <c r="P39" s="210" t="s">
         <v>158</v>
       </c>
       <c r="Q39" s="215" t="s">
         <v>65</v>
       </c>
       <c r="R39" s="240">
         <f>[1]Hoja1!$C397</f>
-        <v>99098.338858563686</v>
+        <v>109008.17274442007</v>
       </c>
       <c r="S39" s="263"/>
       <c r="V39" s="210" t="s">
         <v>688</v>
       </c>
       <c r="W39" s="215" t="s">
         <v>65</v>
       </c>
       <c r="X39" s="240">
         <f>[1]Hoja1!$C244</f>
         <v>592864.85102094605</v>
       </c>
       <c r="Y39" s="263"/>
       <c r="Z39" s="28"/>
       <c r="AA39" s="45"/>
       <c r="AB39" s="210" t="s">
         <v>159</v>
       </c>
       <c r="AC39" s="215" t="s">
         <v>65</v>
       </c>
       <c r="AD39" s="240">
         <f>[1]Hoja1!$C409</f>
-        <v>63667.035932593171</v>
+        <v>70033.739525852492</v>
       </c>
       <c r="AE39" s="268"/>
       <c r="AF39" s="204"/>
       <c r="AG39" s="78"/>
       <c r="AJ39" s="17"/>
       <c r="AK39" s="17"/>
       <c r="AL39" s="17"/>
       <c r="AM39" s="15"/>
       <c r="AN39" s="56"/>
       <c r="AO39" s="7"/>
     </row>
     <row r="40" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="145"/>
       <c r="C40" s="3"/>
       <c r="D40" s="209" t="s">
         <v>160</v>
       </c>
       <c r="E40" s="209" t="s">
         <v>69</v>
       </c>
       <c r="F40" s="255">
         <f>[1]Hoja1!$C374</f>
-        <v>204695.57132442444</v>
+        <v>206682.9069683509</v>
       </c>
       <c r="G40" s="262"/>
       <c r="H40" s="293"/>
       <c r="I40" s="294"/>
       <c r="J40" s="209" t="s">
         <v>161</v>
       </c>
       <c r="K40" s="209" t="s">
         <v>69</v>
       </c>
       <c r="L40" s="255">
         <f>[1]Hoja1!$C386</f>
-        <v>119662.00401878238</v>
+        <v>131628.20442066062</v>
       </c>
       <c r="M40" s="262"/>
       <c r="N40" s="269"/>
       <c r="O40" s="270"/>
       <c r="P40" s="209" t="s">
         <v>162</v>
       </c>
       <c r="Q40" s="209" t="s">
         <v>69</v>
       </c>
       <c r="R40" s="255">
         <f>[1]Hoja1!$C398</f>
-        <v>127338.89072810586</v>
+        <v>140072.77980091647</v>
       </c>
       <c r="S40" s="262"/>
       <c r="V40" s="209" t="s">
         <v>689</v>
       </c>
       <c r="W40" s="209" t="s">
         <v>69</v>
       </c>
       <c r="X40" s="255">
         <f>[1]Hoja1!$C245</f>
         <v>776104.9610475332</v>
       </c>
       <c r="Y40" s="262"/>
       <c r="Z40" s="28"/>
       <c r="AA40" s="45"/>
       <c r="AB40" s="209" t="s">
         <v>163</v>
       </c>
       <c r="AC40" s="209" t="s">
         <v>69</v>
       </c>
       <c r="AD40" s="255">
         <f>[1]Hoja1!$C410</f>
-        <v>69678.567424757741</v>
+        <v>76646.424167233519</v>
       </c>
       <c r="AE40" s="257"/>
       <c r="AF40" s="204"/>
       <c r="AG40" s="78"/>
       <c r="AJ40" s="17"/>
       <c r="AK40" s="17"/>
       <c r="AL40" s="17"/>
       <c r="AM40" s="15"/>
       <c r="AN40" s="56"/>
       <c r="AO40" s="7"/>
     </row>
     <row r="41" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="146"/>
       <c r="C41" s="10"/>
       <c r="D41" s="210" t="s">
         <v>164</v>
       </c>
       <c r="E41" s="215" t="s">
         <v>165</v>
       </c>
       <c r="F41" s="240">
         <f>[1]Hoja1!$C375</f>
-        <v>264515.16154768021</v>
+        <v>290966.67770244827</v>
       </c>
       <c r="G41" s="263"/>
       <c r="H41" s="309"/>
       <c r="I41" s="310"/>
       <c r="J41" s="210" t="s">
         <v>166</v>
       </c>
       <c r="K41" s="215" t="s">
         <v>165</v>
       </c>
       <c r="L41" s="240">
         <f>[1]Hoja1!$C387</f>
-        <v>236686.11866754698</v>
+        <v>284023.34240105638</v>
       </c>
       <c r="M41" s="263"/>
       <c r="N41" s="269"/>
       <c r="O41" s="270"/>
       <c r="P41" s="210" t="s">
         <v>167</v>
       </c>
       <c r="Q41" s="215" t="s">
         <v>165</v>
       </c>
       <c r="R41" s="240">
         <f>[1]Hoja1!$C399</f>
-        <v>221689.59822261898</v>
+        <v>266027.51786714274</v>
       </c>
       <c r="S41" s="263"/>
       <c r="V41" s="210" t="s">
         <v>690</v>
       </c>
       <c r="W41" s="215" t="s">
         <v>165</v>
       </c>
       <c r="X41" s="307"/>
       <c r="Y41" s="308"/>
       <c r="Z41" s="30"/>
       <c r="AA41" s="34"/>
       <c r="AB41" s="46"/>
       <c r="AC41" s="39"/>
       <c r="AD41" s="9"/>
       <c r="AE41" s="150"/>
       <c r="AF41" s="204"/>
       <c r="AG41" s="78"/>
       <c r="AJ41" s="7"/>
       <c r="AK41" s="7"/>
       <c r="AL41" s="7"/>
       <c r="AM41" s="18"/>
       <c r="AN41" s="8"/>
       <c r="AO41" s="8"/>
     </row>
@@ -18337,171 +18342,171 @@
       <c r="AG51" s="78"/>
       <c r="AJ51" s="17"/>
       <c r="AK51" s="17"/>
       <c r="AL51" s="17"/>
       <c r="AM51" s="17"/>
       <c r="AN51" s="253"/>
       <c r="AO51" s="254"/>
     </row>
     <row r="52" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="145"/>
       <c r="C52" s="3"/>
       <c r="D52" s="13"/>
       <c r="E52" s="13"/>
       <c r="F52" s="330"/>
       <c r="G52" s="331"/>
       <c r="H52" s="305"/>
       <c r="I52" s="305"/>
       <c r="J52" s="210" t="s">
         <v>206</v>
       </c>
       <c r="K52" s="215" t="s">
         <v>65</v>
       </c>
       <c r="L52" s="240">
         <f>[1]Hoja1!$C420</f>
-        <v>123622.23318177511</v>
+        <v>135984.45649995262</v>
       </c>
       <c r="M52" s="263"/>
       <c r="N52" s="28"/>
       <c r="O52" s="29"/>
       <c r="P52" s="59"/>
       <c r="Q52" s="4"/>
       <c r="R52" s="307"/>
       <c r="S52" s="317"/>
       <c r="T52" s="2"/>
       <c r="V52" s="210" t="s">
         <v>700</v>
       </c>
       <c r="W52" s="215" t="s">
         <v>65</v>
       </c>
       <c r="X52" s="240">
         <f>[1]Hoja1!$C443</f>
-        <v>697917.83862370742</v>
+        <v>767709.62248607818</v>
       </c>
       <c r="Y52" s="263"/>
       <c r="Z52" s="63"/>
       <c r="AA52" s="45"/>
       <c r="AB52" s="210" t="s">
         <v>209</v>
       </c>
       <c r="AC52" s="215" t="s">
         <v>65</v>
       </c>
       <c r="AD52" s="240">
         <f>[1]Hoja1!$C432</f>
-        <v>837501.40634844883</v>
+        <v>921251.54698329384</v>
       </c>
       <c r="AE52" s="268"/>
       <c r="AF52" s="204"/>
       <c r="AG52" s="78"/>
       <c r="AJ52" s="17"/>
       <c r="AK52" s="17"/>
       <c r="AL52" s="17"/>
       <c r="AM52" s="17"/>
       <c r="AN52" s="253"/>
       <c r="AO52" s="254"/>
     </row>
     <row r="53" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="145"/>
       <c r="C53" s="3"/>
       <c r="D53" s="39"/>
       <c r="E53" s="39"/>
       <c r="F53" s="332"/>
       <c r="G53" s="333"/>
       <c r="H53" s="311"/>
       <c r="I53" s="329"/>
       <c r="J53" s="209" t="s">
         <v>208</v>
       </c>
       <c r="K53" s="209" t="s">
         <v>69</v>
       </c>
       <c r="L53" s="255">
         <f>[1]Hoja1!$C421</f>
-        <v>151797.51136267951</v>
+        <v>166977.26249894747</v>
       </c>
       <c r="M53" s="262"/>
       <c r="N53" s="28"/>
       <c r="O53" s="29"/>
       <c r="P53" s="59"/>
       <c r="Q53" s="4"/>
       <c r="R53" s="307"/>
       <c r="S53" s="317"/>
       <c r="T53" s="2"/>
       <c r="V53" s="209" t="s">
         <v>701</v>
       </c>
       <c r="W53" s="209" t="s">
         <v>69</v>
       </c>
       <c r="X53" s="255">
         <f>[1]Hoja1!$C444</f>
-        <v>728647.62037596758</v>
+        <v>801512.38241356437</v>
       </c>
       <c r="Y53" s="262"/>
       <c r="Z53" s="63"/>
       <c r="AA53" s="45"/>
       <c r="AB53" s="209" t="s">
         <v>211</v>
       </c>
       <c r="AC53" s="209" t="s">
         <v>69</v>
       </c>
       <c r="AD53" s="255">
         <f>[1]Hoja1!$C433</f>
-        <v>874377.14445116103</v>
+        <v>961814.85889627715</v>
       </c>
       <c r="AE53" s="257"/>
       <c r="AF53" s="204"/>
       <c r="AG53" s="78"/>
       <c r="AJ53" s="17"/>
       <c r="AK53" s="17"/>
       <c r="AL53" s="17"/>
       <c r="AM53" s="17"/>
       <c r="AN53" s="253"/>
       <c r="AO53" s="254"/>
     </row>
     <row r="54" spans="2:41" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B54" s="151"/>
       <c r="C54" s="152"/>
       <c r="D54" s="153"/>
       <c r="E54" s="153"/>
       <c r="F54" s="320"/>
       <c r="G54" s="321"/>
       <c r="H54" s="325"/>
       <c r="I54" s="326"/>
       <c r="J54" s="216" t="s">
         <v>210</v>
       </c>
       <c r="K54" s="218" t="s">
         <v>165</v>
       </c>
       <c r="L54" s="318">
         <f>[1]Hoja1!$C422</f>
-        <v>194325.7581469107</v>
+        <v>213758.33396160178</v>
       </c>
       <c r="M54" s="319"/>
       <c r="N54" s="155"/>
       <c r="O54" s="156"/>
       <c r="P54" s="157"/>
       <c r="Q54" s="154"/>
       <c r="R54" s="327"/>
       <c r="S54" s="328"/>
       <c r="T54" s="158"/>
       <c r="U54" s="159"/>
       <c r="V54" s="160"/>
       <c r="W54" s="161"/>
       <c r="X54" s="158"/>
       <c r="Y54" s="152"/>
       <c r="Z54" s="158"/>
       <c r="AA54" s="152"/>
       <c r="AB54" s="162"/>
       <c r="AC54" s="162"/>
       <c r="AD54" s="158"/>
       <c r="AE54" s="163"/>
       <c r="AF54" s="204"/>
       <c r="AG54" s="78"/>
       <c r="AJ54" s="17"/>
       <c r="AK54" s="17"/>
       <c r="AL54" s="17"/>
@@ -18669,758 +18674,758 @@
         <v>7</v>
       </c>
       <c r="AE58" s="281"/>
       <c r="AF58" s="204"/>
       <c r="AG58" s="78"/>
       <c r="AH58" s="55"/>
       <c r="AI58" s="54"/>
       <c r="AJ58" s="271"/>
       <c r="AK58" s="271"/>
       <c r="AL58" s="271"/>
       <c r="AM58" s="272"/>
       <c r="AN58" s="272"/>
       <c r="AO58" s="272"/>
     </row>
     <row r="59" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="336"/>
       <c r="C59" s="337"/>
       <c r="D59" s="209" t="s">
         <v>816</v>
       </c>
       <c r="E59" s="209" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="255">
         <f>[1]Hoja1!$C226</f>
-        <v>7633.1231625625596</v>
+        <v>7871.6377414741019</v>
       </c>
       <c r="G59" s="262"/>
       <c r="H59" s="269"/>
       <c r="I59" s="270"/>
       <c r="J59" s="209" t="s">
         <v>218</v>
       </c>
       <c r="K59" s="209" t="s">
         <v>13</v>
       </c>
       <c r="L59" s="255">
         <f>[1]Hoja1!$C149</f>
-        <v>7975.7396538506855</v>
+        <v>8773.3136192357542</v>
       </c>
       <c r="M59" s="262"/>
       <c r="N59" s="26"/>
       <c r="O59" s="27"/>
       <c r="P59" s="209" t="s">
         <v>219</v>
       </c>
       <c r="Q59" s="209" t="s">
         <v>13</v>
       </c>
       <c r="R59" s="255">
         <f>[1]Hoja1!$C160</f>
-        <v>8764.0722500869651</v>
+        <v>9640.4794750956626</v>
       </c>
       <c r="S59" s="262"/>
       <c r="V59" s="209" t="s">
         <v>781</v>
       </c>
       <c r="W59" s="209" t="s">
         <v>13</v>
       </c>
       <c r="X59" s="255">
         <f>[1]Hoja1!$C455</f>
         <v>4295.2964405903249</v>
       </c>
       <c r="Y59" s="262"/>
       <c r="Z59" s="129"/>
       <c r="AA59" s="128"/>
       <c r="AB59" s="209" t="s">
         <v>220</v>
       </c>
       <c r="AC59" s="131" t="s">
         <v>705</v>
       </c>
       <c r="AD59" s="255">
         <f>[1]Hoja1!$C$472</f>
-        <v>5365.4199559254848</v>
+        <v>5533.0535129630744</v>
       </c>
       <c r="AE59" s="257"/>
       <c r="AF59" s="204"/>
       <c r="AG59" s="78"/>
       <c r="AI59" s="79"/>
       <c r="AJ59" s="335"/>
       <c r="AK59" s="335"/>
       <c r="AL59" s="335"/>
       <c r="AM59" s="253"/>
       <c r="AN59" s="254"/>
       <c r="AO59" s="254"/>
     </row>
     <row r="60" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="145"/>
       <c r="C60" s="3"/>
       <c r="D60" s="210" t="s">
         <v>817</v>
       </c>
       <c r="E60" s="215" t="s">
         <v>18</v>
       </c>
       <c r="F60" s="240">
         <f>[1]Hoja1!$C227</f>
-        <v>9955.3630894152666</v>
+        <v>10266.501764008006</v>
       </c>
       <c r="G60" s="263"/>
       <c r="H60" s="269"/>
       <c r="I60" s="270"/>
       <c r="J60" s="210" t="s">
         <v>221</v>
       </c>
       <c r="K60" s="215" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="240">
         <f>[1]Hoja1!$C150</f>
-        <v>8880.6150243034244</v>
+        <v>9768.6765267337669</v>
       </c>
       <c r="M60" s="263"/>
       <c r="N60" s="28"/>
       <c r="O60" s="29"/>
       <c r="P60" s="210" t="s">
         <v>222</v>
       </c>
       <c r="Q60" s="215" t="s">
         <v>18</v>
       </c>
       <c r="R60" s="240">
         <f>[1]Hoja1!$C161</f>
-        <v>9757.8844989542959</v>
+        <v>10733.672948849726</v>
       </c>
       <c r="S60" s="263"/>
       <c r="V60" s="210" t="s">
         <v>782</v>
       </c>
       <c r="W60" s="215" t="s">
         <v>18</v>
       </c>
       <c r="X60" s="240">
         <f>[1]Hoja1!$C456</f>
         <v>8116.7376913114958</v>
       </c>
       <c r="Y60" s="263"/>
       <c r="Z60" s="17"/>
       <c r="AA60" s="18"/>
       <c r="AB60" s="210"/>
       <c r="AC60" s="215"/>
       <c r="AD60" s="240"/>
       <c r="AE60" s="268"/>
       <c r="AF60" s="204"/>
       <c r="AG60" s="78"/>
       <c r="AI60" s="80"/>
       <c r="AJ60" s="335"/>
       <c r="AK60" s="335"/>
       <c r="AL60" s="335"/>
       <c r="AM60" s="253"/>
       <c r="AN60" s="254"/>
       <c r="AO60" s="254"/>
     </row>
     <row r="61" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="145"/>
       <c r="C61" s="3"/>
       <c r="D61" s="209" t="s">
         <v>818</v>
       </c>
       <c r="E61" s="209" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="255">
         <f>[1]Hoja1!$C228</f>
-        <v>12605.850079667414</v>
+        <v>12999.796698965853</v>
       </c>
       <c r="G61" s="262"/>
       <c r="H61" s="269"/>
       <c r="I61" s="270"/>
       <c r="J61" s="209" t="s">
         <v>223</v>
       </c>
       <c r="K61" s="209" t="s">
         <v>23</v>
       </c>
       <c r="L61" s="255">
         <f>[1]Hoja1!$C151</f>
-        <v>10091.936699035366</v>
+        <v>11101.130368938904</v>
       </c>
       <c r="M61" s="262"/>
       <c r="N61" s="28"/>
       <c r="O61" s="29"/>
       <c r="P61" s="209" t="s">
         <v>224</v>
       </c>
       <c r="Q61" s="209" t="s">
         <v>23</v>
       </c>
       <c r="R61" s="255">
         <f>[1]Hoja1!$C162</f>
-        <v>12227.81250621483</v>
+        <v>13450.593756836313</v>
       </c>
       <c r="S61" s="262"/>
       <c r="V61" s="209" t="s">
         <v>783</v>
       </c>
       <c r="W61" s="209" t="s">
         <v>23</v>
       </c>
       <c r="X61" s="255">
         <f>[1]Hoja1!$C457</f>
         <v>12054.224274430548</v>
       </c>
       <c r="Y61" s="262"/>
       <c r="Z61" s="17"/>
       <c r="AA61" s="223"/>
       <c r="AB61" s="209" t="s">
         <v>704</v>
       </c>
       <c r="AC61" s="131" t="s">
         <v>706</v>
       </c>
       <c r="AD61" s="255">
         <f>[1]Hoja1!$C$473</f>
-        <v>4807.6499999999996</v>
+        <v>4957.87</v>
       </c>
       <c r="AE61" s="257"/>
       <c r="AF61" s="204"/>
       <c r="AG61" s="78"/>
       <c r="AI61" s="81"/>
       <c r="AJ61" s="335"/>
       <c r="AK61" s="335"/>
       <c r="AL61" s="335"/>
       <c r="AM61" s="253"/>
       <c r="AN61" s="254"/>
       <c r="AO61" s="254"/>
     </row>
     <row r="62" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="145"/>
       <c r="C62" s="3"/>
       <c r="D62" s="210" t="s">
         <v>819</v>
       </c>
       <c r="E62" s="215" t="s">
         <v>29</v>
       </c>
       <c r="F62" s="240">
         <f>[1]Hoja1!$C229</f>
-        <v>23052.557022076202</v>
+        <v>23772.959875520068</v>
       </c>
       <c r="G62" s="263"/>
       <c r="H62" s="269"/>
       <c r="I62" s="270"/>
       <c r="J62" s="210" t="s">
         <v>225</v>
       </c>
       <c r="K62" s="215" t="s">
         <v>29</v>
       </c>
       <c r="L62" s="240">
         <f>[1]Hoja1!$C152</f>
-        <v>11189.775195055334</v>
+        <v>12308.752714560867</v>
       </c>
       <c r="M62" s="263"/>
       <c r="N62" s="28"/>
       <c r="O62" s="29"/>
       <c r="P62" s="210" t="s">
         <v>226</v>
       </c>
       <c r="Q62" s="215" t="s">
         <v>29</v>
       </c>
       <c r="R62" s="240">
         <f>[1]Hoja1!$C163</f>
-        <v>14969.766368329063</v>
+        <v>16466.74300516197</v>
       </c>
       <c r="S62" s="263"/>
       <c r="V62" s="210" t="s">
         <v>784</v>
       </c>
       <c r="W62" s="215" t="s">
         <v>29</v>
       </c>
       <c r="X62" s="240">
         <f>[1]Hoja1!$C458</f>
         <v>15353.748465894885</v>
       </c>
       <c r="Y62" s="263"/>
       <c r="Z62" s="17"/>
       <c r="AA62" s="18"/>
       <c r="AB62" s="210"/>
       <c r="AC62" s="215"/>
       <c r="AD62" s="240"/>
       <c r="AE62" s="268"/>
       <c r="AF62" s="204"/>
       <c r="AG62" s="78"/>
       <c r="AI62" s="81"/>
       <c r="AJ62" s="335"/>
       <c r="AK62" s="335"/>
       <c r="AL62" s="335"/>
       <c r="AM62" s="253"/>
       <c r="AN62" s="254"/>
       <c r="AO62" s="254"/>
     </row>
     <row r="63" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="145"/>
       <c r="C63" s="3"/>
       <c r="D63" s="209" t="s">
         <v>820</v>
       </c>
       <c r="E63" s="209" t="s">
         <v>35</v>
       </c>
       <c r="F63" s="255">
         <f>[1]Hoja1!$C230</f>
-        <v>35822.864921570748</v>
+        <v>36942.360043702931</v>
       </c>
       <c r="G63" s="262"/>
       <c r="H63" s="269"/>
       <c r="I63" s="270"/>
       <c r="J63" s="209" t="s">
         <v>227</v>
       </c>
       <c r="K63" s="209" t="s">
         <v>35</v>
       </c>
       <c r="L63" s="255">
         <f>[1]Hoja1!$C153</f>
-        <v>13906.696003041929</v>
+        <v>15297.365603346123</v>
       </c>
       <c r="M63" s="262"/>
       <c r="N63" s="28"/>
       <c r="O63" s="29"/>
       <c r="P63" s="209" t="s">
         <v>228</v>
       </c>
       <c r="Q63" s="209" t="s">
         <v>35</v>
       </c>
       <c r="R63" s="255">
         <f>[1]Hoja1!$C164</f>
-        <v>21950.233511821636</v>
+        <v>24145.2568630038</v>
       </c>
       <c r="S63" s="262"/>
       <c r="V63" s="209" t="s">
         <v>785</v>
       </c>
       <c r="W63" s="209" t="s">
         <v>35</v>
       </c>
       <c r="X63" s="255">
         <f>[1]Hoja1!$C459</f>
         <v>25064.213647008521</v>
       </c>
       <c r="Y63" s="262"/>
       <c r="Z63" s="271"/>
       <c r="AA63" s="271"/>
       <c r="AB63" s="209" t="s">
         <v>702</v>
       </c>
       <c r="AC63" s="131" t="s">
         <v>708</v>
       </c>
       <c r="AD63" s="255">
         <f>[1]Hoja1!$C$474</f>
-        <v>6975.0459427031301</v>
+        <v>7192.9695668519971</v>
       </c>
       <c r="AE63" s="257"/>
       <c r="AF63" s="204"/>
       <c r="AG63" s="78"/>
       <c r="AH63" s="271"/>
       <c r="AI63" s="271"/>
       <c r="AJ63" s="271"/>
       <c r="AK63" s="271"/>
       <c r="AL63" s="271"/>
       <c r="AM63" s="36"/>
       <c r="AN63" s="272"/>
       <c r="AO63" s="272"/>
     </row>
     <row r="64" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="145"/>
       <c r="C64" s="3"/>
       <c r="D64" s="210" t="s">
         <v>821</v>
       </c>
       <c r="E64" s="215" t="s">
         <v>41</v>
       </c>
       <c r="F64" s="240">
         <f>[1]Hoja1!$C231</f>
-        <v>38894.865362771496</v>
+        <v>40110.313116333848</v>
       </c>
       <c r="G64" s="263"/>
       <c r="H64" s="269"/>
       <c r="I64" s="270"/>
       <c r="J64" s="210" t="s">
         <v>230</v>
       </c>
       <c r="K64" s="215" t="s">
         <v>41</v>
       </c>
       <c r="L64" s="240">
         <f>[1]Hoja1!$C154</f>
-        <v>25626.685191772984</v>
+        <v>28189.353710950283</v>
       </c>
       <c r="M64" s="263"/>
       <c r="N64" s="28"/>
       <c r="O64" s="29"/>
       <c r="P64" s="210" t="s">
         <v>231</v>
       </c>
       <c r="Q64" s="215" t="s">
         <v>41</v>
       </c>
       <c r="R64" s="240">
         <f>[1]Hoja1!$C165</f>
-        <v>35805.403145117503</v>
+        <v>39385.943459629256</v>
       </c>
       <c r="S64" s="263"/>
       <c r="V64" s="210" t="s">
         <v>786</v>
       </c>
       <c r="W64" s="215" t="s">
         <v>41</v>
       </c>
       <c r="X64" s="240">
         <f>[1]Hoja1!$C460</f>
         <v>51705.614942200467</v>
       </c>
       <c r="Y64" s="263"/>
       <c r="Z64" s="17"/>
       <c r="AA64" s="18"/>
       <c r="AB64" s="210"/>
       <c r="AC64" s="215"/>
       <c r="AD64" s="240"/>
       <c r="AE64" s="268"/>
       <c r="AF64" s="204"/>
       <c r="AG64" s="78"/>
       <c r="AI64" s="82"/>
       <c r="AJ64" s="7"/>
       <c r="AK64" s="7"/>
       <c r="AL64" s="7"/>
       <c r="AM64" s="18"/>
       <c r="AN64" s="253"/>
       <c r="AO64" s="254"/>
     </row>
     <row r="65" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="145"/>
       <c r="C65" s="3"/>
       <c r="D65" s="209" t="s">
         <v>822</v>
       </c>
       <c r="E65" s="209" t="s">
         <v>47</v>
       </c>
       <c r="F65" s="255">
         <f>[1]Hoja1!$C232</f>
-        <v>60497.686409413276</v>
+        <v>62388.276791739663</v>
       </c>
       <c r="G65" s="262"/>
       <c r="H65" s="269"/>
       <c r="I65" s="270"/>
       <c r="J65" s="209" t="s">
         <v>233</v>
       </c>
       <c r="K65" s="209" t="s">
         <v>47</v>
       </c>
       <c r="L65" s="255">
         <f>[1]Hoja1!$C155</f>
-        <v>34227.973053768816</v>
+        <v>37650.770359145703</v>
       </c>
       <c r="M65" s="262"/>
       <c r="N65" s="28"/>
       <c r="O65" s="29"/>
       <c r="P65" s="209" t="s">
         <v>234</v>
       </c>
       <c r="Q65" s="209" t="s">
         <v>47</v>
       </c>
       <c r="R65" s="255">
         <f>[1]Hoja1!$C166</f>
-        <v>69149.639851919157</v>
+        <v>76064.603837111077</v>
       </c>
       <c r="S65" s="262"/>
       <c r="V65" s="209" t="s">
         <v>787</v>
       </c>
       <c r="W65" s="209" t="s">
         <v>47</v>
       </c>
       <c r="X65" s="255">
         <f>[1]Hoja1!$C461</f>
         <v>77526.78766046495</v>
       </c>
       <c r="Y65" s="262"/>
       <c r="Z65" s="17"/>
       <c r="AA65" s="18"/>
       <c r="AB65" s="209" t="s">
         <v>703</v>
       </c>
       <c r="AC65" s="131" t="s">
         <v>707</v>
       </c>
       <c r="AD65" s="255">
         <f>[1]Hoja1!$C$475</f>
-        <v>7672.5505369734437</v>
+        <v>7912.2665235371978</v>
       </c>
       <c r="AE65" s="257"/>
       <c r="AF65" s="204"/>
       <c r="AG65" s="78"/>
       <c r="AJ65" s="7"/>
       <c r="AK65" s="7"/>
       <c r="AL65" s="7"/>
       <c r="AM65" s="18"/>
       <c r="AN65" s="253"/>
       <c r="AO65" s="254"/>
     </row>
     <row r="66" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="145"/>
       <c r="C66" s="3"/>
       <c r="D66" s="210" t="s">
         <v>822</v>
       </c>
       <c r="E66" s="215" t="s">
         <v>236</v>
       </c>
       <c r="F66" s="240">
         <f>[1]Hoja1!$C233</f>
-        <v>67039.514041163551</v>
+        <v>69134.473857958248</v>
       </c>
       <c r="G66" s="263"/>
       <c r="H66" s="340"/>
       <c r="I66" s="341"/>
       <c r="J66" s="210" t="s">
         <v>237</v>
       </c>
       <c r="K66" s="215" t="s">
         <v>53</v>
       </c>
       <c r="L66" s="240">
         <f>[1]Hoja1!$C156</f>
-        <v>53198.369153002175</v>
+        <v>58518.206068302396</v>
       </c>
       <c r="M66" s="263"/>
       <c r="N66" s="28"/>
       <c r="O66" s="29"/>
       <c r="P66" s="210" t="s">
         <v>238</v>
       </c>
       <c r="Q66" s="215" t="s">
         <v>53</v>
       </c>
       <c r="R66" s="240">
         <f>[1]Hoja1!$C167</f>
-        <v>154349.63957534384</v>
+        <v>169784.60353287825</v>
       </c>
       <c r="S66" s="263"/>
       <c r="V66" s="210" t="s">
         <v>788</v>
       </c>
       <c r="W66" s="215" t="s">
         <v>53</v>
       </c>
       <c r="X66" s="240">
         <f>[1]Hoja1!$C462</f>
         <v>137838.49005666355</v>
       </c>
       <c r="Y66" s="263"/>
       <c r="Z66" s="17"/>
       <c r="AA66" s="18"/>
       <c r="AB66" s="210"/>
       <c r="AC66" s="215"/>
       <c r="AD66" s="240"/>
       <c r="AE66" s="268"/>
       <c r="AF66" s="204"/>
       <c r="AG66" s="78"/>
       <c r="AJ66" s="7"/>
       <c r="AK66" s="7"/>
       <c r="AL66" s="7"/>
       <c r="AM66" s="18"/>
       <c r="AN66" s="253"/>
       <c r="AO66" s="254"/>
     </row>
     <row r="67" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="145"/>
       <c r="C67" s="3"/>
       <c r="D67" s="209" t="s">
         <v>822</v>
       </c>
       <c r="E67" s="209" t="s">
         <v>240</v>
       </c>
       <c r="F67" s="255">
         <f>[1]Hoja1!$C234</f>
-        <v>249883.72199999998</v>
+        <v>260295.54375000001</v>
       </c>
       <c r="G67" s="262"/>
       <c r="H67" s="340"/>
       <c r="I67" s="341"/>
       <c r="J67" s="209" t="s">
         <v>241</v>
       </c>
       <c r="K67" s="209" t="s">
         <v>59</v>
       </c>
       <c r="L67" s="255">
         <f>[1]Hoja1!$C157</f>
-        <v>259269.42768781737</v>
+        <v>285196.37045659911</v>
       </c>
       <c r="M67" s="262"/>
       <c r="N67" s="28"/>
       <c r="O67" s="29"/>
       <c r="P67" s="209" t="s">
         <v>242</v>
       </c>
       <c r="Q67" s="209" t="s">
         <v>59</v>
       </c>
       <c r="R67" s="255">
         <f>[1]Hoja1!$C168</f>
-        <v>411496.68149070611</v>
+        <v>452646.34963977674</v>
       </c>
       <c r="S67" s="262"/>
       <c r="V67" s="209" t="s">
         <v>789</v>
       </c>
       <c r="W67" s="209" t="s">
         <v>59</v>
       </c>
       <c r="X67" s="255">
         <f>[1]Hoja1!$C463</f>
         <v>0</v>
       </c>
       <c r="Y67" s="262"/>
       <c r="Z67" s="17"/>
       <c r="AA67" s="18"/>
       <c r="AB67" s="209" t="s">
         <v>779</v>
       </c>
       <c r="AC67" s="131" t="s">
         <v>780</v>
       </c>
       <c r="AD67" s="255">
         <f>[1]Hoja1!$C$476</f>
-        <v>8370.0551312437565</v>
+        <v>8631.5634802223958</v>
       </c>
       <c r="AE67" s="257"/>
       <c r="AF67" s="204"/>
       <c r="AG67" s="78"/>
       <c r="AJ67" s="7"/>
       <c r="AK67" s="7"/>
       <c r="AL67" s="7"/>
       <c r="AM67" s="18"/>
       <c r="AN67" s="253"/>
       <c r="AO67" s="254"/>
     </row>
     <row r="68" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="145"/>
       <c r="C68" s="3"/>
       <c r="D68" s="5"/>
       <c r="E68" s="39"/>
       <c r="F68" s="345"/>
       <c r="G68" s="330"/>
       <c r="H68" s="343"/>
       <c r="I68" s="344"/>
       <c r="J68" s="210" t="s">
         <v>243</v>
       </c>
       <c r="K68" s="215" t="s">
         <v>65</v>
       </c>
       <c r="L68" s="240">
         <f>[1]Hoja1!$C158</f>
-        <v>440787.57998041244</v>
+        <v>484866.33797845372</v>
       </c>
       <c r="M68" s="263"/>
       <c r="N68" s="28"/>
       <c r="O68" s="29"/>
       <c r="P68" s="210" t="s">
         <v>244</v>
       </c>
       <c r="Q68" s="215" t="s">
         <v>65</v>
       </c>
       <c r="R68" s="240">
         <f>[1]Hoja1!$C169</f>
-        <v>530583.37029662612</v>
+        <v>583641.7073262888</v>
       </c>
       <c r="S68" s="263"/>
       <c r="V68" s="109"/>
       <c r="W68" s="16"/>
       <c r="X68" s="422"/>
       <c r="Y68" s="423"/>
       <c r="Z68" s="17"/>
       <c r="AA68" s="18"/>
       <c r="AB68" s="210"/>
       <c r="AC68" s="4"/>
       <c r="AD68" s="426"/>
       <c r="AE68" s="427"/>
       <c r="AF68" s="204"/>
       <c r="AG68" s="78"/>
       <c r="AJ68" s="7"/>
       <c r="AK68" s="7"/>
       <c r="AL68" s="7"/>
       <c r="AM68" s="18"/>
       <c r="AN68" s="253"/>
       <c r="AO68" s="254"/>
     </row>
     <row r="69" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="146"/>
       <c r="C69" s="10"/>
       <c r="D69" s="5"/>
       <c r="E69" s="39"/>
       <c r="F69" s="345"/>
       <c r="G69" s="330"/>
       <c r="H69" s="343"/>
       <c r="I69" s="344"/>
       <c r="J69" s="209" t="s">
         <v>246</v>
       </c>
       <c r="K69" s="209" t="s">
         <v>69</v>
       </c>
       <c r="L69" s="255">
         <f>[1]Hoja1!$C159</f>
-        <v>648169.74472516286</v>
+        <v>712986.71919767919</v>
       </c>
       <c r="M69" s="262"/>
       <c r="N69" s="30"/>
       <c r="O69" s="31"/>
       <c r="P69" s="209" t="s">
         <v>247</v>
       </c>
       <c r="Q69" s="209" t="s">
         <v>69</v>
       </c>
       <c r="R69" s="255">
         <f>[1]Hoja1!$C170</f>
-        <v>673517.65904472</v>
+        <v>740869.42494919209</v>
       </c>
       <c r="S69" s="262"/>
       <c r="V69" s="132"/>
       <c r="W69" s="133"/>
       <c r="X69" s="424"/>
       <c r="Y69" s="425"/>
       <c r="Z69" s="447"/>
       <c r="AA69" s="447"/>
       <c r="AB69" s="135"/>
       <c r="AC69" s="136"/>
       <c r="AD69" s="428"/>
       <c r="AE69" s="429"/>
       <c r="AF69" s="204"/>
       <c r="AG69" s="78"/>
       <c r="AJ69" s="7"/>
       <c r="AK69" s="7"/>
       <c r="AL69" s="7"/>
       <c r="AM69" s="18"/>
       <c r="AN69" s="253"/>
       <c r="AO69" s="254"/>
     </row>
     <row r="70" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="342" t="s">
         <v>844</v>
       </c>
@@ -19504,430 +19509,430 @@
     </row>
     <row r="71" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="147"/>
       <c r="C71" s="12"/>
       <c r="D71" s="209" t="s">
         <v>252</v>
       </c>
       <c r="E71" s="209" t="s">
         <v>253</v>
       </c>
       <c r="F71" s="266">
         <f>[1]Hoja1!$C$292</f>
         <v>1347.4539620569935</v>
       </c>
       <c r="G71" s="267"/>
       <c r="H71" s="28"/>
       <c r="I71" s="83"/>
       <c r="J71" s="209" t="s">
         <v>254</v>
       </c>
       <c r="K71" s="209" t="s">
         <v>255</v>
       </c>
       <c r="L71" s="266">
         <f>[1]Hoja1!$C333</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="M71" s="267"/>
       <c r="N71" s="22"/>
       <c r="O71" s="77"/>
       <c r="P71" s="209" t="s">
         <v>317</v>
       </c>
       <c r="Q71" s="209" t="s">
         <v>318</v>
       </c>
       <c r="R71" s="255">
         <f>[1]Hoja1!$C271</f>
         <v>22732.721090505464</v>
       </c>
       <c r="S71" s="262"/>
       <c r="T71" s="22"/>
       <c r="U71" s="77"/>
       <c r="V71" s="209" t="s">
         <v>328</v>
       </c>
       <c r="W71" s="232" t="s">
         <v>275</v>
       </c>
       <c r="X71" s="255">
         <f>[1]Hoja1!$C195</f>
-        <v>74549.814970168693</v>
+        <v>76879.511910035115</v>
       </c>
       <c r="Y71" s="262"/>
       <c r="Z71" s="26"/>
       <c r="AA71" s="32"/>
       <c r="AB71" s="209" t="s">
         <v>232</v>
       </c>
       <c r="AC71" s="130" t="s">
         <v>35</v>
       </c>
       <c r="AD71" s="255">
         <f>[1]Hoja1!$C$465</f>
-        <v>84208.204026139865</v>
+        <v>96839.43463006083</v>
       </c>
       <c r="AE71" s="257"/>
       <c r="AF71" s="204"/>
       <c r="AG71" s="78"/>
       <c r="AI71" s="93"/>
       <c r="AJ71" s="93"/>
       <c r="AK71" s="93"/>
       <c r="AL71" s="17"/>
       <c r="AM71" s="17"/>
       <c r="AN71" s="253"/>
       <c r="AO71" s="254"/>
     </row>
     <row r="72" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="145"/>
       <c r="C72" s="3"/>
       <c r="D72" s="210" t="s">
         <v>260</v>
       </c>
       <c r="E72" s="215" t="s">
         <v>261</v>
       </c>
       <c r="F72" s="240">
         <f>[1]Hoja1!$C$293</f>
         <v>1739.0198531664309</v>
       </c>
       <c r="G72" s="263"/>
       <c r="H72" s="28"/>
       <c r="I72" s="83"/>
       <c r="J72" s="210" t="s">
         <v>264</v>
       </c>
       <c r="K72" s="215" t="s">
         <v>265</v>
       </c>
       <c r="L72" s="240">
         <f>[1]Hoja1!$C334</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="M72" s="263"/>
       <c r="N72" s="38"/>
       <c r="O72" s="42"/>
       <c r="P72" s="210" t="s">
         <v>326</v>
       </c>
       <c r="Q72" s="215" t="s">
         <v>327</v>
       </c>
       <c r="R72" s="240">
         <f>[1]Hoja1!$C272</f>
-        <v>20093.191307279998</v>
+        <v>22732.721090505464</v>
       </c>
       <c r="S72" s="263"/>
       <c r="T72" s="24"/>
       <c r="U72" s="25"/>
       <c r="V72" s="210" t="s">
         <v>337</v>
       </c>
       <c r="W72" s="232" t="s">
         <v>283</v>
       </c>
       <c r="X72" s="240">
         <f>[1]Hoja1!$C196</f>
-        <v>74549.814970168693</v>
+        <v>76879.511910035115</v>
       </c>
       <c r="Y72" s="263"/>
       <c r="Z72" s="28"/>
       <c r="AA72" s="18"/>
       <c r="AB72" s="210"/>
       <c r="AC72" s="137"/>
       <c r="AD72" s="240"/>
       <c r="AE72" s="268"/>
       <c r="AF72" s="204"/>
       <c r="AG72" s="78"/>
       <c r="AI72" s="348"/>
       <c r="AJ72" s="348"/>
       <c r="AK72" s="348"/>
       <c r="AL72" s="18"/>
       <c r="AM72" s="18"/>
       <c r="AN72" s="253"/>
       <c r="AO72" s="253"/>
     </row>
     <row r="73" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="145"/>
       <c r="C73" s="3"/>
       <c r="D73" s="209" t="s">
         <v>262</v>
       </c>
       <c r="E73" s="209" t="s">
         <v>263</v>
       </c>
       <c r="F73" s="266">
         <f>[1]Hoja1!$C$294</f>
         <v>1739.0198531664309</v>
       </c>
       <c r="G73" s="267"/>
       <c r="H73" s="28"/>
       <c r="I73" s="83"/>
       <c r="J73" s="209" t="s">
         <v>272</v>
       </c>
       <c r="K73" s="209" t="s">
         <v>273</v>
       </c>
       <c r="L73" s="266">
         <f>[1]Hoja1!$C335</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="M73" s="267"/>
       <c r="N73" s="24"/>
       <c r="O73" s="25"/>
       <c r="P73" s="209" t="s">
         <v>335</v>
       </c>
       <c r="Q73" s="209" t="s">
         <v>336</v>
       </c>
       <c r="R73" s="255">
         <f>[1]Hoja1!$C273</f>
-        <v>59016.376920344381</v>
+        <v>60860.673172568277</v>
       </c>
       <c r="S73" s="262"/>
       <c r="T73" s="24"/>
       <c r="U73" s="25"/>
       <c r="V73" s="209" t="s">
         <v>346</v>
       </c>
       <c r="W73" s="232" t="s">
         <v>292</v>
       </c>
       <c r="X73" s="255">
         <f>[1]Hoja1!$C197</f>
-        <v>62124.84580847391</v>
+        <v>64066.25992502927</v>
       </c>
       <c r="Y73" s="262"/>
       <c r="Z73" s="28"/>
       <c r="AA73" s="18"/>
       <c r="AB73" s="209" t="s">
         <v>235</v>
       </c>
       <c r="AC73" s="130" t="s">
         <v>41</v>
       </c>
       <c r="AD73" s="255">
         <f>[1]Hoja1!$C$466</f>
-        <v>180596.35874972775</v>
+        <v>207685.81256218688</v>
       </c>
       <c r="AE73" s="257"/>
       <c r="AF73" s="204"/>
       <c r="AG73" s="78"/>
       <c r="AI73" s="7"/>
       <c r="AJ73" s="7"/>
       <c r="AK73" s="7"/>
       <c r="AL73" s="335"/>
       <c r="AM73" s="335"/>
       <c r="AN73" s="253"/>
       <c r="AO73" s="254"/>
     </row>
     <row r="74" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="145"/>
       <c r="C74" s="3"/>
       <c r="D74" s="210" t="s">
         <v>270</v>
       </c>
       <c r="E74" s="215" t="s">
         <v>271</v>
       </c>
       <c r="F74" s="240">
         <f>[1]Hoja1!$C295</f>
         <v>2868.7402248438839</v>
       </c>
       <c r="G74" s="263"/>
       <c r="H74" s="28"/>
       <c r="I74" s="83"/>
       <c r="J74" s="210" t="s">
         <v>280</v>
       </c>
       <c r="K74" s="215" t="s">
         <v>281</v>
       </c>
       <c r="L74" s="240">
         <f>[1]Hoja1!$C336</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="M74" s="263"/>
       <c r="N74" s="24"/>
       <c r="O74" s="25"/>
       <c r="P74" s="210" t="s">
         <v>344</v>
       </c>
       <c r="Q74" s="215" t="s">
         <v>345</v>
       </c>
       <c r="R74" s="240">
         <f>[1]Hoja1!$C274</f>
-        <v>59016.376920344381</v>
+        <v>60860.673172568277</v>
       </c>
       <c r="S74" s="263"/>
       <c r="T74" s="24"/>
       <c r="U74" s="25"/>
       <c r="V74" s="210" t="s">
         <v>354</v>
       </c>
       <c r="W74" s="232" t="s">
         <v>301</v>
       </c>
       <c r="X74" s="240">
         <f>[1]Hoja1!$C198</f>
-        <v>62124.84580847391</v>
+        <v>64066.25992502927</v>
       </c>
       <c r="Y74" s="263"/>
       <c r="Z74" s="28"/>
       <c r="AA74" s="18"/>
       <c r="AB74" s="210"/>
       <c r="AC74" s="137"/>
       <c r="AD74" s="240"/>
       <c r="AE74" s="268"/>
       <c r="AF74" s="204"/>
       <c r="AG74" s="78"/>
       <c r="AI74" s="7"/>
       <c r="AJ74" s="7"/>
       <c r="AK74" s="7"/>
       <c r="AL74" s="335"/>
       <c r="AM74" s="335"/>
       <c r="AN74" s="253"/>
       <c r="AO74" s="254"/>
     </row>
     <row r="75" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="145"/>
       <c r="C75" s="3"/>
       <c r="D75" s="209" t="s">
         <v>278</v>
       </c>
       <c r="E75" s="209" t="s">
         <v>279</v>
       </c>
       <c r="F75" s="266">
         <f>[1]Hoja1!$C296</f>
         <v>2868.7402248438839</v>
       </c>
       <c r="G75" s="267"/>
       <c r="H75" s="28"/>
       <c r="I75" s="83"/>
       <c r="J75" s="209" t="s">
         <v>289</v>
       </c>
       <c r="K75" s="209" t="s">
         <v>290</v>
       </c>
       <c r="L75" s="266">
         <f>[1]Hoja1!$C337</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M75" s="267"/>
       <c r="N75" s="24"/>
       <c r="O75" s="25"/>
       <c r="P75" s="209" t="s">
         <v>352</v>
       </c>
       <c r="Q75" s="209" t="s">
         <v>353</v>
       </c>
       <c r="R75" s="255">
         <f>[1]Hoja1!$C275</f>
-        <v>59016.376920344381</v>
+        <v>60860.673172568277</v>
       </c>
       <c r="S75" s="262"/>
       <c r="T75" s="24"/>
       <c r="U75" s="25"/>
       <c r="V75" s="209" t="s">
         <v>361</v>
       </c>
       <c r="W75" s="232" t="s">
         <v>310</v>
       </c>
       <c r="X75" s="255">
         <f>[1]Hoja1!$C199</f>
         <v>52351.857502397877</v>
       </c>
       <c r="Y75" s="262"/>
       <c r="Z75" s="28"/>
       <c r="AA75" s="18"/>
       <c r="AB75" s="209" t="s">
         <v>239</v>
       </c>
       <c r="AC75" s="130" t="s">
         <v>47</v>
       </c>
       <c r="AD75" s="255">
         <f>[1]Hoja1!$C$467</f>
-        <v>210653.70121128627</v>
+        <v>242251.75639297921</v>
       </c>
       <c r="AE75" s="257"/>
       <c r="AF75" s="204"/>
       <c r="AG75" s="78"/>
       <c r="AI75" s="7"/>
       <c r="AJ75" s="7"/>
       <c r="AK75" s="7"/>
       <c r="AL75" s="335"/>
       <c r="AM75" s="335"/>
       <c r="AN75" s="253"/>
       <c r="AO75" s="254"/>
     </row>
     <row r="76" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="145"/>
       <c r="C76" s="3"/>
       <c r="D76" s="210" t="s">
         <v>287</v>
       </c>
       <c r="E76" s="215" t="s">
         <v>288</v>
       </c>
       <c r="F76" s="240">
         <f>[1]Hoja1!$C297</f>
         <v>2868.7402248438839</v>
       </c>
       <c r="G76" s="263"/>
       <c r="H76" s="28"/>
       <c r="I76" s="83"/>
       <c r="J76" s="210" t="s">
         <v>298</v>
       </c>
       <c r="K76" s="215" t="s">
         <v>299</v>
       </c>
       <c r="L76" s="240">
         <f>[1]Hoja1!$C338</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M76" s="263"/>
       <c r="N76" s="24"/>
       <c r="O76" s="25"/>
       <c r="P76" s="210" t="s">
         <v>359</v>
       </c>
       <c r="Q76" s="215" t="s">
         <v>360</v>
       </c>
       <c r="R76" s="240">
         <f>[1]Hoja1!$C276</f>
-        <v>59016.376920344381</v>
+        <v>60860.673172568277</v>
       </c>
       <c r="S76" s="263"/>
       <c r="T76" s="24"/>
       <c r="U76" s="25"/>
       <c r="V76" s="210" t="s">
         <v>369</v>
       </c>
       <c r="W76" s="232" t="s">
         <v>318</v>
       </c>
       <c r="X76" s="240">
         <f>[1]Hoja1!$C200</f>
         <v>52351.857502397877</v>
       </c>
       <c r="Y76" s="263"/>
       <c r="Z76" s="28"/>
       <c r="AA76" s="18"/>
       <c r="AB76" s="210"/>
       <c r="AC76" s="5"/>
       <c r="AD76" s="240"/>
       <c r="AE76" s="268"/>
       <c r="AF76" s="204"/>
       <c r="AG76" s="78"/>
       <c r="AI76" s="7"/>
       <c r="AJ76" s="7"/>
@@ -19939,499 +19944,499 @@
     </row>
     <row r="77" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="145"/>
       <c r="C77" s="3"/>
       <c r="D77" s="209" t="s">
         <v>296</v>
       </c>
       <c r="E77" s="209" t="s">
         <v>297</v>
       </c>
       <c r="F77" s="266">
         <f>[1]Hoja1!$C298</f>
         <v>3125.2922291339855</v>
       </c>
       <c r="G77" s="267"/>
       <c r="H77" s="28"/>
       <c r="I77" s="83"/>
       <c r="J77" s="209" t="s">
         <v>307</v>
       </c>
       <c r="K77" s="209" t="s">
         <v>308</v>
       </c>
       <c r="L77" s="266">
         <f>[1]Hoja1!$C339</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M77" s="267"/>
       <c r="N77" s="24"/>
       <c r="O77" s="25"/>
       <c r="P77" s="209" t="s">
         <v>367</v>
       </c>
       <c r="Q77" s="209" t="s">
         <v>368</v>
       </c>
       <c r="R77" s="255">
         <f>[1]Hoja1!$C277</f>
-        <v>59016.376920344381</v>
+        <v>60860.673172568277</v>
       </c>
       <c r="S77" s="262"/>
       <c r="T77" s="24"/>
       <c r="U77" s="25"/>
       <c r="V77" s="209" t="s">
         <v>376</v>
       </c>
       <c r="W77" s="232" t="s">
         <v>327</v>
       </c>
       <c r="X77" s="255">
         <f>[1]Hoja1!$C201</f>
-        <v>48008.680443359997</v>
+        <v>53495.986187158305</v>
       </c>
       <c r="Y77" s="262"/>
       <c r="Z77" s="271"/>
       <c r="AA77" s="271"/>
       <c r="AB77" s="209" t="s">
         <v>790</v>
       </c>
       <c r="AC77" s="130" t="s">
         <v>236</v>
       </c>
       <c r="AD77" s="255">
         <f>[1]Hoja1!$C$468</f>
-        <v>337056.3000860092</v>
+        <v>387614.74509891053</v>
       </c>
       <c r="AE77" s="257"/>
       <c r="AF77" s="204"/>
       <c r="AG77" s="78"/>
       <c r="AI77" s="7"/>
       <c r="AJ77" s="7"/>
       <c r="AK77" s="7"/>
       <c r="AL77" s="335"/>
       <c r="AM77" s="335"/>
       <c r="AN77" s="253"/>
       <c r="AO77" s="254"/>
     </row>
     <row r="78" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B78" s="145"/>
       <c r="C78" s="3"/>
       <c r="D78" s="210" t="s">
         <v>305</v>
       </c>
       <c r="E78" s="215" t="s">
         <v>306</v>
       </c>
       <c r="F78" s="240">
         <f>[1]Hoja1!$C299</f>
         <v>3125.2922291339855</v>
       </c>
       <c r="G78" s="263"/>
       <c r="H78" s="28"/>
       <c r="I78" s="83"/>
       <c r="J78" s="210" t="s">
         <v>315</v>
       </c>
       <c r="K78" s="215" t="s">
         <v>316</v>
       </c>
       <c r="L78" s="240">
         <f>[1]Hoja1!$C340</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M78" s="263"/>
       <c r="N78" s="24"/>
       <c r="O78" s="25"/>
       <c r="P78" s="210" t="s">
         <v>374</v>
       </c>
       <c r="Q78" s="215" t="s">
         <v>375</v>
       </c>
       <c r="R78" s="240">
         <f>[1]Hoja1!$C278</f>
-        <v>49180.314100286989</v>
+        <v>40261.60219752659</v>
       </c>
       <c r="S78" s="263"/>
       <c r="T78" s="24"/>
       <c r="U78" s="25"/>
       <c r="V78" s="210" t="s">
         <v>383</v>
       </c>
       <c r="W78" s="232" t="s">
         <v>336</v>
       </c>
       <c r="X78" s="240">
         <f>[1]Hoja1!$C202</f>
-        <v>141599.10693905919</v>
+        <v>146024.04545285625</v>
       </c>
       <c r="Y78" s="263"/>
       <c r="Z78" s="24"/>
       <c r="AA78" s="230"/>
       <c r="AB78" s="210"/>
       <c r="AC78" s="4"/>
       <c r="AD78" s="240"/>
       <c r="AE78" s="268"/>
       <c r="AF78" s="204"/>
       <c r="AG78" s="78"/>
       <c r="AI78" s="7"/>
       <c r="AJ78" s="7"/>
       <c r="AK78" s="7"/>
       <c r="AL78" s="335"/>
       <c r="AM78" s="335"/>
       <c r="AN78" s="253"/>
       <c r="AO78" s="254"/>
     </row>
     <row r="79" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="145"/>
       <c r="C79" s="3"/>
       <c r="D79" s="209" t="s">
         <v>313</v>
       </c>
       <c r="E79" s="209" t="s">
         <v>314</v>
       </c>
       <c r="F79" s="266">
         <f>[1]Hoja1!$C300</f>
         <v>3125.2922291339855</v>
       </c>
       <c r="G79" s="267"/>
       <c r="H79" s="28"/>
       <c r="I79" s="83"/>
       <c r="J79" s="209" t="s">
         <v>324</v>
       </c>
       <c r="K79" s="209" t="s">
         <v>325</v>
       </c>
       <c r="L79" s="266">
         <f>[1]Hoja1!$C341</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M79" s="267"/>
       <c r="N79" s="24"/>
       <c r="O79" s="25"/>
       <c r="P79" s="209" t="s">
         <v>381</v>
       </c>
       <c r="Q79" s="209" t="s">
         <v>382</v>
       </c>
       <c r="R79" s="255">
         <f>[1]Hoja1!$C279</f>
         <v>40261.60219752659</v>
       </c>
       <c r="S79" s="262"/>
       <c r="T79" s="24"/>
       <c r="U79" s="25"/>
       <c r="V79" s="209" t="s">
         <v>390</v>
       </c>
       <c r="W79" s="232" t="s">
         <v>345</v>
       </c>
       <c r="X79" s="255">
         <f>[1]Hoja1!$C203</f>
-        <v>141599.10693905919</v>
+        <v>146024.04545285625</v>
       </c>
       <c r="Y79" s="262"/>
       <c r="Z79" s="24"/>
       <c r="AA79" s="230"/>
       <c r="AB79" s="209" t="s">
         <v>245</v>
       </c>
       <c r="AC79" s="130" t="s">
         <v>59</v>
       </c>
       <c r="AD79" s="255">
         <f>[1]Hoja1!$C$469</f>
-        <v>481646.30841151078</v>
+        <v>553893.25467323733</v>
       </c>
       <c r="AE79" s="257"/>
       <c r="AF79" s="204"/>
       <c r="AG79" s="78"/>
       <c r="AI79" s="7"/>
       <c r="AJ79" s="7"/>
       <c r="AK79" s="7"/>
       <c r="AL79" s="335"/>
       <c r="AM79" s="335"/>
       <c r="AN79" s="253"/>
       <c r="AO79" s="254"/>
     </row>
     <row r="80" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="145"/>
       <c r="C80" s="3"/>
       <c r="D80" s="210" t="s">
         <v>322</v>
       </c>
       <c r="E80" s="215" t="s">
         <v>323</v>
       </c>
       <c r="F80" s="240">
         <f>[1]Hoja1!$C301</f>
         <v>3125.2922291339855</v>
       </c>
       <c r="G80" s="263"/>
       <c r="H80" s="28"/>
       <c r="I80" s="83"/>
       <c r="J80" s="210" t="s">
         <v>333</v>
       </c>
       <c r="K80" s="215" t="s">
         <v>334</v>
       </c>
       <c r="L80" s="240">
         <f>[1]Hoja1!$C342</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M80" s="263"/>
       <c r="N80" s="24"/>
       <c r="O80" s="25"/>
       <c r="P80" s="210" t="s">
         <v>388</v>
       </c>
       <c r="Q80" s="215" t="s">
         <v>389</v>
       </c>
       <c r="R80" s="240">
         <f>[1]Hoja1!$C280</f>
         <v>40261.60219752659</v>
       </c>
       <c r="S80" s="263"/>
       <c r="T80" s="24"/>
       <c r="U80" s="25"/>
       <c r="V80" s="210" t="s">
         <v>395</v>
       </c>
       <c r="W80" s="232" t="s">
         <v>353</v>
       </c>
       <c r="X80" s="240">
         <f>[1]Hoja1!$C204</f>
-        <v>141599.10693905919</v>
+        <v>146024.04545285625</v>
       </c>
       <c r="Y80" s="263"/>
       <c r="Z80" s="24"/>
       <c r="AA80" s="230"/>
       <c r="AB80" s="210"/>
       <c r="AC80" s="137"/>
       <c r="AD80" s="240"/>
       <c r="AE80" s="268"/>
       <c r="AF80" s="204"/>
       <c r="AG80" s="78"/>
       <c r="AI80" s="7"/>
       <c r="AJ80" s="7"/>
       <c r="AK80" s="7"/>
       <c r="AL80" s="335"/>
       <c r="AM80" s="335"/>
       <c r="AN80" s="253"/>
       <c r="AO80" s="254"/>
     </row>
     <row r="81" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81" s="145"/>
       <c r="C81" s="3"/>
       <c r="D81" s="209" t="s">
         <v>331</v>
       </c>
       <c r="E81" s="209" t="s">
         <v>332</v>
       </c>
       <c r="F81" s="266">
         <f>[1]Hoja1!$C302</f>
         <v>5818.0583769788836</v>
       </c>
       <c r="G81" s="267"/>
       <c r="H81" s="28"/>
       <c r="I81" s="83"/>
       <c r="J81" s="209" t="s">
         <v>342</v>
       </c>
       <c r="K81" s="209" t="s">
         <v>343</v>
       </c>
       <c r="L81" s="266">
         <f>[1]Hoja1!$C343</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M81" s="267"/>
       <c r="N81" s="24"/>
       <c r="O81" s="25"/>
       <c r="P81" s="209" t="s">
         <v>393</v>
       </c>
       <c r="Q81" s="209" t="s">
         <v>394</v>
       </c>
       <c r="R81" s="266">
         <f>[1]Hoja1!$C281</f>
-        <v>142836.63606954485</v>
+        <v>214254.95410431729</v>
       </c>
       <c r="S81" s="267"/>
       <c r="T81" s="24"/>
       <c r="U81" s="25"/>
       <c r="V81" s="209" t="s">
         <v>399</v>
       </c>
       <c r="W81" s="232" t="s">
         <v>360</v>
       </c>
       <c r="X81" s="255">
         <f>[1]Hoja1!$C205</f>
-        <v>141599.10693905919</v>
+        <v>146024.04545285625</v>
       </c>
       <c r="Y81" s="262"/>
       <c r="Z81" s="24"/>
       <c r="AA81" s="230"/>
       <c r="AB81" s="209" t="s">
         <v>248</v>
       </c>
       <c r="AC81" s="130" t="s">
         <v>69</v>
       </c>
       <c r="AD81" s="255">
         <f>[1]Hoja1!$C$471</f>
-        <v>620917.29478669656</v>
+        <v>714054.88900470093</v>
       </c>
       <c r="AE81" s="257"/>
       <c r="AF81" s="204"/>
       <c r="AG81" s="78"/>
       <c r="AI81" s="7"/>
       <c r="AJ81" s="7"/>
       <c r="AK81" s="7"/>
       <c r="AL81" s="335"/>
       <c r="AM81" s="335"/>
       <c r="AN81" s="253"/>
       <c r="AO81" s="254"/>
     </row>
     <row r="82" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="145"/>
       <c r="C82" s="3"/>
       <c r="D82" s="210" t="s">
         <v>340</v>
       </c>
       <c r="E82" s="215" t="s">
         <v>341</v>
       </c>
       <c r="F82" s="240">
         <f>[1]Hoja1!$C303</f>
         <v>5818.0583769788836</v>
       </c>
       <c r="G82" s="263"/>
       <c r="H82" s="28"/>
       <c r="I82" s="83"/>
       <c r="J82" s="210" t="s">
         <v>350</v>
       </c>
       <c r="K82" s="215" t="s">
         <v>351</v>
       </c>
       <c r="L82" s="240">
         <f>[1]Hoja1!$C344</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M82" s="263"/>
       <c r="N82" s="24"/>
       <c r="O82" s="25"/>
       <c r="P82" s="210" t="s">
         <v>398</v>
       </c>
       <c r="Q82" s="215" t="s">
         <v>334</v>
       </c>
       <c r="R82" s="240">
         <f>[1]Hoja1!$C287</f>
-        <v>262910.15163662762</v>
+        <v>284819.33093967993</v>
       </c>
       <c r="S82" s="263"/>
       <c r="T82" s="24"/>
       <c r="U82" s="25"/>
       <c r="V82" s="210" t="s">
         <v>405</v>
       </c>
       <c r="W82" s="232" t="s">
         <v>368</v>
       </c>
       <c r="X82" s="240">
         <f>[1]Hoja1!$C206</f>
-        <v>117999.25578254933</v>
+        <v>121686.70454404689</v>
       </c>
       <c r="Y82" s="263"/>
       <c r="Z82" s="24"/>
       <c r="AA82" s="230"/>
       <c r="AB82" s="222"/>
       <c r="AC82" s="18"/>
       <c r="AD82" s="264"/>
       <c r="AE82" s="265"/>
       <c r="AF82" s="204"/>
       <c r="AG82" s="78"/>
       <c r="AI82" s="7"/>
       <c r="AJ82" s="7"/>
       <c r="AK82" s="7"/>
       <c r="AL82" s="335"/>
       <c r="AM82" s="335"/>
       <c r="AN82" s="253"/>
       <c r="AO82" s="254"/>
     </row>
     <row r="83" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B83" s="145"/>
       <c r="C83" s="3"/>
       <c r="D83" s="209" t="s">
         <v>348</v>
       </c>
       <c r="E83" s="209" t="s">
         <v>349</v>
       </c>
       <c r="F83" s="266">
         <f>[1]Hoja1!$C304</f>
         <v>5818.0583769788836</v>
       </c>
       <c r="G83" s="267"/>
       <c r="H83" s="28"/>
       <c r="I83" s="83"/>
       <c r="J83" s="209" t="s">
         <v>324</v>
       </c>
       <c r="K83" s="209" t="s">
         <v>358</v>
       </c>
       <c r="L83" s="266">
         <f>[1]Hoja1!$C345</f>
-        <v>154091.17329147595</v>
+        <v>169500.29062062356</v>
       </c>
       <c r="M83" s="267"/>
       <c r="N83" s="24"/>
       <c r="O83" s="25"/>
       <c r="P83" s="209" t="s">
         <v>403</v>
       </c>
       <c r="Q83" s="209" t="s">
         <v>404</v>
       </c>
       <c r="R83" s="266">
         <f>[1]Hoja1!$C288</f>
-        <v>262910.15163662762</v>
+        <v>284819.33093967993</v>
       </c>
       <c r="S83" s="267"/>
       <c r="T83" s="24"/>
       <c r="U83" s="25"/>
       <c r="V83" s="209" t="s">
         <v>409</v>
       </c>
       <c r="W83" s="232" t="s">
         <v>375</v>
       </c>
       <c r="X83" s="255">
         <f>[1]Hoja1!$C207</f>
         <v>99459.447713265719</v>
       </c>
       <c r="Y83" s="262"/>
       <c r="Z83" s="24"/>
       <c r="AA83" s="230"/>
       <c r="AB83" s="222"/>
       <c r="AC83" s="18"/>
       <c r="AD83" s="264"/>
       <c r="AE83" s="265"/>
       <c r="AF83" s="204"/>
       <c r="AG83" s="78"/>
       <c r="AI83" s="7"/>
       <c r="AJ83" s="7"/>
@@ -20443,77 +20448,77 @@
     </row>
     <row r="84" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B84" s="351"/>
       <c r="C84" s="352"/>
       <c r="D84" s="210" t="s">
         <v>356</v>
       </c>
       <c r="E84" s="215" t="s">
         <v>357</v>
       </c>
       <c r="F84" s="240">
         <f>[1]Hoja1!$C305</f>
         <v>5818.0583769788836</v>
       </c>
       <c r="G84" s="263"/>
       <c r="H84" s="28"/>
       <c r="I84" s="83"/>
       <c r="J84" s="210" t="s">
         <v>365</v>
       </c>
       <c r="K84" s="215" t="s">
         <v>366</v>
       </c>
       <c r="L84" s="240">
         <f>[1]Hoja1!$C346</f>
-        <v>159648.30269902773</v>
+        <v>175613.13296893053</v>
       </c>
       <c r="M84" s="263"/>
       <c r="N84" s="24"/>
       <c r="O84" s="25"/>
       <c r="P84" s="210" t="s">
         <v>408</v>
       </c>
       <c r="Q84" s="215" t="s">
         <v>351</v>
       </c>
       <c r="R84" s="240">
         <f>[1]Hoja1!$C289</f>
-        <v>262910.15163662762</v>
+        <v>284819.33093967993</v>
       </c>
       <c r="S84" s="263"/>
       <c r="T84" s="24"/>
       <c r="U84" s="25"/>
       <c r="V84" s="210" t="s">
         <v>414</v>
       </c>
       <c r="W84" s="232" t="s">
         <v>382</v>
       </c>
       <c r="X84" s="240">
         <f>[1]Hoja1!$C208</f>
-        <v>117999.25578254933</v>
+        <v>99459.447713265719</v>
       </c>
       <c r="Y84" s="263"/>
       <c r="Z84" s="28"/>
       <c r="AA84" s="230"/>
       <c r="AB84" s="17"/>
       <c r="AC84" s="17"/>
       <c r="AD84" s="7"/>
       <c r="AE84" s="166"/>
       <c r="AF84" s="204"/>
       <c r="AG84" s="78"/>
       <c r="AI84" s="7"/>
       <c r="AJ84" s="7"/>
       <c r="AK84" s="7"/>
       <c r="AL84" s="335"/>
       <c r="AM84" s="335"/>
       <c r="AN84" s="253"/>
       <c r="AO84" s="254"/>
     </row>
     <row r="85" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="145"/>
       <c r="C85" s="3"/>
       <c r="D85" s="209" t="s">
         <v>363</v>
       </c>
       <c r="E85" s="209" t="s">
@@ -20526,51 +20531,51 @@
       <c r="G85" s="267"/>
       <c r="H85" s="353" t="s">
         <v>249</v>
       </c>
       <c r="I85" s="354"/>
       <c r="J85" s="40" t="s">
         <v>5</v>
       </c>
       <c r="K85" s="41" t="s">
         <v>6</v>
       </c>
       <c r="L85" s="280" t="s">
         <v>7</v>
       </c>
       <c r="M85" s="297"/>
       <c r="N85" s="89"/>
       <c r="O85" s="90"/>
       <c r="P85" s="209" t="s">
         <v>413</v>
       </c>
       <c r="Q85" s="209" t="s">
         <v>358</v>
       </c>
       <c r="R85" s="266">
         <f>[1]Hoja1!$C290</f>
-        <v>216476.11423777996</v>
+        <v>238123.72566155798</v>
       </c>
       <c r="S85" s="267"/>
       <c r="T85" s="24"/>
       <c r="U85" s="25"/>
       <c r="V85" s="209" t="s">
         <v>418</v>
       </c>
       <c r="W85" s="232" t="s">
         <v>389</v>
       </c>
       <c r="X85" s="255">
         <f>[1]Hoja1!$C209</f>
         <v>99459.447713265719</v>
       </c>
       <c r="Y85" s="262"/>
       <c r="Z85" s="24"/>
       <c r="AA85" s="230"/>
       <c r="AB85" s="17"/>
       <c r="AC85" s="17"/>
       <c r="AD85" s="7"/>
       <c r="AE85" s="166"/>
       <c r="AF85" s="204"/>
       <c r="AG85" s="78"/>
       <c r="AI85" s="7"/>
       <c r="AJ85" s="7"/>
@@ -20595,64 +20600,64 @@
       </c>
       <c r="G86" s="263"/>
       <c r="H86" s="28"/>
       <c r="I86" s="83"/>
       <c r="J86" s="215" t="s">
         <v>412</v>
       </c>
       <c r="K86" s="215" t="s">
         <v>253</v>
       </c>
       <c r="L86" s="240">
         <f>[1]Hoja1!$C$3647</f>
         <v>2066.1377492696593</v>
       </c>
       <c r="M86" s="263"/>
       <c r="N86" s="76"/>
       <c r="O86" s="88"/>
       <c r="P86" s="210" t="s">
         <v>417</v>
       </c>
       <c r="Q86" s="215" t="s">
         <v>366</v>
       </c>
       <c r="R86" s="240">
         <f>[1]Hoja1!$C291</f>
-        <v>219091.79303052303</v>
+        <v>241000.97233357534</v>
       </c>
       <c r="S86" s="263"/>
       <c r="T86" s="24"/>
       <c r="U86" s="25"/>
       <c r="V86" s="210" t="s">
         <v>393</v>
       </c>
       <c r="W86" s="232" t="s">
         <v>394</v>
       </c>
       <c r="X86" s="240">
         <f>[1]Hoja1!$C$212</f>
-        <v>240205.60236444202</v>
+        <v>273834.38669546385</v>
       </c>
       <c r="Y86" s="263"/>
       <c r="Z86" s="24"/>
       <c r="AA86" s="230"/>
       <c r="AB86" s="17"/>
       <c r="AC86" s="17"/>
       <c r="AD86" s="7"/>
       <c r="AE86" s="166"/>
       <c r="AF86" s="204"/>
       <c r="AG86" s="78"/>
       <c r="AI86" s="7"/>
       <c r="AJ86" s="7"/>
       <c r="AK86" s="7"/>
       <c r="AL86" s="335"/>
       <c r="AM86" s="335"/>
       <c r="AN86" s="253"/>
       <c r="AO86" s="254"/>
     </row>
     <row r="87" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B87" s="145"/>
       <c r="C87" s="3"/>
       <c r="D87" s="209" t="s">
         <v>379</v>
       </c>
       <c r="E87" s="209" t="s">
@@ -20678,120 +20683,120 @@
       <c r="M87" s="267"/>
       <c r="N87" s="353" t="s">
         <v>709</v>
       </c>
       <c r="O87" s="354"/>
       <c r="P87" s="40" t="s">
         <v>5</v>
       </c>
       <c r="Q87" s="41" t="s">
         <v>6</v>
       </c>
       <c r="R87" s="280" t="s">
         <v>7</v>
       </c>
       <c r="S87" s="297"/>
       <c r="T87" s="24"/>
       <c r="U87" s="25"/>
       <c r="V87" s="209" t="s">
         <v>398</v>
       </c>
       <c r="W87" s="232" t="s">
         <v>334</v>
       </c>
       <c r="X87" s="255">
         <f>[1]Hoja1!$C217</f>
-        <v>527643.66609684273</v>
+        <v>562819.91050329886</v>
       </c>
       <c r="Y87" s="262"/>
       <c r="Z87" s="24"/>
       <c r="AA87" s="230"/>
       <c r="AB87" s="17"/>
       <c r="AC87" s="17"/>
       <c r="AD87" s="7"/>
       <c r="AE87" s="166"/>
       <c r="AF87" s="204"/>
       <c r="AG87" s="78"/>
       <c r="AI87" s="7"/>
       <c r="AJ87" s="7"/>
       <c r="AK87" s="7"/>
       <c r="AL87" s="335"/>
       <c r="AM87" s="335"/>
       <c r="AN87" s="253"/>
       <c r="AO87" s="254"/>
     </row>
     <row r="88" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B88" s="145"/>
       <c r="C88" s="3"/>
       <c r="D88" s="210" t="s">
         <v>386</v>
       </c>
       <c r="E88" s="215" t="s">
         <v>387</v>
       </c>
       <c r="F88" s="240">
         <f>[1]Hoja1!$C309</f>
-        <v>11916.00289152</v>
+        <v>13420.61604770896</v>
       </c>
       <c r="G88" s="263"/>
       <c r="H88" s="24"/>
       <c r="I88" s="83"/>
       <c r="J88" s="215" t="s">
         <v>420</v>
       </c>
       <c r="K88" s="215" t="s">
         <v>263</v>
       </c>
       <c r="L88" s="240">
         <f>[1]Hoja1!$C247</f>
         <v>2692.6329273114143</v>
       </c>
       <c r="M88" s="263"/>
       <c r="N88" s="84"/>
       <c r="O88" s="85"/>
       <c r="P88" s="210" t="s">
         <v>423</v>
       </c>
       <c r="Q88" s="215" t="s">
         <v>424</v>
       </c>
       <c r="R88" s="255">
         <f>[1]Hoja1!$C171</f>
         <v>4209.3717735546325</v>
       </c>
       <c r="S88" s="262"/>
       <c r="T88" s="24"/>
       <c r="U88" s="25"/>
       <c r="V88" s="210" t="s">
         <v>403</v>
       </c>
       <c r="W88" s="232" t="s">
         <v>404</v>
       </c>
       <c r="X88" s="240">
         <f>[1]Hoja1!$C218</f>
-        <v>527643.66609684273</v>
+        <v>562819.91050329886</v>
       </c>
       <c r="Y88" s="263"/>
       <c r="Z88" s="24"/>
       <c r="AA88" s="230"/>
       <c r="AB88" s="17"/>
       <c r="AC88" s="17"/>
       <c r="AD88" s="7"/>
       <c r="AE88" s="166"/>
       <c r="AF88" s="204"/>
       <c r="AG88" s="78"/>
       <c r="AI88" s="7"/>
       <c r="AJ88" s="7"/>
       <c r="AK88" s="7"/>
       <c r="AL88" s="335"/>
       <c r="AM88" s="335"/>
       <c r="AN88" s="253"/>
       <c r="AO88" s="254"/>
     </row>
     <row r="89" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="145"/>
       <c r="C89" s="3"/>
       <c r="D89" s="209" t="s">
         <v>392</v>
       </c>
       <c r="E89" s="209" t="s">
@@ -20816,51 +20821,51 @@
       </c>
       <c r="M89" s="267"/>
       <c r="N89" s="24"/>
       <c r="O89" s="25"/>
       <c r="P89" s="209" t="s">
         <v>428</v>
       </c>
       <c r="Q89" s="209" t="s">
         <v>429</v>
       </c>
       <c r="R89" s="266">
         <f>[1]Hoja1!$C172</f>
         <v>4209.3717735546325</v>
       </c>
       <c r="S89" s="267"/>
       <c r="T89" s="24"/>
       <c r="U89" s="25"/>
       <c r="V89" s="209" t="s">
         <v>408</v>
       </c>
       <c r="W89" s="232" t="s">
         <v>351</v>
       </c>
       <c r="X89" s="255">
         <f>[1]Hoja1!$C219</f>
-        <v>527643.66609684273</v>
+        <v>562819.91050329886</v>
       </c>
       <c r="Y89" s="262"/>
       <c r="Z89" s="28"/>
       <c r="AA89" s="230"/>
       <c r="AB89" s="17"/>
       <c r="AC89" s="17"/>
       <c r="AD89" s="7"/>
       <c r="AE89" s="166"/>
       <c r="AF89" s="204"/>
       <c r="AG89" s="78"/>
       <c r="AI89" s="7"/>
       <c r="AJ89" s="7"/>
       <c r="AK89" s="7"/>
       <c r="AL89" s="335"/>
       <c r="AM89" s="335"/>
       <c r="AN89" s="253"/>
       <c r="AO89" s="254"/>
     </row>
     <row r="90" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="145"/>
       <c r="C90" s="3"/>
       <c r="D90" s="210" t="s">
         <v>397</v>
       </c>
       <c r="E90" s="215" t="s">
@@ -20885,51 +20890,51 @@
       </c>
       <c r="M90" s="263"/>
       <c r="N90" s="24"/>
       <c r="O90" s="25"/>
       <c r="P90" s="210" t="s">
         <v>432</v>
       </c>
       <c r="Q90" s="215" t="s">
         <v>433</v>
       </c>
       <c r="R90" s="240">
         <f>[1]Hoja1!$C173</f>
         <v>4209.3717735546325</v>
       </c>
       <c r="S90" s="263"/>
       <c r="T90" s="24"/>
       <c r="U90" s="25"/>
       <c r="V90" s="210" t="s">
         <v>413</v>
       </c>
       <c r="W90" s="232" t="s">
         <v>358</v>
       </c>
       <c r="X90" s="240">
         <f>[1]Hoja1!$C220</f>
-        <v>527643.66609684273</v>
+        <v>562819.91050329886</v>
       </c>
       <c r="Y90" s="263"/>
       <c r="Z90" s="24"/>
       <c r="AA90" s="230"/>
       <c r="AB90" s="17"/>
       <c r="AC90" s="17"/>
       <c r="AD90" s="7"/>
       <c r="AE90" s="166"/>
       <c r="AF90" s="204"/>
       <c r="AG90" s="78"/>
       <c r="AI90" s="254"/>
       <c r="AJ90" s="254"/>
       <c r="AK90" s="254"/>
       <c r="AL90" s="335"/>
       <c r="AM90" s="335"/>
       <c r="AN90" s="253"/>
       <c r="AO90" s="254"/>
     </row>
     <row r="91" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="145"/>
       <c r="C91" s="3"/>
       <c r="D91" s="209" t="s">
         <v>401</v>
       </c>
       <c r="E91" s="209" t="s">
@@ -20954,51 +20959,51 @@
       </c>
       <c r="M91" s="267"/>
       <c r="N91" s="24"/>
       <c r="O91" s="25"/>
       <c r="P91" s="209" t="s">
         <v>721</v>
       </c>
       <c r="Q91" s="209" t="s">
         <v>437</v>
       </c>
       <c r="R91" s="266">
         <f>[1]Hoja1!$C174</f>
         <v>3036.1676922332063</v>
       </c>
       <c r="S91" s="267"/>
       <c r="T91" s="24"/>
       <c r="U91" s="25"/>
       <c r="V91" s="209" t="s">
         <v>417</v>
       </c>
       <c r="W91" s="232" t="s">
         <v>366</v>
       </c>
       <c r="X91" s="255">
         <f>X90</f>
-        <v>527643.66609684273</v>
+        <v>562819.91050329886</v>
       </c>
       <c r="Y91" s="262"/>
       <c r="Z91" s="24"/>
       <c r="AA91" s="230"/>
       <c r="AB91" s="17"/>
       <c r="AC91" s="17"/>
       <c r="AD91" s="7"/>
       <c r="AE91" s="166"/>
       <c r="AF91" s="204"/>
       <c r="AG91" s="78"/>
       <c r="AI91" s="254"/>
       <c r="AJ91" s="254"/>
       <c r="AK91" s="254"/>
       <c r="AL91" s="335"/>
       <c r="AM91" s="335"/>
       <c r="AN91" s="253"/>
       <c r="AO91" s="254"/>
     </row>
     <row r="92" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B92" s="145"/>
       <c r="C92" s="3"/>
       <c r="D92" s="210" t="s">
         <v>407</v>
       </c>
       <c r="E92" s="215" t="s">
@@ -21344,64 +21349,64 @@
     </row>
     <row r="97" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="145"/>
       <c r="C97" s="3"/>
       <c r="D97" s="209" t="s">
         <v>426</v>
       </c>
       <c r="E97" s="209" t="s">
         <v>318</v>
       </c>
       <c r="F97" s="266">
         <f>[1]Hoja1!$C318</f>
         <v>20578.401595802767</v>
       </c>
       <c r="G97" s="267"/>
       <c r="H97" s="24"/>
       <c r="I97" s="83"/>
       <c r="J97" s="217" t="s">
         <v>449</v>
       </c>
       <c r="K97" s="209" t="s">
         <v>378</v>
       </c>
       <c r="L97" s="266">
         <f>[1]Hoja1!$C256</f>
-        <v>8066.9746981885573</v>
+        <v>7711.2936482400009</v>
       </c>
       <c r="M97" s="267"/>
       <c r="N97" s="24"/>
       <c r="O97" s="25"/>
       <c r="P97" s="209" t="s">
         <v>715</v>
       </c>
       <c r="Q97" s="209" t="s">
         <v>339</v>
       </c>
       <c r="R97" s="266">
         <f>[1]Hoja1!$C180</f>
-        <v>12447.361690686997</v>
+        <v>12941.355970976465</v>
       </c>
       <c r="S97" s="267"/>
       <c r="T97" s="89"/>
       <c r="U97" s="90"/>
       <c r="V97" s="209" t="s">
         <v>320</v>
       </c>
       <c r="W97" s="124" t="s">
         <v>321</v>
       </c>
       <c r="X97" s="255">
         <f>[1]Hoja1!$C104</f>
         <v>7933.7802179999999</v>
       </c>
       <c r="Y97" s="262"/>
       <c r="Z97" s="94"/>
       <c r="AA97" s="231"/>
       <c r="AB97" s="57"/>
       <c r="AC97" s="57"/>
       <c r="AD97" s="56"/>
       <c r="AE97" s="166"/>
       <c r="AF97" s="204"/>
       <c r="AG97" s="78"/>
       <c r="AH97" s="253"/>
       <c r="AI97" s="254"/>
@@ -21414,64 +21419,64 @@
     </row>
     <row r="98" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="145"/>
       <c r="C98" s="3"/>
       <c r="D98" s="210" t="s">
         <v>326</v>
       </c>
       <c r="E98" s="215" t="s">
         <v>327</v>
       </c>
       <c r="F98" s="240">
         <f>[1]Hoja1!$C319</f>
         <v>20578.401595802767</v>
       </c>
       <c r="G98" s="263"/>
       <c r="H98" s="24"/>
       <c r="I98" s="83"/>
       <c r="J98" s="215" t="s">
         <v>451</v>
       </c>
       <c r="K98" s="215" t="s">
         <v>385</v>
       </c>
       <c r="L98" s="240">
         <f>[1]Hoja1!$C257</f>
-        <v>7961.5857282624002</v>
+        <v>8070.7048731261084</v>
       </c>
       <c r="M98" s="263"/>
       <c r="N98" s="24"/>
       <c r="O98" s="25"/>
       <c r="P98" s="210" t="s">
         <v>716</v>
       </c>
       <c r="Q98" s="215" t="s">
         <v>306</v>
       </c>
       <c r="R98" s="240">
         <f>[1]Hoja1!$C181</f>
-        <v>12549.176303208653</v>
+        <v>12941.355970976465</v>
       </c>
       <c r="S98" s="263"/>
       <c r="T98" s="89"/>
       <c r="U98" s="90"/>
       <c r="V98" s="210" t="s">
         <v>329</v>
       </c>
       <c r="W98" s="198" t="s">
         <v>330</v>
       </c>
       <c r="X98" s="240">
         <f>[1]Hoja1!$C105</f>
         <v>7933.7802179999999</v>
       </c>
       <c r="Y98" s="263"/>
       <c r="Z98" s="94"/>
       <c r="AA98" s="231"/>
       <c r="AB98" s="57"/>
       <c r="AC98" s="57"/>
       <c r="AD98" s="56"/>
       <c r="AE98" s="166"/>
       <c r="AF98" s="204"/>
       <c r="AG98" s="78"/>
       <c r="AH98" s="253"/>
       <c r="AI98" s="254"/>
@@ -21484,51 +21489,51 @@
     </row>
     <row r="99" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="145"/>
       <c r="C99" s="3"/>
       <c r="D99" s="209" t="s">
         <v>434</v>
       </c>
       <c r="E99" s="209" t="s">
         <v>336</v>
       </c>
       <c r="F99" s="266">
         <f>[1]Hoja1!$C320</f>
         <v>49382.497858160212</v>
       </c>
       <c r="G99" s="267"/>
       <c r="H99" s="24"/>
       <c r="I99" s="83"/>
       <c r="J99" s="217" t="s">
         <v>453</v>
       </c>
       <c r="K99" s="209" t="s">
         <v>259</v>
       </c>
       <c r="L99" s="266">
         <f>[1]Hoja1!$C258</f>
-        <v>7711.2936482400009</v>
+        <v>8070.7048731261084</v>
       </c>
       <c r="M99" s="267"/>
       <c r="N99" s="24"/>
       <c r="O99" s="25"/>
       <c r="P99" s="209" t="s">
         <v>717</v>
       </c>
       <c r="Q99" s="209" t="s">
         <v>314</v>
       </c>
       <c r="R99" s="266">
         <f>[1]Hoja1!$C182</f>
         <v>8950.5547626543485</v>
       </c>
       <c r="S99" s="267"/>
       <c r="T99" s="89"/>
       <c r="U99" s="90"/>
       <c r="V99" s="209" t="s">
         <v>338</v>
       </c>
       <c r="W99" s="126" t="s">
         <v>339</v>
       </c>
       <c r="X99" s="255">
         <f>[1]Hoja1!$C106</f>
@@ -21624,121 +21629,121 @@
     </row>
     <row r="101" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="145"/>
       <c r="C101" s="3"/>
       <c r="D101" s="209" t="s">
         <v>441</v>
       </c>
       <c r="E101" s="209" t="s">
         <v>353</v>
       </c>
       <c r="F101" s="266">
         <f>[1]Hoja1!$C322</f>
         <v>49382.497858160212</v>
       </c>
       <c r="G101" s="267"/>
       <c r="H101" s="24"/>
       <c r="I101" s="83"/>
       <c r="J101" s="217" t="s">
         <v>459</v>
       </c>
       <c r="K101" s="209" t="s">
         <v>277</v>
       </c>
       <c r="L101" s="266">
         <f>[1]Hoja1!$C260</f>
-        <v>27608.383664390807</v>
+        <v>28471.176545707654</v>
       </c>
       <c r="M101" s="267"/>
       <c r="N101" s="24"/>
       <c r="O101" s="25"/>
       <c r="P101" s="209" t="s">
         <v>718</v>
       </c>
       <c r="Q101" s="209" t="s">
         <v>371</v>
       </c>
       <c r="R101" s="266">
         <f>[1]Hoja1!$C184</f>
         <v>22852.540196639999</v>
       </c>
       <c r="S101" s="267"/>
       <c r="T101" s="89"/>
       <c r="U101" s="90"/>
       <c r="V101" s="209" t="s">
         <v>355</v>
       </c>
       <c r="W101" s="127" t="s">
         <v>314</v>
       </c>
       <c r="X101" s="255">
         <f>[1]Hoja1!$C108</f>
-        <v>12017.0736</v>
+        <v>13732.2701141947</v>
       </c>
       <c r="Y101" s="262"/>
       <c r="Z101" s="94"/>
       <c r="AA101" s="231"/>
       <c r="AB101" s="57"/>
       <c r="AC101" s="57"/>
       <c r="AD101" s="56"/>
       <c r="AE101" s="166"/>
       <c r="AF101" s="204"/>
       <c r="AG101" s="78"/>
       <c r="AH101" s="253"/>
       <c r="AI101" s="254"/>
       <c r="AJ101" s="254"/>
       <c r="AK101" s="254"/>
       <c r="AL101" s="254"/>
       <c r="AM101" s="254"/>
       <c r="AN101" s="254"/>
       <c r="AO101" s="254"/>
     </row>
     <row r="102" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="145"/>
       <c r="C102" s="3"/>
       <c r="D102" s="210" t="s">
         <v>444</v>
       </c>
       <c r="E102" s="215" t="s">
         <v>360</v>
       </c>
       <c r="F102" s="240">
         <f>[1]Hoja1!$C323</f>
         <v>47235.432733892383</v>
       </c>
       <c r="G102" s="263"/>
       <c r="H102" s="24"/>
       <c r="I102" s="83"/>
       <c r="J102" s="215" t="s">
         <v>282</v>
       </c>
       <c r="K102" s="215" t="s">
         <v>285</v>
       </c>
       <c r="L102" s="240">
         <f>[1]Hoja1!$C261</f>
-        <v>27608.383664390807</v>
+        <v>28471.176545707654</v>
       </c>
       <c r="M102" s="263"/>
       <c r="N102" s="24"/>
       <c r="O102" s="25"/>
       <c r="P102" s="210" t="s">
         <v>719</v>
       </c>
       <c r="Q102" s="215" t="s">
         <v>378</v>
       </c>
       <c r="R102" s="240">
         <f>[1]Hoja1!$C185</f>
         <v>22852.540196639999</v>
       </c>
       <c r="S102" s="263"/>
       <c r="T102" s="89"/>
       <c r="U102" s="90"/>
       <c r="V102" s="210" t="s">
         <v>362</v>
       </c>
       <c r="W102" s="234" t="s">
         <v>323</v>
       </c>
       <c r="X102" s="240">
         <f>[1]Hoja1!$C109</f>
@@ -21764,51 +21769,51 @@
     </row>
     <row r="103" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="145"/>
       <c r="C103" s="3"/>
       <c r="D103" s="209" t="s">
         <v>446</v>
       </c>
       <c r="E103" s="209" t="s">
         <v>368</v>
       </c>
       <c r="F103" s="266">
         <f>[1]Hoja1!$C324</f>
         <v>47235.432733892383</v>
       </c>
       <c r="G103" s="267"/>
       <c r="H103" s="24"/>
       <c r="I103" s="83"/>
       <c r="J103" s="217" t="s">
         <v>463</v>
       </c>
       <c r="K103" s="209" t="s">
         <v>294</v>
       </c>
       <c r="L103" s="266">
         <f>[1]Hoja1!$C262</f>
-        <v>27608.383664390807</v>
+        <v>28471.176545707654</v>
       </c>
       <c r="M103" s="267"/>
       <c r="N103" s="24"/>
       <c r="O103" s="25"/>
       <c r="P103" s="209" t="s">
         <v>720</v>
       </c>
       <c r="Q103" s="209" t="s">
         <v>385</v>
       </c>
       <c r="R103" s="266">
         <f>[1]Hoja1!$C186</f>
         <v>18541.48013429948</v>
       </c>
       <c r="S103" s="267"/>
       <c r="T103" s="89"/>
       <c r="U103" s="90"/>
       <c r="V103" s="209" t="s">
         <v>370</v>
       </c>
       <c r="W103" s="127" t="s">
         <v>371</v>
       </c>
       <c r="X103" s="255">
         <f>[1]Hoja1!$C110</f>
@@ -21834,51 +21839,51 @@
     </row>
     <row r="104" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="145"/>
       <c r="C104" s="3"/>
       <c r="D104" s="210" t="s">
         <v>448</v>
       </c>
       <c r="E104" s="215" t="s">
         <v>375</v>
       </c>
       <c r="F104" s="240">
         <f>[1]Hoja1!$C325</f>
         <v>42941.302485356711</v>
       </c>
       <c r="G104" s="263"/>
       <c r="H104" s="24"/>
       <c r="I104" s="83"/>
       <c r="J104" s="215" t="s">
         <v>465</v>
       </c>
       <c r="K104" s="215" t="s">
         <v>303</v>
       </c>
       <c r="L104" s="240">
         <f>[1]Hoja1!$C263</f>
-        <v>23006.986386992339</v>
+        <v>19872.900000000001</v>
       </c>
       <c r="M104" s="263"/>
       <c r="N104" s="24"/>
       <c r="O104" s="25"/>
       <c r="P104" s="210" t="s">
         <v>258</v>
       </c>
       <c r="Q104" s="215" t="s">
         <v>259</v>
       </c>
       <c r="R104" s="240">
         <f>[1]Hoja1!$C187</f>
         <v>22852.540196639999</v>
       </c>
       <c r="S104" s="263"/>
       <c r="T104" s="89"/>
       <c r="U104" s="90"/>
       <c r="V104" s="210" t="s">
         <v>377</v>
       </c>
       <c r="W104" s="198" t="s">
         <v>378</v>
       </c>
       <c r="X104" s="240">
         <f>[1]Hoja1!$C111</f>
@@ -21904,51 +21909,51 @@
     </row>
     <row r="105" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B105" s="145"/>
       <c r="C105" s="3"/>
       <c r="D105" s="209" t="s">
         <v>450</v>
       </c>
       <c r="E105" s="209" t="s">
         <v>382</v>
       </c>
       <c r="F105" s="266">
         <f>[1]Hoja1!$C326</f>
         <v>42941.302485356711</v>
       </c>
       <c r="G105" s="267"/>
       <c r="H105" s="24"/>
       <c r="I105" s="83"/>
       <c r="J105" s="217" t="s">
         <v>256</v>
       </c>
       <c r="K105" s="209" t="s">
         <v>257</v>
       </c>
       <c r="L105" s="266">
         <f>[1]Hoja1!$C264</f>
-        <v>17451.111058666524</v>
+        <v>20986.84</v>
       </c>
       <c r="M105" s="267"/>
       <c r="N105" s="24"/>
       <c r="O105" s="25"/>
       <c r="P105" s="209" t="s">
         <v>268</v>
       </c>
       <c r="Q105" s="209" t="s">
         <v>269</v>
       </c>
       <c r="R105" s="266">
         <f>[1]Hoja1!$C188</f>
         <v>18541.48013429948</v>
       </c>
       <c r="S105" s="267"/>
       <c r="T105" s="89"/>
       <c r="U105" s="90"/>
       <c r="V105" s="209" t="s">
         <v>384</v>
       </c>
       <c r="W105" s="127" t="s">
         <v>385</v>
       </c>
       <c r="X105" s="266">
         <f>[1]Hoja1!$C112</f>
@@ -21987,382 +21992,382 @@
       </c>
       <c r="G106" s="263"/>
       <c r="H106" s="24"/>
       <c r="I106" s="83"/>
       <c r="J106" s="215" t="s">
         <v>266</v>
       </c>
       <c r="K106" s="215" t="s">
         <v>267</v>
       </c>
       <c r="L106" s="240">
         <f>[1]Hoja1!$C265</f>
         <v>17451.111058666524</v>
       </c>
       <c r="M106" s="263"/>
       <c r="N106" s="24"/>
       <c r="O106" s="25"/>
       <c r="P106" s="210" t="s">
         <v>276</v>
       </c>
       <c r="Q106" s="215" t="s">
         <v>277</v>
       </c>
       <c r="R106" s="240">
         <f>[1]Hoja1!$C189</f>
-        <v>42233.412830139969</v>
+        <v>43553.218173764682</v>
       </c>
       <c r="S106" s="263"/>
       <c r="T106" s="89"/>
       <c r="U106" s="90"/>
       <c r="V106" s="210" t="s">
         <v>391</v>
       </c>
       <c r="W106" s="5" t="s">
         <v>259</v>
       </c>
       <c r="X106" s="240">
         <f>[1]Hoja1!$C113</f>
         <v>20798.668603439994</v>
       </c>
       <c r="Y106" s="263"/>
       <c r="Z106" s="94"/>
       <c r="AA106" s="231"/>
       <c r="AB106" s="57"/>
       <c r="AC106" s="57"/>
       <c r="AD106" s="56"/>
       <c r="AE106" s="166"/>
       <c r="AF106" s="204"/>
       <c r="AG106" s="78"/>
       <c r="AH106" s="253"/>
       <c r="AI106" s="254"/>
       <c r="AJ106" s="254"/>
       <c r="AK106" s="254"/>
       <c r="AL106" s="254"/>
       <c r="AM106" s="254"/>
       <c r="AN106" s="254"/>
       <c r="AO106" s="254"/>
     </row>
     <row r="107" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B107" s="145"/>
       <c r="C107" s="3"/>
       <c r="D107" s="209" t="s">
         <v>454</v>
       </c>
       <c r="E107" s="209" t="s">
         <v>455</v>
       </c>
       <c r="F107" s="266">
         <f>[1]Hoja1!$C328</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="G107" s="267"/>
       <c r="H107" s="24"/>
       <c r="I107" s="83"/>
       <c r="J107" s="217" t="s">
         <v>274</v>
       </c>
       <c r="K107" s="209" t="s">
         <v>275</v>
       </c>
       <c r="L107" s="266">
         <f>[1]Hoja1!$C266</f>
-        <v>68337.330389321301</v>
+        <v>70472.8859175322</v>
       </c>
       <c r="M107" s="267"/>
       <c r="N107" s="24"/>
       <c r="O107" s="25"/>
       <c r="P107" s="209" t="s">
         <v>284</v>
       </c>
       <c r="Q107" s="209" t="s">
         <v>285</v>
       </c>
       <c r="R107" s="266">
         <f>[1]Hoja1!$C190</f>
-        <v>42233.412830139969</v>
+        <v>43553.218173764682</v>
       </c>
       <c r="S107" s="267"/>
       <c r="T107" s="89"/>
       <c r="U107" s="90"/>
       <c r="V107" s="209" t="s">
         <v>396</v>
       </c>
       <c r="W107" s="125" t="s">
         <v>269</v>
       </c>
       <c r="X107" s="266">
         <f>[1]Hoja1!$C114</f>
         <v>20798.668603439994</v>
       </c>
       <c r="Y107" s="267"/>
       <c r="Z107" s="94"/>
       <c r="AA107" s="231"/>
       <c r="AB107" s="57"/>
       <c r="AC107" s="57"/>
       <c r="AD107" s="56"/>
       <c r="AE107" s="166"/>
       <c r="AF107" s="204"/>
       <c r="AG107" s="78"/>
       <c r="AH107" s="253"/>
       <c r="AI107" s="254"/>
       <c r="AJ107" s="254"/>
       <c r="AK107" s="254"/>
       <c r="AL107" s="254"/>
       <c r="AM107" s="254"/>
       <c r="AN107" s="254"/>
       <c r="AO107" s="254"/>
     </row>
     <row r="108" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B108" s="145"/>
       <c r="C108" s="3"/>
       <c r="D108" s="210" t="s">
         <v>457</v>
       </c>
       <c r="E108" s="215" t="s">
         <v>458</v>
       </c>
       <c r="F108" s="240">
         <f>[1]Hoja1!$C329</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="G108" s="263"/>
       <c r="H108" s="24"/>
       <c r="I108" s="83"/>
       <c r="J108" s="215" t="s">
         <v>282</v>
       </c>
       <c r="K108" s="215" t="s">
         <v>283</v>
       </c>
       <c r="L108" s="240">
         <f>[1]Hoja1!$C267</f>
-        <v>68337.330389321301</v>
+        <v>70472.8859175322</v>
       </c>
       <c r="M108" s="263"/>
       <c r="N108" s="86"/>
       <c r="O108" s="87"/>
       <c r="P108" s="210" t="s">
         <v>293</v>
       </c>
       <c r="Q108" s="215" t="s">
         <v>294</v>
       </c>
       <c r="R108" s="240">
         <f>[1]Hoja1!$C191</f>
-        <v>42233.412830139969</v>
+        <v>43553.218173764682</v>
       </c>
       <c r="S108" s="263"/>
       <c r="T108" s="89"/>
       <c r="U108" s="90"/>
       <c r="V108" s="210" t="s">
         <v>400</v>
       </c>
       <c r="W108" s="189" t="s">
         <v>831</v>
       </c>
       <c r="X108" s="240">
         <f>[1]Hoja1!$C$118</f>
         <v>43177.3241806636</v>
       </c>
       <c r="Y108" s="263"/>
       <c r="Z108" s="94"/>
       <c r="AA108" s="231"/>
       <c r="AB108" s="57"/>
       <c r="AC108" s="57"/>
       <c r="AD108" s="56"/>
       <c r="AE108" s="166"/>
       <c r="AF108" s="204"/>
       <c r="AG108" s="78"/>
       <c r="AJ108" s="254"/>
       <c r="AK108" s="254"/>
       <c r="AL108" s="254"/>
       <c r="AM108" s="254"/>
       <c r="AN108" s="254"/>
       <c r="AO108" s="254"/>
     </row>
     <row r="109" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="145"/>
       <c r="C109" s="3"/>
       <c r="D109" s="209" t="s">
         <v>460</v>
       </c>
       <c r="E109" s="209" t="s">
         <v>461</v>
       </c>
       <c r="F109" s="266">
         <f>[1]Hoja1!$C330</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="G109" s="267"/>
       <c r="H109" s="24"/>
       <c r="I109" s="83"/>
       <c r="J109" s="217" t="s">
         <v>291</v>
       </c>
       <c r="K109" s="209" t="s">
         <v>292</v>
       </c>
       <c r="L109" s="266">
         <f>[1]Hoja1!$C268</f>
-        <v>68337.330389321301</v>
+        <v>70472.8859175322</v>
       </c>
       <c r="M109" s="267"/>
       <c r="N109" s="86"/>
       <c r="O109" s="87"/>
       <c r="P109" s="209" t="s">
         <v>302</v>
       </c>
       <c r="Q109" s="209" t="s">
         <v>303</v>
       </c>
       <c r="R109" s="266">
         <f>[1]Hoja1!$C192</f>
-        <v>42233.412830139969</v>
+        <v>43553.218173764682</v>
       </c>
       <c r="S109" s="267"/>
       <c r="T109" s="89"/>
       <c r="U109" s="90"/>
       <c r="V109" s="209" t="s">
         <v>406</v>
       </c>
       <c r="W109" s="199" t="s">
         <v>722</v>
       </c>
       <c r="X109" s="266">
         <f>[1]Hoja1!$C$125</f>
         <v>64195.183424589966</v>
       </c>
       <c r="Y109" s="267"/>
       <c r="Z109" s="94"/>
       <c r="AA109" s="231"/>
       <c r="AB109" s="57"/>
       <c r="AC109" s="57"/>
       <c r="AD109" s="56"/>
       <c r="AE109" s="166"/>
       <c r="AF109" s="204"/>
       <c r="AG109" s="78"/>
       <c r="AJ109" s="254"/>
       <c r="AK109" s="254"/>
       <c r="AL109" s="254"/>
       <c r="AM109" s="254"/>
       <c r="AN109" s="254"/>
       <c r="AO109" s="254"/>
     </row>
     <row r="110" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B110" s="145"/>
       <c r="C110" s="3"/>
       <c r="D110" s="210" t="s">
         <v>462</v>
       </c>
       <c r="E110" s="215" t="s">
         <v>425</v>
       </c>
       <c r="F110" s="240">
         <f>[1]Hoja1!$C331</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="G110" s="263"/>
       <c r="H110" s="24"/>
       <c r="I110" s="83"/>
       <c r="J110" s="215" t="s">
         <v>300</v>
       </c>
       <c r="K110" s="215" t="s">
         <v>301</v>
       </c>
       <c r="L110" s="240">
         <f>[1]Hoja1!$C269</f>
-        <v>29170.340164198886</v>
+        <v>30081.860315631337</v>
       </c>
       <c r="M110" s="263"/>
       <c r="N110" s="86"/>
       <c r="O110" s="87"/>
       <c r="P110" s="210" t="s">
         <v>311</v>
       </c>
       <c r="Q110" s="215" t="s">
         <v>257</v>
       </c>
       <c r="R110" s="240">
         <f>[1]Hoja1!$C193</f>
-        <v>43711.491663234621</v>
+        <v>45077.452646166174</v>
       </c>
       <c r="S110" s="263"/>
       <c r="T110" s="89"/>
       <c r="U110" s="90"/>
       <c r="V110" s="210" t="s">
         <v>410</v>
       </c>
       <c r="W110" s="189" t="s">
         <v>723</v>
       </c>
       <c r="X110" s="240">
         <f>[1]Hoja1!$C$131</f>
         <v>110072.80583710698</v>
       </c>
       <c r="Y110" s="263"/>
       <c r="Z110" s="94"/>
       <c r="AA110" s="231"/>
       <c r="AB110" s="57"/>
       <c r="AC110" s="57"/>
       <c r="AD110" s="56"/>
       <c r="AE110" s="166"/>
       <c r="AF110" s="204"/>
       <c r="AG110" s="78"/>
       <c r="AJ110" s="254"/>
       <c r="AK110" s="254"/>
       <c r="AL110" s="254"/>
       <c r="AM110" s="254"/>
       <c r="AN110" s="254"/>
       <c r="AO110" s="254"/>
     </row>
     <row r="111" spans="2:41" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B111" s="151"/>
       <c r="C111" s="152"/>
       <c r="D111" s="214" t="s">
         <v>464</v>
       </c>
       <c r="E111" s="214" t="s">
         <v>430</v>
       </c>
       <c r="F111" s="363">
         <f>[1]Hoja1!$C332</f>
-        <v>148863.08264628338</v>
+        <v>163749.39091091172</v>
       </c>
       <c r="G111" s="364"/>
       <c r="H111" s="170"/>
       <c r="I111" s="171"/>
       <c r="J111" s="216" t="s">
         <v>309</v>
       </c>
       <c r="K111" s="214" t="s">
         <v>310</v>
       </c>
       <c r="L111" s="363">
         <f>[1]Hoja1!$C270</f>
-        <v>29170.340164198886</v>
+        <v>30081.860315631337</v>
       </c>
       <c r="M111" s="364"/>
       <c r="N111" s="172"/>
       <c r="O111" s="173"/>
       <c r="P111" s="214" t="s">
         <v>319</v>
       </c>
       <c r="Q111" s="214" t="s">
         <v>267</v>
       </c>
       <c r="R111" s="363">
         <f>[1]Hoja1!$C194</f>
         <v>35592.478692246899</v>
       </c>
       <c r="S111" s="364"/>
       <c r="T111" s="174"/>
       <c r="U111" s="175"/>
       <c r="V111" s="169"/>
       <c r="W111" s="176"/>
       <c r="X111" s="365"/>
       <c r="Y111" s="366"/>
       <c r="Z111" s="158"/>
       <c r="AA111" s="159"/>
       <c r="AB111" s="177"/>
       <c r="AC111" s="177"/>
@@ -23153,100 +23158,100 @@
       </c>
       <c r="K124" s="92" t="s">
         <v>59</v>
       </c>
       <c r="L124" s="242">
         <f>[1]Hoja1!$C503</f>
         <v>199097.60564833353</v>
       </c>
       <c r="M124" s="243"/>
       <c r="N124" s="28"/>
       <c r="O124" s="29"/>
       <c r="P124" s="120"/>
       <c r="Q124" s="20"/>
       <c r="R124" s="374"/>
       <c r="S124" s="374"/>
       <c r="T124" s="2"/>
       <c r="U124" s="3"/>
       <c r="V124" s="211" t="s">
         <v>732</v>
       </c>
       <c r="W124" s="92" t="s">
         <v>59</v>
       </c>
       <c r="X124" s="242">
         <f>[1]Hoja1!$C512</f>
-        <v>168826.91789702052</v>
+        <v>174102.77251252186</v>
       </c>
       <c r="Y124" s="243"/>
       <c r="Z124" s="30"/>
       <c r="AA124" s="34"/>
       <c r="AB124" s="211" t="s">
         <v>502</v>
       </c>
       <c r="AC124" s="202" t="s">
         <v>59</v>
       </c>
       <c r="AD124" s="242">
         <f>[1]Hoja1!$C521</f>
         <v>165866.78883955715</v>
       </c>
       <c r="AE124" s="370"/>
       <c r="AF124" s="204"/>
       <c r="AG124" s="78"/>
       <c r="AJ124" s="17"/>
       <c r="AK124" s="17"/>
       <c r="AL124" s="17"/>
       <c r="AM124" s="15"/>
       <c r="AN124" s="369"/>
       <c r="AO124" s="369"/>
     </row>
     <row r="125" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B125" s="145"/>
       <c r="C125" s="3"/>
       <c r="D125" s="212" t="s">
         <v>503</v>
       </c>
       <c r="E125" s="215" t="s">
         <v>69</v>
       </c>
       <c r="F125" s="240">
         <f>[1]Hoja1!$C$3652</f>
-        <v>889505.72926338133</v>
+        <v>1008943.5883430567</v>
       </c>
       <c r="G125" s="241"/>
       <c r="H125" s="97"/>
       <c r="I125" s="98"/>
       <c r="J125" s="212" t="s">
         <v>724</v>
       </c>
       <c r="K125" s="5" t="s">
         <v>69</v>
       </c>
       <c r="L125" s="240">
         <f>[1]Hoja1!$C$3654</f>
-        <v>889505.72926338133</v>
+        <v>1008943.5883430567</v>
       </c>
       <c r="M125" s="241"/>
       <c r="N125" s="30"/>
       <c r="O125" s="31"/>
       <c r="P125" s="99"/>
       <c r="Q125" s="4"/>
       <c r="R125" s="258"/>
       <c r="S125" s="258"/>
       <c r="T125" s="9"/>
       <c r="U125" s="10"/>
       <c r="V125" s="212"/>
       <c r="W125" s="16"/>
       <c r="X125" s="345"/>
       <c r="Y125" s="331"/>
       <c r="Z125" s="345"/>
       <c r="AA125" s="331"/>
       <c r="AB125" s="66"/>
       <c r="AC125" s="66"/>
       <c r="AD125" s="367"/>
       <c r="AE125" s="368"/>
       <c r="AF125" s="204"/>
       <c r="AG125" s="78"/>
       <c r="AJ125" s="380"/>
       <c r="AK125" s="380"/>
       <c r="AL125" s="380"/>
@@ -23348,77 +23353,77 @@
       <c r="F127" s="242"/>
       <c r="G127" s="243"/>
       <c r="H127" s="371"/>
       <c r="I127" s="372"/>
       <c r="J127" s="211" t="s">
         <v>504</v>
       </c>
       <c r="K127" s="220" t="s">
         <v>13</v>
       </c>
       <c r="L127" s="242">
         <f>[1]Hoja1!$C522</f>
         <v>1778.7810585447246</v>
       </c>
       <c r="M127" s="243"/>
       <c r="N127" s="26"/>
       <c r="O127" s="27"/>
       <c r="P127" s="211" t="s">
         <v>505</v>
       </c>
       <c r="Q127" s="220" t="s">
         <v>13</v>
       </c>
       <c r="R127" s="242">
         <f>[1]Hoja1!$C533</f>
-        <v>3261.3392750400008</v>
+        <v>2489.3896318815932</v>
       </c>
       <c r="S127" s="243"/>
       <c r="T127" s="11"/>
       <c r="U127" s="12"/>
       <c r="V127" s="211" t="s">
         <v>535</v>
       </c>
       <c r="W127" s="220" t="s">
         <v>13</v>
       </c>
       <c r="X127" s="242">
         <f>[1]Hoja1!$C569</f>
         <v>2489.3896318815932</v>
       </c>
       <c r="Y127" s="243"/>
       <c r="Z127" s="26"/>
       <c r="AA127" s="32"/>
       <c r="AB127" s="211" t="s">
         <v>506</v>
       </c>
       <c r="AC127" s="220" t="s">
         <v>13</v>
       </c>
       <c r="AD127" s="242">
         <f>[1]Hoja1!$C742</f>
-        <v>2339.6924073599998</v>
+        <v>2010.9024665405341</v>
       </c>
       <c r="AE127" s="370"/>
       <c r="AF127" s="204"/>
       <c r="AG127" s="78"/>
       <c r="AJ127" s="17"/>
       <c r="AK127" s="17"/>
       <c r="AL127" s="17"/>
       <c r="AM127" s="18"/>
       <c r="AN127" s="369"/>
       <c r="AO127" s="369"/>
     </row>
     <row r="128" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B128" s="145"/>
       <c r="C128" s="3"/>
       <c r="D128" s="212" t="s">
         <v>804</v>
       </c>
       <c r="E128" s="215" t="s">
         <v>18</v>
       </c>
       <c r="F128" s="240"/>
       <c r="G128" s="241"/>
       <c r="H128" s="371"/>
       <c r="I128" s="372"/>
       <c r="J128" s="212" t="s">
@@ -23433,64 +23438,64 @@
       </c>
       <c r="M128" s="241"/>
       <c r="N128" s="28"/>
       <c r="O128" s="29"/>
       <c r="P128" s="212" t="s">
         <v>508</v>
       </c>
       <c r="Q128" s="215" t="s">
         <v>18</v>
       </c>
       <c r="R128" s="240">
         <f>[1]Hoja1!$C534</f>
         <v>2655.238948335797</v>
       </c>
       <c r="S128" s="241"/>
       <c r="T128" s="2"/>
       <c r="U128" s="3"/>
       <c r="V128" s="212" t="s">
         <v>538</v>
       </c>
       <c r="W128" s="215" t="s">
         <v>18</v>
       </c>
       <c r="X128" s="240">
         <f>[1]Hoja1!$C570</f>
-        <v>4800.1751582400002</v>
+        <v>3541.5961485380631</v>
       </c>
       <c r="Y128" s="241"/>
       <c r="Z128" s="28"/>
       <c r="AA128" s="43"/>
       <c r="AB128" s="212" t="s">
         <v>509</v>
       </c>
       <c r="AC128" s="215" t="s">
         <v>18</v>
       </c>
       <c r="AD128" s="240">
         <f>[1]Hoja1!$C743</f>
-        <v>3042.9238593600003</v>
+        <v>2244.4073185379079</v>
       </c>
       <c r="AE128" s="268"/>
       <c r="AF128" s="204"/>
       <c r="AG128" s="78"/>
       <c r="AJ128" s="17"/>
       <c r="AK128" s="17"/>
       <c r="AL128" s="17"/>
       <c r="AM128" s="57"/>
       <c r="AN128" s="369"/>
       <c r="AO128" s="369"/>
     </row>
     <row r="129" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B129" s="145"/>
       <c r="C129" s="3"/>
       <c r="D129" s="211" t="s">
         <v>805</v>
       </c>
       <c r="E129" s="220" t="s">
         <v>23</v>
       </c>
       <c r="F129" s="242"/>
       <c r="G129" s="243"/>
       <c r="H129" s="371"/>
       <c r="I129" s="372"/>
       <c r="J129" s="211" t="s">
@@ -23577,51 +23582,51 @@
       </c>
       <c r="M130" s="241"/>
       <c r="N130" s="28"/>
       <c r="O130" s="29"/>
       <c r="P130" s="212" t="s">
         <v>514</v>
       </c>
       <c r="Q130" s="215" t="s">
         <v>29</v>
       </c>
       <c r="R130" s="240">
         <f>[1]Hoja1!$C536</f>
         <v>10247.323252320002</v>
       </c>
       <c r="S130" s="241"/>
       <c r="T130" s="2"/>
       <c r="U130" s="3"/>
       <c r="V130" s="212" t="s">
         <v>545</v>
       </c>
       <c r="W130" s="215" t="s">
         <v>29</v>
       </c>
       <c r="X130" s="240">
         <f>[1]Hoja1!$C572</f>
-        <v>8660.882084193463</v>
+        <v>11129.258226240001</v>
       </c>
       <c r="Y130" s="241"/>
       <c r="Z130" s="28"/>
       <c r="AA130" s="43"/>
       <c r="AB130" s="212" t="s">
         <v>515</v>
       </c>
       <c r="AC130" s="215" t="s">
         <v>29</v>
       </c>
       <c r="AD130" s="240">
         <f>[1]Hoja1!$C745</f>
         <v>5487.958390472284</v>
       </c>
       <c r="AE130" s="268"/>
       <c r="AF130" s="204"/>
       <c r="AG130" s="78"/>
       <c r="AJ130" s="17"/>
       <c r="AK130" s="17"/>
       <c r="AL130" s="17"/>
       <c r="AM130" s="18"/>
       <c r="AN130" s="369"/>
       <c r="AO130" s="369"/>
     </row>
     <row r="131" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
@@ -23734,123 +23739,123 @@
       </c>
       <c r="S132" s="241"/>
       <c r="T132" s="2"/>
       <c r="U132" s="3"/>
       <c r="V132" s="212" t="s">
         <v>551</v>
       </c>
       <c r="W132" s="215" t="s">
         <v>41</v>
       </c>
       <c r="X132" s="240">
         <f>[1]Hoja1!$C574</f>
         <v>17412.89726102331</v>
       </c>
       <c r="Y132" s="241"/>
       <c r="Z132" s="28"/>
       <c r="AA132" s="43"/>
       <c r="AB132" s="212" t="s">
         <v>521</v>
       </c>
       <c r="AC132" s="215" t="s">
         <v>41</v>
       </c>
       <c r="AD132" s="240">
         <f>[1]Hoja1!$C747</f>
-        <v>14872.104213120001</v>
+        <v>12024.649315997107</v>
       </c>
       <c r="AE132" s="268"/>
       <c r="AF132" s="204"/>
       <c r="AG132" s="78"/>
       <c r="AJ132" s="17"/>
       <c r="AK132" s="17"/>
       <c r="AL132" s="17"/>
       <c r="AM132" s="17"/>
       <c r="AN132" s="369"/>
       <c r="AO132" s="369"/>
     </row>
     <row r="133" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B133" s="145"/>
       <c r="C133" s="3"/>
       <c r="D133" s="211" t="s">
         <v>809</v>
       </c>
       <c r="E133" s="220" t="s">
         <v>47</v>
       </c>
       <c r="F133" s="242"/>
       <c r="G133" s="243"/>
       <c r="H133" s="371"/>
       <c r="I133" s="372"/>
       <c r="J133" s="211" t="s">
         <v>522</v>
       </c>
       <c r="K133" s="220" t="s">
         <v>47</v>
       </c>
       <c r="L133" s="242">
         <f>[1]Hoja1!$C528</f>
-        <v>34099.279441920007</v>
+        <v>26769.815641737157</v>
       </c>
       <c r="M133" s="243"/>
       <c r="N133" s="28"/>
       <c r="O133" s="29"/>
       <c r="P133" s="211" t="s">
         <v>523</v>
       </c>
       <c r="Q133" s="220" t="s">
         <v>47</v>
       </c>
       <c r="R133" s="242">
         <f>[1]Hoja1!$C539</f>
         <v>34346.948686038479</v>
       </c>
       <c r="S133" s="243"/>
       <c r="T133" s="2"/>
       <c r="U133" s="3"/>
       <c r="V133" s="211" t="s">
         <v>555</v>
       </c>
       <c r="W133" s="220" t="s">
         <v>47</v>
       </c>
       <c r="X133" s="242">
         <f>[1]Hoja1!$C575</f>
         <v>34137.095602601199</v>
       </c>
       <c r="Y133" s="243"/>
       <c r="Z133" s="28"/>
       <c r="AA133" s="43"/>
       <c r="AB133" s="211" t="s">
         <v>524</v>
       </c>
       <c r="AC133" s="220" t="s">
         <v>47</v>
       </c>
       <c r="AD133" s="242">
         <f>[1]Hoja1!$C748</f>
-        <v>29383.492057920001</v>
+        <v>25143.151936964452</v>
       </c>
       <c r="AE133" s="370"/>
       <c r="AF133" s="204"/>
       <c r="AG133" s="78"/>
       <c r="AJ133" s="17"/>
       <c r="AK133" s="17"/>
       <c r="AL133" s="17"/>
       <c r="AM133" s="18"/>
       <c r="AN133" s="369"/>
       <c r="AO133" s="369"/>
     </row>
     <row r="134" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B134" s="145"/>
       <c r="C134" s="3"/>
       <c r="D134" s="212" t="s">
         <v>810</v>
       </c>
       <c r="E134" s="215" t="s">
         <v>53</v>
       </c>
       <c r="F134" s="240"/>
       <c r="G134" s="241"/>
       <c r="H134" s="371"/>
       <c r="I134" s="372"/>
       <c r="J134" s="212" t="s">
@@ -23911,51 +23916,51 @@
       <c r="AM134" s="17"/>
       <c r="AN134" s="369"/>
       <c r="AO134" s="369"/>
     </row>
     <row r="135" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B135" s="145"/>
       <c r="C135" s="3"/>
       <c r="D135" s="211" t="s">
         <v>811</v>
       </c>
       <c r="E135" s="220" t="s">
         <v>59</v>
       </c>
       <c r="F135" s="242"/>
       <c r="G135" s="243"/>
       <c r="H135" s="384"/>
       <c r="I135" s="385"/>
       <c r="J135" s="211" t="s">
         <v>528</v>
       </c>
       <c r="K135" s="220" t="s">
         <v>59</v>
       </c>
       <c r="L135" s="242">
         <f>[1]Hoja1!$C530</f>
-        <v>95189.409342720013</v>
+        <v>68833.164068234459</v>
       </c>
       <c r="M135" s="243"/>
       <c r="N135" s="28"/>
       <c r="O135" s="29"/>
       <c r="P135" s="211" t="s">
         <v>529</v>
       </c>
       <c r="Q135" s="220" t="s">
         <v>59</v>
       </c>
       <c r="R135" s="242">
         <f>[1]Hoja1!$C541</f>
         <v>94343.133620280365</v>
       </c>
       <c r="S135" s="243"/>
       <c r="T135" s="2"/>
       <c r="U135" s="3"/>
       <c r="V135" s="211" t="s">
         <v>563</v>
       </c>
       <c r="W135" s="220" t="s">
         <v>59</v>
       </c>
       <c r="X135" s="242">
         <f>[1]Hoja1!$C577</f>
@@ -23983,128 +23988,128 @@
       <c r="AM135" s="17"/>
       <c r="AN135" s="369"/>
       <c r="AO135" s="369"/>
     </row>
     <row r="136" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B136" s="145"/>
       <c r="C136" s="3"/>
       <c r="D136" s="212" t="s">
         <v>812</v>
       </c>
       <c r="E136" s="215" t="s">
         <v>834</v>
       </c>
       <c r="F136" s="240"/>
       <c r="G136" s="241"/>
       <c r="H136" s="343"/>
       <c r="I136" s="344"/>
       <c r="J136" s="212" t="s">
         <v>531</v>
       </c>
       <c r="K136" s="215" t="s">
         <v>69</v>
       </c>
       <c r="L136" s="240">
         <f>[1]Hoja1!$C$532</f>
-        <v>327733.29909743305</v>
+        <v>300422.19083931367</v>
       </c>
       <c r="M136" s="241"/>
       <c r="N136" s="28"/>
       <c r="O136" s="29"/>
       <c r="P136" s="27"/>
       <c r="Q136" s="190"/>
       <c r="R136" s="383"/>
       <c r="S136" s="383"/>
       <c r="T136" s="2"/>
       <c r="U136" s="3"/>
       <c r="V136" s="212" t="s">
         <v>567</v>
       </c>
       <c r="W136" s="215" t="s">
         <v>65</v>
       </c>
       <c r="X136" s="240">
         <f>[1]Hoja1!$C579</f>
         <v>0</v>
       </c>
       <c r="Y136" s="241"/>
       <c r="Z136" s="28"/>
       <c r="AA136" s="43"/>
       <c r="AB136" s="212" t="s">
         <v>532</v>
       </c>
       <c r="AC136" s="215" t="s">
         <v>69</v>
       </c>
       <c r="AD136" s="240">
         <f>[1]Hoja1!$C751</f>
-        <v>177785.36599922943</v>
+        <v>162969.91883262701</v>
       </c>
       <c r="AE136" s="268"/>
       <c r="AF136" s="204"/>
       <c r="AG136" s="78"/>
       <c r="AJ136" s="17"/>
       <c r="AK136" s="17"/>
       <c r="AL136" s="17"/>
       <c r="AM136" s="17"/>
       <c r="AN136" s="369"/>
       <c r="AO136" s="369"/>
     </row>
     <row r="137" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B137" s="145"/>
       <c r="C137" s="3"/>
       <c r="D137" s="211" t="s">
         <v>813</v>
       </c>
       <c r="E137" s="220" t="s">
         <v>791</v>
       </c>
       <c r="F137" s="242"/>
       <c r="G137" s="243"/>
       <c r="H137" s="377"/>
       <c r="I137" s="378"/>
       <c r="J137" s="123"/>
       <c r="K137" s="220"/>
       <c r="L137" s="431"/>
       <c r="M137" s="432"/>
       <c r="N137" s="30"/>
       <c r="O137" s="31"/>
       <c r="P137" s="118"/>
       <c r="Q137" s="119"/>
       <c r="R137" s="379"/>
       <c r="S137" s="379"/>
       <c r="T137" s="9"/>
       <c r="U137" s="10"/>
       <c r="V137" s="211" t="s">
         <v>571</v>
       </c>
       <c r="W137" s="220" t="s">
         <v>69</v>
       </c>
       <c r="X137" s="242">
         <f>[1]Hoja1!$C$578</f>
-        <v>435962.4538346125</v>
+        <v>356251.23908854951</v>
       </c>
       <c r="Y137" s="243"/>
       <c r="Z137" s="30"/>
       <c r="AA137" s="49"/>
       <c r="AB137" s="116"/>
       <c r="AC137" s="117"/>
       <c r="AD137" s="452"/>
       <c r="AE137" s="453"/>
       <c r="AF137" s="204"/>
       <c r="AG137" s="78"/>
       <c r="AJ137" s="380"/>
       <c r="AK137" s="380"/>
       <c r="AL137" s="380"/>
       <c r="AM137" s="17"/>
       <c r="AN137" s="264"/>
       <c r="AO137" s="264"/>
     </row>
     <row r="138" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B138" s="375" t="s">
         <v>845</v>
       </c>
       <c r="C138" s="376"/>
       <c r="D138" s="107" t="s">
         <v>5</v>
       </c>
@@ -24212,139 +24217,139 @@
       </c>
       <c r="M139" s="243"/>
       <c r="N139" s="26"/>
       <c r="O139" s="27"/>
       <c r="P139" s="211" t="s">
         <v>535</v>
       </c>
       <c r="Q139" s="220" t="s">
         <v>13</v>
       </c>
       <c r="R139" s="242">
         <f>[1]Hoja1!$C774</f>
         <v>1298.9309446687917</v>
       </c>
       <c r="S139" s="243"/>
       <c r="T139" s="11"/>
       <c r="U139" s="12"/>
       <c r="V139" s="211" t="s">
         <v>733</v>
       </c>
       <c r="W139" s="220" t="s">
         <v>13</v>
       </c>
       <c r="X139" s="242">
         <f>[1]Hoja1!$C639</f>
-        <v>4347.8160739830455</v>
+        <v>7215.7047411748154</v>
       </c>
       <c r="Y139" s="243"/>
       <c r="Z139" s="389"/>
       <c r="AA139" s="390"/>
       <c r="AB139" s="211" t="s">
         <v>536</v>
       </c>
       <c r="AC139" s="220" t="s">
         <v>13</v>
       </c>
       <c r="AD139" s="242">
         <f>[1]Hoja1!$C785</f>
         <v>1276.672867843623</v>
       </c>
       <c r="AE139" s="370"/>
       <c r="AF139" s="204"/>
       <c r="AG139" s="78"/>
       <c r="AJ139" s="17"/>
       <c r="AK139" s="17"/>
       <c r="AL139" s="17"/>
       <c r="AM139" s="18"/>
       <c r="AN139" s="369"/>
       <c r="AO139" s="369"/>
     </row>
     <row r="140" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B140" s="145"/>
       <c r="C140" s="3"/>
       <c r="D140" s="212" t="s">
         <v>537</v>
       </c>
       <c r="E140" s="215" t="s">
         <v>18</v>
       </c>
       <c r="F140" s="240">
         <f>[1]Hoja1!$C753</f>
         <v>2075.3504615467436</v>
       </c>
       <c r="G140" s="241"/>
       <c r="H140" s="371"/>
       <c r="I140" s="372"/>
       <c r="J140" s="212" t="s">
         <v>840</v>
       </c>
       <c r="K140" s="215" t="s">
         <v>18</v>
       </c>
       <c r="L140" s="240">
         <f>[1]Hoja1!$C764</f>
-        <v>2184.1541568000002</v>
+        <v>1617.7481767626339</v>
       </c>
       <c r="M140" s="241"/>
       <c r="N140" s="28"/>
       <c r="O140" s="29"/>
       <c r="P140" s="212" t="s">
         <v>538</v>
       </c>
       <c r="Q140" s="215" t="s">
         <v>18</v>
       </c>
       <c r="R140" s="240">
         <f>[1]Hoja1!$C775</f>
         <v>1676.9903232296233</v>
       </c>
       <c r="S140" s="241"/>
       <c r="T140" s="2"/>
       <c r="U140" s="3"/>
       <c r="V140" s="212" t="s">
         <v>769</v>
       </c>
       <c r="W140" s="215" t="s">
         <v>18</v>
       </c>
       <c r="X140" s="240">
         <f>[1]Hoja1!$C640</f>
-        <v>6901.2745347370847</v>
+        <v>11505.922751850789</v>
       </c>
       <c r="Y140" s="241"/>
       <c r="Z140" s="386"/>
       <c r="AA140" s="387"/>
       <c r="AB140" s="212" t="s">
         <v>539</v>
       </c>
       <c r="AC140" s="215" t="s">
         <v>18</v>
       </c>
       <c r="AD140" s="240">
         <f>[1]Hoja1!$C786</f>
-        <v>1459.9330832508483</v>
+        <v>1705.95676944</v>
       </c>
       <c r="AE140" s="268"/>
       <c r="AF140" s="204"/>
       <c r="AG140" s="78"/>
       <c r="AJ140" s="17"/>
       <c r="AK140" s="17"/>
       <c r="AL140" s="17"/>
       <c r="AM140" s="57"/>
       <c r="AN140" s="369"/>
       <c r="AO140" s="369"/>
     </row>
     <row r="141" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B141" s="145"/>
       <c r="C141" s="3"/>
       <c r="D141" s="211" t="s">
         <v>540</v>
       </c>
       <c r="E141" s="220" t="s">
         <v>23</v>
       </c>
       <c r="F141" s="242">
         <f>[1]Hoja1!$C754</f>
         <v>2886.1408760635604</v>
       </c>
       <c r="G141" s="243"/>
@@ -24362,64 +24367,64 @@
       </c>
       <c r="M141" s="243"/>
       <c r="N141" s="28"/>
       <c r="O141" s="29"/>
       <c r="P141" s="211" t="s">
         <v>541</v>
       </c>
       <c r="Q141" s="220" t="s">
         <v>23</v>
       </c>
       <c r="R141" s="242">
         <f>[1]Hoja1!$C776</f>
         <v>2244.4073185379079</v>
       </c>
       <c r="S141" s="243"/>
       <c r="T141" s="2"/>
       <c r="U141" s="3"/>
       <c r="V141" s="211" t="s">
         <v>770</v>
       </c>
       <c r="W141" s="220" t="s">
         <v>23</v>
       </c>
       <c r="X141" s="242">
         <f>[1]Hoja1!$C641</f>
-        <v>13569.79377279576</v>
+        <v>13993.86214014675</v>
       </c>
       <c r="Y141" s="243"/>
       <c r="Z141" s="386"/>
       <c r="AA141" s="387"/>
       <c r="AB141" s="211" t="s">
         <v>542</v>
       </c>
       <c r="AC141" s="220" t="s">
         <v>23</v>
       </c>
       <c r="AD141" s="242">
         <f>[1]Hoja1!$C787</f>
-        <v>1754.7808670509196</v>
+        <v>2104.7303692800001</v>
       </c>
       <c r="AE141" s="370"/>
       <c r="AF141" s="204"/>
       <c r="AG141" s="78"/>
       <c r="AJ141" s="17"/>
       <c r="AK141" s="17"/>
       <c r="AL141" s="17"/>
       <c r="AM141" s="58"/>
       <c r="AN141" s="369"/>
       <c r="AO141" s="369"/>
     </row>
     <row r="142" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B142" s="145"/>
       <c r="C142" s="3"/>
       <c r="D142" s="212" t="s">
         <v>543</v>
       </c>
       <c r="E142" s="215" t="s">
         <v>29</v>
       </c>
       <c r="F142" s="240">
         <f>[1]Hoja1!$C755</f>
         <v>4695.9623189100503</v>
       </c>
       <c r="G142" s="241"/>
@@ -24437,64 +24442,64 @@
       </c>
       <c r="M142" s="241"/>
       <c r="N142" s="28"/>
       <c r="O142" s="29"/>
       <c r="P142" s="212" t="s">
         <v>545</v>
       </c>
       <c r="Q142" s="215" t="s">
         <v>29</v>
       </c>
       <c r="R142" s="240">
         <f>[1]Hoja1!$C777</f>
         <v>3526.8804034547561</v>
       </c>
       <c r="S142" s="241"/>
       <c r="T142" s="2"/>
       <c r="U142" s="3"/>
       <c r="V142" s="212" t="s">
         <v>771</v>
       </c>
       <c r="W142" s="215" t="s">
         <v>29</v>
       </c>
       <c r="X142" s="240">
         <f>[1]Hoja1!$C642</f>
-        <v>12621.364580938523</v>
+        <v>20659.173418392285</v>
       </c>
       <c r="Y142" s="241"/>
       <c r="Z142" s="386"/>
       <c r="AA142" s="387"/>
       <c r="AB142" s="212" t="s">
         <v>546</v>
       </c>
       <c r="AC142" s="215" t="s">
         <v>29</v>
       </c>
       <c r="AD142" s="240">
         <f>[1]Hoja1!$C788</f>
-        <v>2256.2946892180162</v>
+        <v>2829.4724304000001</v>
       </c>
       <c r="AE142" s="268"/>
       <c r="AF142" s="204"/>
       <c r="AG142" s="78"/>
       <c r="AJ142" s="17"/>
       <c r="AK142" s="17"/>
       <c r="AL142" s="17"/>
       <c r="AM142" s="18"/>
       <c r="AN142" s="369"/>
       <c r="AO142" s="369"/>
     </row>
     <row r="143" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B143" s="145"/>
       <c r="C143" s="3"/>
       <c r="D143" s="211" t="s">
         <v>547</v>
       </c>
       <c r="E143" s="220" t="s">
         <v>35</v>
       </c>
       <c r="F143" s="242">
         <f>[1]Hoja1!$C756</f>
         <v>6182.6214907244521</v>
       </c>
       <c r="G143" s="243"/>
@@ -24512,64 +24517,64 @@
       </c>
       <c r="M143" s="243"/>
       <c r="N143" s="28"/>
       <c r="O143" s="29"/>
       <c r="P143" s="211" t="s">
         <v>548</v>
       </c>
       <c r="Q143" s="220" t="s">
         <v>35</v>
       </c>
       <c r="R143" s="242">
         <f>[1]Hoja1!$C778</f>
         <v>5025.5396710160621</v>
       </c>
       <c r="S143" s="243"/>
       <c r="T143" s="2"/>
       <c r="U143" s="3"/>
       <c r="V143" s="211" t="s">
         <v>772</v>
       </c>
       <c r="W143" s="220" t="s">
         <v>35</v>
       </c>
       <c r="X143" s="242">
         <f>[1]Hoja1!$C643</f>
-        <v>19278.005225265646</v>
+        <v>28012.055680424728</v>
       </c>
       <c r="Y143" s="243"/>
       <c r="Z143" s="386"/>
       <c r="AA143" s="387"/>
       <c r="AB143" s="211" t="s">
         <v>549</v>
       </c>
       <c r="AC143" s="220" t="s">
         <v>35</v>
       </c>
       <c r="AD143" s="242">
         <f>[1]Hoja1!$C789</f>
-        <v>6346.7824482645583</v>
+        <v>3124.0023091200001</v>
       </c>
       <c r="AE143" s="370"/>
       <c r="AF143" s="204"/>
       <c r="AG143" s="78"/>
       <c r="AJ143" s="17"/>
       <c r="AK143" s="17"/>
       <c r="AL143" s="17"/>
       <c r="AM143" s="18"/>
       <c r="AN143" s="369"/>
       <c r="AO143" s="369"/>
     </row>
     <row r="144" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B144" s="145"/>
       <c r="C144" s="3"/>
       <c r="D144" s="212" t="s">
         <v>550</v>
       </c>
       <c r="E144" s="215" t="s">
         <v>41</v>
       </c>
       <c r="F144" s="240">
         <f>[1]Hoja1!$C757</f>
         <v>8948.1772885183309</v>
       </c>
       <c r="G144" s="241"/>
@@ -24587,325 +24592,325 @@
       </c>
       <c r="M144" s="241"/>
       <c r="N144" s="28"/>
       <c r="O144" s="29"/>
       <c r="P144" s="212" t="s">
         <v>551</v>
       </c>
       <c r="Q144" s="215" t="s">
         <v>41</v>
       </c>
       <c r="R144" s="240">
         <f>[1]Hoja1!$C779</f>
         <v>7498.0000474118424</v>
       </c>
       <c r="S144" s="241"/>
       <c r="T144" s="2"/>
       <c r="U144" s="3"/>
       <c r="V144" s="212" t="s">
         <v>776</v>
       </c>
       <c r="W144" s="215" t="s">
         <v>41</v>
       </c>
       <c r="X144" s="240">
         <f>[1]Hoja1!$C644</f>
-        <v>25662.957963152221</v>
+        <v>42774.291020299584</v>
       </c>
       <c r="Y144" s="241"/>
       <c r="Z144" s="386"/>
       <c r="AA144" s="387"/>
       <c r="AB144" s="212" t="s">
         <v>552</v>
       </c>
       <c r="AC144" s="215" t="s">
         <v>41</v>
       </c>
       <c r="AD144" s="240">
         <f>[1]Hoja1!$C790</f>
-        <v>4267.3098808253453</v>
+        <v>5859.1589918400005</v>
       </c>
       <c r="AE144" s="268"/>
       <c r="AF144" s="204"/>
       <c r="AG144" s="78"/>
       <c r="AJ144" s="17"/>
       <c r="AK144" s="17"/>
       <c r="AL144" s="17"/>
       <c r="AM144" s="17"/>
       <c r="AN144" s="369"/>
       <c r="AO144" s="369"/>
     </row>
     <row r="145" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B145" s="145"/>
       <c r="C145" s="3"/>
       <c r="D145" s="211" t="s">
         <v>553</v>
       </c>
       <c r="E145" s="220" t="s">
         <v>47</v>
       </c>
       <c r="F145" s="242">
         <f>[1]Hoja1!$C758</f>
         <v>16024.565090653425</v>
       </c>
       <c r="G145" s="243"/>
       <c r="H145" s="371"/>
       <c r="I145" s="372"/>
       <c r="J145" s="211" t="s">
         <v>554</v>
       </c>
       <c r="K145" s="220" t="s">
         <v>47</v>
       </c>
       <c r="L145" s="242">
         <f>[1]Hoja1!$C769</f>
         <v>10391.662759750579</v>
       </c>
       <c r="M145" s="243"/>
       <c r="N145" s="28"/>
       <c r="O145" s="29"/>
       <c r="P145" s="211" t="s">
         <v>555</v>
       </c>
       <c r="Q145" s="220" t="s">
         <v>47</v>
       </c>
       <c r="R145" s="242">
         <f>[1]Hoja1!$C780</f>
-        <v>14992.526113219759</v>
+        <v>19230.484553279999</v>
       </c>
       <c r="S145" s="243"/>
       <c r="T145" s="2"/>
       <c r="U145" s="3"/>
       <c r="V145" s="211" t="s">
         <v>773</v>
       </c>
       <c r="W145" s="220" t="s">
         <v>47</v>
       </c>
       <c r="X145" s="242">
         <f>[1]Hoja1!$C645</f>
-        <v>68654.623547116993</v>
+        <v>78666.735627819711</v>
       </c>
       <c r="Y145" s="243"/>
       <c r="Z145" s="386"/>
       <c r="AA145" s="387"/>
       <c r="AB145" s="211" t="s">
         <v>556</v>
       </c>
       <c r="AC145" s="220" t="s">
         <v>47</v>
       </c>
       <c r="AD145" s="242">
         <f>[1]Hoja1!$C791</f>
-        <v>22407.548080226417</v>
+        <v>11362.565602080002</v>
       </c>
       <c r="AE145" s="370"/>
       <c r="AF145" s="204"/>
       <c r="AG145" s="78"/>
       <c r="AJ145" s="17"/>
       <c r="AK145" s="17"/>
       <c r="AL145" s="17"/>
       <c r="AM145" s="18"/>
       <c r="AN145" s="369"/>
       <c r="AO145" s="369"/>
     </row>
     <row r="146" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B146" s="145"/>
       <c r="C146" s="3"/>
       <c r="D146" s="212" t="s">
         <v>557</v>
       </c>
       <c r="E146" s="215" t="s">
         <v>53</v>
       </c>
       <c r="F146" s="240">
         <f>[1]Hoja1!$C759</f>
         <v>22028.978498509703</v>
       </c>
       <c r="G146" s="241"/>
       <c r="H146" s="371"/>
       <c r="I146" s="372"/>
       <c r="J146" s="212" t="s">
         <v>558</v>
       </c>
       <c r="K146" s="215" t="s">
         <v>53</v>
       </c>
       <c r="L146" s="240">
         <f>[1]Hoja1!$C770</f>
         <v>20411.588992414141</v>
       </c>
       <c r="M146" s="241"/>
       <c r="N146" s="28"/>
       <c r="O146" s="29"/>
       <c r="P146" s="212" t="s">
         <v>559</v>
       </c>
       <c r="Q146" s="215" t="s">
         <v>53</v>
       </c>
       <c r="R146" s="240">
         <f>[1]Hoja1!$C781</f>
-        <v>24549.408514693063</v>
+        <v>27247.323106079999</v>
       </c>
       <c r="S146" s="241"/>
       <c r="T146" s="2"/>
       <c r="U146" s="3"/>
       <c r="V146" s="212" t="s">
         <v>774</v>
       </c>
       <c r="W146" s="215" t="s">
         <v>53</v>
       </c>
       <c r="X146" s="240">
         <f>[1]Hoja1!$C646</f>
-        <v>105248.37838046084</v>
+        <v>120597.11627045678</v>
       </c>
       <c r="Y146" s="241"/>
       <c r="Z146" s="386"/>
       <c r="AA146" s="387"/>
       <c r="AB146" s="212" t="s">
         <v>560</v>
       </c>
       <c r="AC146" s="215" t="s">
         <v>53</v>
       </c>
       <c r="AD146" s="240">
         <f>[1]Hoja1!$C792</f>
-        <v>23876.398173232028</v>
+        <v>23694.7632768</v>
       </c>
       <c r="AE146" s="268"/>
       <c r="AF146" s="204"/>
       <c r="AG146" s="78"/>
       <c r="AJ146" s="17"/>
       <c r="AK146" s="17"/>
       <c r="AL146" s="17"/>
       <c r="AM146" s="15"/>
       <c r="AN146" s="369"/>
       <c r="AO146" s="369"/>
     </row>
     <row r="147" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B147" s="145"/>
       <c r="C147" s="3"/>
       <c r="D147" s="211" t="s">
         <v>561</v>
       </c>
       <c r="E147" s="220" t="s">
         <v>59</v>
       </c>
       <c r="F147" s="242">
         <f>[1]Hoja1!$C760</f>
         <v>61163.524735028535</v>
       </c>
       <c r="G147" s="243"/>
       <c r="H147" s="371"/>
       <c r="I147" s="372"/>
       <c r="J147" s="211" t="s">
         <v>562</v>
       </c>
       <c r="K147" s="220" t="s">
         <v>59</v>
       </c>
       <c r="L147" s="242">
         <f>[1]Hoja1!$C771</f>
         <v>31516.965388705095</v>
       </c>
       <c r="M147" s="243"/>
       <c r="N147" s="28"/>
       <c r="O147" s="29"/>
       <c r="P147" s="211" t="s">
         <v>563</v>
       </c>
       <c r="Q147" s="220" t="s">
         <v>59</v>
       </c>
       <c r="R147" s="242">
         <f>[1]Hoja1!$C782</f>
-        <v>40461.88389801974</v>
+        <v>51691.648377600002</v>
       </c>
       <c r="S147" s="243"/>
       <c r="T147" s="2"/>
       <c r="U147" s="3"/>
       <c r="V147" s="211" t="s">
         <v>775</v>
       </c>
       <c r="W147" s="220" t="s">
         <v>59</v>
       </c>
       <c r="X147" s="242">
         <f>[1]Hoja1!$C647</f>
-        <v>251141.8114925047</v>
+        <v>258990.0132484746</v>
       </c>
       <c r="Y147" s="243"/>
       <c r="Z147" s="386"/>
       <c r="AA147" s="387"/>
       <c r="AB147" s="211" t="s">
         <v>564</v>
       </c>
       <c r="AC147" s="220" t="s">
         <v>59</v>
       </c>
       <c r="AD147" s="242">
         <f>[1]Hoja1!$C793</f>
-        <v>39946.691016825251</v>
+        <v>33616.118067839998</v>
       </c>
       <c r="AE147" s="370"/>
       <c r="AF147" s="204"/>
       <c r="AG147" s="78"/>
       <c r="AJ147" s="17"/>
       <c r="AK147" s="17"/>
       <c r="AL147" s="17"/>
       <c r="AM147" s="15"/>
       <c r="AN147" s="369"/>
       <c r="AO147" s="369"/>
     </row>
     <row r="148" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B148" s="145"/>
       <c r="C148" s="3"/>
       <c r="D148" s="212" t="s">
         <v>565</v>
       </c>
       <c r="E148" s="215" t="s">
         <v>65</v>
       </c>
       <c r="F148" s="240">
         <f>[1]Hoja1!$C761</f>
-        <v>214932.85148386512</v>
+        <v>257919.42178063813</v>
       </c>
       <c r="G148" s="241"/>
       <c r="H148" s="384"/>
       <c r="I148" s="385"/>
       <c r="J148" s="212" t="s">
         <v>566</v>
       </c>
       <c r="K148" s="215" t="s">
         <v>65</v>
       </c>
       <c r="L148" s="240">
         <f>[1]Hoja1!$C772</f>
-        <v>125645.1042197215</v>
+        <v>138209.61464169365</v>
       </c>
       <c r="M148" s="241"/>
       <c r="N148" s="28"/>
       <c r="O148" s="29"/>
       <c r="P148" s="212" t="s">
         <v>567</v>
       </c>
       <c r="Q148" s="215" t="s">
         <v>65</v>
       </c>
       <c r="R148" s="240">
         <f>[1]Hoja1!$C783</f>
         <v>130260.31691416723</v>
       </c>
       <c r="S148" s="241"/>
       <c r="T148" s="2"/>
       <c r="U148" s="3"/>
       <c r="V148" s="212" t="s">
         <v>777</v>
       </c>
       <c r="W148" s="215" t="s">
         <v>65</v>
       </c>
       <c r="X148" s="240"/>
       <c r="Y148" s="241"/>
@@ -24920,64 +24925,64 @@
       <c r="AD148" s="240">
         <f>[1]Hoja1!$C794</f>
         <v>87672.57723031276</v>
       </c>
       <c r="AE148" s="268"/>
       <c r="AF148" s="204"/>
       <c r="AG148" s="78"/>
       <c r="AJ148" s="17"/>
       <c r="AK148" s="17"/>
       <c r="AL148" s="17"/>
       <c r="AM148" s="15"/>
       <c r="AN148" s="369"/>
       <c r="AO148" s="369"/>
     </row>
     <row r="149" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B149" s="145"/>
       <c r="C149" s="3"/>
       <c r="D149" s="211" t="s">
         <v>569</v>
       </c>
       <c r="E149" s="220" t="s">
         <v>69</v>
       </c>
       <c r="F149" s="242">
         <f>[1]Hoja1!$C762</f>
-        <v>245634.68558930932</v>
+        <v>248019.48836202107</v>
       </c>
       <c r="G149" s="243"/>
       <c r="H149" s="384"/>
       <c r="I149" s="385"/>
       <c r="J149" s="211" t="s">
         <v>570</v>
       </c>
       <c r="K149" s="220" t="s">
         <v>69</v>
       </c>
       <c r="L149" s="242">
         <f>[1]Hoja1!$C773</f>
-        <v>127759.92856899672</v>
+        <v>153311.91428279606</v>
       </c>
       <c r="M149" s="243"/>
       <c r="N149" s="28"/>
       <c r="O149" s="29"/>
       <c r="P149" s="211" t="s">
         <v>571</v>
       </c>
       <c r="Q149" s="220" t="s">
         <v>69</v>
       </c>
       <c r="R149" s="242">
         <f>[1]Hoja1!$C784</f>
         <v>167381.25434590149</v>
       </c>
       <c r="S149" s="243"/>
       <c r="T149" s="9"/>
       <c r="U149" s="10"/>
       <c r="V149" s="211" t="s">
         <v>778</v>
       </c>
       <c r="W149" s="220" t="s">
         <v>69</v>
       </c>
       <c r="X149" s="242"/>
       <c r="Y149" s="243"/>
@@ -25076,460 +25081,460 @@
         <v>7</v>
       </c>
       <c r="AE150" s="396"/>
       <c r="AF150" s="204"/>
       <c r="AG150" s="78"/>
       <c r="AH150" s="397"/>
       <c r="AI150" s="397"/>
       <c r="AJ150" s="271"/>
       <c r="AK150" s="271"/>
       <c r="AL150" s="271"/>
       <c r="AM150" s="271"/>
       <c r="AN150" s="272"/>
       <c r="AO150" s="272"/>
     </row>
     <row r="151" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B151" s="145"/>
       <c r="C151" s="3"/>
       <c r="D151" s="211" t="s">
         <v>575</v>
       </c>
       <c r="E151" s="220" t="s">
         <v>13</v>
       </c>
       <c r="F151" s="242">
         <f>[1]Hoja1!$C$820</f>
-        <v>8872.3953528535912</v>
+        <v>0</v>
       </c>
       <c r="G151" s="243"/>
       <c r="H151" s="395"/>
       <c r="I151" s="329"/>
       <c r="J151" s="211" t="s">
         <v>573</v>
       </c>
       <c r="K151" s="220" t="s">
         <v>13</v>
       </c>
       <c r="L151" s="242">
         <f>[1]Hoja1!$C796</f>
-        <v>4574.9980745066014</v>
+        <v>7636.3944106665604</v>
       </c>
       <c r="M151" s="243"/>
       <c r="N151" s="28"/>
       <c r="O151" s="29"/>
       <c r="P151" s="211" t="s">
         <v>823</v>
       </c>
       <c r="Q151" s="220" t="s">
         <v>13</v>
       </c>
       <c r="R151" s="242">
         <f>[1]Hoja1!$C631</f>
-        <v>8956.8325139610242</v>
+        <v>9236.7391263637237</v>
       </c>
       <c r="S151" s="243"/>
       <c r="T151" s="382" t="s">
         <v>174</v>
       </c>
       <c r="U151" s="400"/>
       <c r="V151" s="211" t="s">
         <v>734</v>
       </c>
       <c r="W151" s="220" t="s">
         <v>13</v>
       </c>
       <c r="X151" s="242">
         <f>[1]Hoja1!$C807</f>
         <v>6216.0086059622081</v>
       </c>
       <c r="Y151" s="243"/>
       <c r="Z151" s="111"/>
       <c r="AA151" s="32"/>
       <c r="AB151" s="211" t="s">
         <v>574</v>
       </c>
       <c r="AC151" s="220" t="s">
         <v>745</v>
       </c>
       <c r="AD151" s="242">
         <f>[1]Hoja1!$C$626</f>
-        <v>3997.3333458533971</v>
+        <v>6455.1156792708334</v>
       </c>
       <c r="AE151" s="370"/>
       <c r="AF151" s="204"/>
       <c r="AG151" s="78"/>
       <c r="AH151" s="7"/>
       <c r="AI151" s="7"/>
       <c r="AJ151" s="7"/>
       <c r="AK151" s="7"/>
       <c r="AL151" s="7"/>
       <c r="AM151" s="7"/>
       <c r="AN151" s="369"/>
       <c r="AO151" s="369"/>
     </row>
     <row r="152" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B152" s="145"/>
       <c r="C152" s="3"/>
       <c r="D152" s="212" t="s">
         <v>578</v>
       </c>
       <c r="E152" s="215" t="s">
         <v>18</v>
       </c>
       <c r="F152" s="240">
         <f>[1]Hoja1!$C$818</f>
-        <v>8161.4895428287655</v>
+        <v>0</v>
       </c>
       <c r="G152" s="241" t="s">
         <v>13</v>
       </c>
       <c r="H152" s="371"/>
       <c r="I152" s="394"/>
       <c r="J152" s="212" t="s">
         <v>576</v>
       </c>
       <c r="K152" s="215" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="240">
         <f>[1]Hoja1!$C797</f>
-        <v>5607.1702724737524</v>
+        <v>9342.8397902333272</v>
       </c>
       <c r="M152" s="241"/>
       <c r="N152" s="28"/>
       <c r="O152" s="29"/>
       <c r="P152" s="212" t="s">
         <v>824</v>
       </c>
       <c r="Q152" s="215" t="s">
         <v>18</v>
       </c>
       <c r="R152" s="240">
         <f>[1]Hoja1!$C632</f>
-        <v>12232.557691098624</v>
+        <v>12614.840042522575</v>
       </c>
       <c r="S152" s="241"/>
       <c r="T152" s="11"/>
       <c r="U152" s="12"/>
       <c r="V152" s="212" t="s">
         <v>735</v>
       </c>
       <c r="W152" s="215" t="s">
         <v>18</v>
       </c>
       <c r="X152" s="240">
         <f>[1]Hoja1!$C808</f>
         <v>7000.4725935159222</v>
       </c>
       <c r="Y152" s="241"/>
       <c r="Z152" s="100"/>
       <c r="AA152" s="33"/>
       <c r="AB152" s="212"/>
       <c r="AC152" s="215"/>
       <c r="AD152" s="240"/>
       <c r="AE152" s="268"/>
       <c r="AF152" s="204"/>
       <c r="AG152" s="78"/>
       <c r="AH152" s="7"/>
       <c r="AI152" s="7"/>
       <c r="AJ152" s="7"/>
       <c r="AK152" s="7"/>
       <c r="AL152" s="7"/>
       <c r="AM152" s="7"/>
       <c r="AN152" s="369"/>
       <c r="AO152" s="369"/>
     </row>
     <row r="153" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B153" s="145"/>
       <c r="C153" s="3"/>
       <c r="D153" s="211" t="s">
         <v>581</v>
       </c>
       <c r="E153" s="220" t="s">
         <v>23</v>
       </c>
       <c r="F153" s="242">
         <f>[1]Hoja1!$C$819</f>
-        <v>9936.6838947027663</v>
+        <v>0</v>
       </c>
       <c r="G153" s="243" t="s">
         <v>18</v>
       </c>
       <c r="H153" s="371"/>
       <c r="I153" s="394"/>
       <c r="J153" s="211" t="s">
         <v>579</v>
       </c>
       <c r="K153" s="220" t="s">
         <v>23</v>
       </c>
       <c r="L153" s="242">
         <f>[1]Hoja1!$C798</f>
-        <v>7477.5865625887618</v>
+        <v>12397.445309946725</v>
       </c>
       <c r="M153" s="243"/>
       <c r="N153" s="28"/>
       <c r="O153" s="29"/>
       <c r="P153" s="211" t="s">
         <v>825</v>
       </c>
       <c r="Q153" s="220" t="s">
         <v>23</v>
       </c>
       <c r="R153" s="242">
         <f>[1]Hoja1!$C633</f>
-        <v>15382.76961525309</v>
+        <v>15863.47594247776</v>
       </c>
       <c r="S153" s="243"/>
       <c r="T153" s="2"/>
       <c r="U153" s="3"/>
       <c r="V153" s="211" t="s">
         <v>736</v>
       </c>
       <c r="W153" s="220" t="s">
         <v>23</v>
       </c>
       <c r="X153" s="242">
         <f>[1]Hoja1!$C809</f>
         <v>9309.6660822604208</v>
       </c>
       <c r="Y153" s="243"/>
       <c r="Z153" s="100"/>
       <c r="AA153" s="33"/>
       <c r="AB153" s="211" t="s">
         <v>577</v>
       </c>
       <c r="AC153" s="220" t="s">
         <v>746</v>
       </c>
       <c r="AD153" s="242">
         <f>[1]Hoja1!$C$626</f>
-        <v>3997.3333458533971</v>
+        <v>6455.1156792708334</v>
       </c>
       <c r="AE153" s="370"/>
       <c r="AF153" s="204"/>
       <c r="AG153" s="78"/>
       <c r="AH153" s="7"/>
       <c r="AI153" s="7"/>
       <c r="AJ153" s="17"/>
       <c r="AK153" s="17"/>
       <c r="AL153" s="17"/>
       <c r="AM153" s="17"/>
       <c r="AN153" s="369"/>
       <c r="AO153" s="369"/>
     </row>
     <row r="154" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B154" s="145"/>
       <c r="C154" s="3"/>
       <c r="D154" s="212" t="s">
         <v>584</v>
       </c>
       <c r="E154" s="215" t="s">
         <v>29</v>
       </c>
       <c r="F154" s="240">
         <f>[1]Hoja1!$C$821</f>
-        <v>25930.998660267058</v>
+        <v>0</v>
       </c>
       <c r="G154" s="241" t="s">
         <v>23</v>
       </c>
       <c r="H154" s="371"/>
       <c r="I154" s="394"/>
       <c r="J154" s="212" t="s">
         <v>582</v>
       </c>
       <c r="K154" s="215" t="s">
         <v>29</v>
       </c>
       <c r="L154" s="240">
         <f>[1]Hoja1!$C799</f>
-        <v>13540.125113977425</v>
+        <v>18203.839061381106</v>
       </c>
       <c r="M154" s="241"/>
       <c r="N154" s="28"/>
       <c r="O154" s="29"/>
       <c r="P154" s="212" t="s">
         <v>826</v>
       </c>
       <c r="Q154" s="215" t="s">
         <v>29</v>
       </c>
       <c r="R154" s="405">
         <f>[1]Hoja1!$C634</f>
-        <v>25044.770995137151</v>
+        <v>25827.423073450605</v>
       </c>
       <c r="S154" s="406"/>
       <c r="T154" s="2"/>
       <c r="U154" s="3"/>
       <c r="V154" s="212" t="s">
         <v>737</v>
       </c>
       <c r="W154" s="215" t="s">
         <v>29</v>
       </c>
       <c r="X154" s="240">
         <f>[1]Hoja1!$C810</f>
         <v>16520.780834681198</v>
       </c>
       <c r="Y154" s="241"/>
       <c r="Z154" s="100"/>
       <c r="AA154" s="33"/>
       <c r="AB154" s="212"/>
       <c r="AC154" s="215"/>
       <c r="AD154" s="240"/>
       <c r="AE154" s="268"/>
       <c r="AF154" s="204"/>
       <c r="AG154" s="78"/>
       <c r="AH154" s="7"/>
       <c r="AI154" s="7"/>
       <c r="AJ154" s="17"/>
       <c r="AK154" s="17"/>
       <c r="AL154" s="17"/>
       <c r="AM154" s="17"/>
       <c r="AN154" s="369"/>
       <c r="AO154" s="369"/>
     </row>
     <row r="155" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B155" s="145"/>
       <c r="C155" s="3"/>
       <c r="D155" s="211" t="s">
         <v>587</v>
       </c>
       <c r="E155" s="220" t="s">
         <v>35</v>
       </c>
       <c r="F155" s="242">
         <f>[1]Hoja1!$C$822</f>
-        <v>28907.474585624987</v>
+        <v>0</v>
       </c>
       <c r="G155" s="243" t="s">
         <v>23</v>
       </c>
       <c r="H155" s="371"/>
       <c r="I155" s="394"/>
       <c r="J155" s="211" t="s">
         <v>585</v>
       </c>
       <c r="K155" s="220" t="s">
         <v>35</v>
       </c>
       <c r="L155" s="242">
         <f>[1]Hoja1!$C800</f>
-        <v>10782.101400192074</v>
+        <v>22159.183940417781</v>
       </c>
       <c r="M155" s="243"/>
       <c r="N155" s="28"/>
       <c r="O155" s="29"/>
       <c r="P155" s="211" t="s">
         <v>827</v>
       </c>
       <c r="Q155" s="220" t="s">
         <v>35</v>
       </c>
       <c r="R155" s="403">
         <f>[1]Hoja1!$C635</f>
-        <v>39149.903326266758</v>
+        <v>40373.362056025413</v>
       </c>
       <c r="S155" s="404"/>
       <c r="T155" s="2"/>
       <c r="U155" s="3"/>
       <c r="V155" s="211" t="s">
         <v>738</v>
       </c>
       <c r="W155" s="220" t="s">
         <v>35</v>
       </c>
       <c r="X155" s="242">
         <f>[1]Hoja1!$C811</f>
         <v>16258.920504518428</v>
       </c>
       <c r="Y155" s="243"/>
       <c r="Z155" s="100"/>
       <c r="AA155" s="33"/>
       <c r="AB155" s="211" t="s">
         <v>580</v>
       </c>
       <c r="AC155" s="220" t="s">
         <v>747</v>
       </c>
       <c r="AD155" s="242">
         <f>AD63*1.2</f>
-        <v>8370.0551312437565</v>
+        <v>8631.5634802223958</v>
       </c>
       <c r="AE155" s="370"/>
       <c r="AF155" s="204"/>
       <c r="AG155" s="78"/>
       <c r="AH155" s="7"/>
       <c r="AI155" s="7"/>
       <c r="AJ155" s="17"/>
       <c r="AK155" s="17"/>
       <c r="AL155" s="17"/>
       <c r="AM155" s="17"/>
       <c r="AN155" s="369"/>
       <c r="AO155" s="369"/>
     </row>
     <row r="156" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B156" s="145"/>
       <c r="C156" s="3"/>
       <c r="D156" s="212" t="s">
         <v>589</v>
       </c>
       <c r="E156" s="215" t="s">
         <v>41</v>
       </c>
       <c r="F156" s="240">
         <f>[1]Hoja1!$C$823</f>
-        <v>70984.814684589277</v>
+        <v>0</v>
       </c>
       <c r="G156" s="241" t="s">
         <v>23</v>
       </c>
       <c r="H156" s="371"/>
       <c r="I156" s="394"/>
       <c r="J156" s="212" t="s">
         <v>588</v>
       </c>
       <c r="K156" s="215" t="s">
         <v>41</v>
       </c>
       <c r="L156" s="240">
         <f>[1]Hoja1!$C801</f>
-        <v>18361.970589296499</v>
+        <v>29413.009466979755</v>
       </c>
       <c r="M156" s="241"/>
       <c r="N156" s="28"/>
       <c r="O156" s="29"/>
       <c r="P156" s="212" t="s">
         <v>828</v>
       </c>
       <c r="Q156" s="215" t="s">
         <v>41</v>
       </c>
       <c r="R156" s="405">
         <f>[1]Hoja1!$C636</f>
-        <v>42919.825744342612</v>
+        <v>44261.073283568745</v>
       </c>
       <c r="S156" s="406"/>
       <c r="T156" s="2"/>
       <c r="U156" s="3"/>
       <c r="V156" s="212" t="s">
         <v>739</v>
       </c>
       <c r="W156" s="215" t="s">
         <v>41</v>
       </c>
       <c r="X156" s="240">
         <f>[1]Hoja1!$C812</f>
         <v>25322.343802233743</v>
       </c>
       <c r="Y156" s="241"/>
       <c r="Z156" s="100"/>
       <c r="AA156" s="33"/>
       <c r="AB156" s="212"/>
       <c r="AC156" s="215"/>
       <c r="AD156" s="240"/>
       <c r="AE156" s="268"/>
       <c r="AF156" s="204"/>
       <c r="AG156" s="78"/>
       <c r="AH156" s="402"/>
       <c r="AI156" s="402"/>
@@ -25541,138 +25546,138 @@
       <c r="AO156" s="264"/>
     </row>
     <row r="157" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B157" s="145"/>
       <c r="C157" s="3"/>
       <c r="D157" s="211" t="s">
         <v>591</v>
       </c>
       <c r="E157" s="220" t="s">
         <v>47</v>
       </c>
       <c r="F157" s="242"/>
       <c r="G157" s="243" t="s">
         <v>41</v>
       </c>
       <c r="H157" s="371"/>
       <c r="I157" s="394"/>
       <c r="J157" s="211" t="s">
         <v>590</v>
       </c>
       <c r="K157" s="220" t="s">
         <v>47</v>
       </c>
       <c r="L157" s="242">
         <f>[1]Hoja1!$C802</f>
-        <v>33154.971667912658</v>
+        <v>40224.806799973936</v>
       </c>
       <c r="M157" s="243"/>
       <c r="N157" s="28"/>
       <c r="O157" s="29"/>
       <c r="P157" s="211" t="s">
         <v>829</v>
       </c>
       <c r="Q157" s="220" t="s">
         <v>47</v>
       </c>
       <c r="R157" s="403">
         <f>[1]Hoja1!$C637</f>
-        <v>66522.477757805755</v>
+        <v>68601.3201113143</v>
       </c>
       <c r="S157" s="404"/>
       <c r="T157" s="2"/>
       <c r="U157" s="3"/>
       <c r="V157" s="211" t="s">
         <v>740</v>
       </c>
       <c r="W157" s="220" t="s">
         <v>47</v>
       </c>
       <c r="X157" s="242">
         <f>[1]Hoja1!$C813</f>
         <v>63978.915260078757</v>
       </c>
       <c r="Y157" s="243"/>
       <c r="Z157" s="100"/>
       <c r="AA157" s="33"/>
       <c r="AB157" s="211" t="s">
         <v>583</v>
       </c>
       <c r="AC157" s="220" t="s">
         <v>748</v>
       </c>
       <c r="AD157" s="242">
         <f>AD67*1.2</f>
-        <v>10044.066157492507</v>
+        <v>10357.876176266875</v>
       </c>
       <c r="AE157" s="370"/>
       <c r="AF157" s="204"/>
       <c r="AG157" s="78"/>
       <c r="AJ157" s="380"/>
       <c r="AK157" s="380"/>
       <c r="AL157" s="380"/>
       <c r="AM157" s="17"/>
       <c r="AN157" s="264"/>
       <c r="AO157" s="264"/>
     </row>
     <row r="158" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B158" s="145"/>
       <c r="C158" s="3"/>
       <c r="D158" s="212" t="s">
         <v>593</v>
       </c>
       <c r="E158" s="215" t="s">
         <v>53</v>
       </c>
       <c r="F158" s="240"/>
       <c r="G158" s="241" t="s">
         <v>47</v>
       </c>
       <c r="H158" s="377"/>
       <c r="I158" s="378"/>
       <c r="J158" s="212" t="s">
         <v>592</v>
       </c>
       <c r="K158" s="215" t="s">
         <v>53</v>
       </c>
       <c r="L158" s="240">
         <f>[1]Hoja1!$C803</f>
-        <v>57800.787691270962</v>
+        <v>70125.960505013369</v>
       </c>
       <c r="M158" s="241"/>
       <c r="N158" s="28"/>
       <c r="O158" s="29"/>
       <c r="P158" s="212" t="s">
         <v>830</v>
       </c>
       <c r="Q158" s="215" t="s">
         <v>53</v>
       </c>
       <c r="R158" s="405">
         <f>[1]Hoja1!$C638</f>
-        <v>71478.752923497057</v>
+        <v>73712.490068616287</v>
       </c>
       <c r="S158" s="406"/>
       <c r="T158" s="2"/>
       <c r="U158" s="3"/>
       <c r="V158" s="212" t="s">
         <v>741</v>
       </c>
       <c r="W158" s="215" t="s">
         <v>53</v>
       </c>
       <c r="X158" s="240">
         <f>[1]Hoja1!$C814</f>
         <v>96170.376209813214</v>
       </c>
       <c r="Y158" s="241"/>
       <c r="Z158" s="100"/>
       <c r="AA158" s="33"/>
       <c r="AB158" s="212"/>
       <c r="AC158" s="215"/>
       <c r="AD158" s="240"/>
       <c r="AE158" s="268"/>
       <c r="AF158" s="204"/>
       <c r="AG158" s="78"/>
       <c r="AJ158" s="380"/>
       <c r="AK158" s="380"/>
@@ -25682,200 +25687,200 @@
       <c r="AO158" s="264"/>
     </row>
     <row r="159" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B159" s="145"/>
       <c r="C159" s="3"/>
       <c r="D159" s="211" t="s">
         <v>595</v>
       </c>
       <c r="E159" s="220" t="s">
         <v>59</v>
       </c>
       <c r="F159" s="242"/>
       <c r="G159" s="243" t="s">
         <v>53</v>
       </c>
       <c r="H159" s="377"/>
       <c r="I159" s="378"/>
       <c r="J159" s="211" t="s">
         <v>594</v>
       </c>
       <c r="K159" s="220" t="s">
         <v>59</v>
       </c>
       <c r="L159" s="242">
         <f>[1]Hoja1!$C804</f>
-        <v>88086.687331844776</v>
+        <v>106869.88472850964</v>
       </c>
       <c r="M159" s="243"/>
       <c r="N159" s="28"/>
       <c r="O159" s="29"/>
       <c r="P159" s="21"/>
       <c r="Q159" s="20"/>
       <c r="R159" s="374"/>
       <c r="S159" s="374"/>
       <c r="T159" s="2"/>
       <c r="U159" s="3"/>
       <c r="V159" s="211" t="s">
         <v>742</v>
       </c>
       <c r="W159" s="220" t="s">
         <v>59</v>
       </c>
       <c r="X159" s="242">
         <f>[1]Hoja1!$C815</f>
         <v>190476.66922871859</v>
       </c>
       <c r="Y159" s="243"/>
       <c r="Z159" s="100"/>
       <c r="AA159" s="33"/>
       <c r="AB159" s="211" t="s">
         <v>586</v>
       </c>
       <c r="AC159" s="220" t="s">
         <v>749</v>
       </c>
       <c r="AD159" s="242">
         <f>AD65*1.1</f>
-        <v>8439.8055906707887</v>
+        <v>8703.4931758909188</v>
       </c>
       <c r="AE159" s="370"/>
       <c r="AF159" s="204"/>
       <c r="AG159" s="78"/>
       <c r="AJ159" s="380"/>
       <c r="AK159" s="380"/>
       <c r="AL159" s="380"/>
       <c r="AM159" s="17"/>
       <c r="AN159" s="264"/>
       <c r="AO159" s="264"/>
     </row>
     <row r="160" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="145"/>
       <c r="C160" s="3"/>
       <c r="D160" s="4"/>
       <c r="E160" s="102"/>
       <c r="F160" s="367"/>
       <c r="G160" s="437" t="s">
         <v>59</v>
       </c>
       <c r="H160" s="377"/>
       <c r="I160" s="378"/>
       <c r="J160" s="212" t="s">
         <v>596</v>
       </c>
       <c r="K160" s="215" t="s">
         <v>65</v>
       </c>
       <c r="L160" s="240">
         <f>[1]Hoja1!$C805</f>
-        <v>135493.98299230152</v>
+        <v>162592.77959076181</v>
       </c>
       <c r="M160" s="241"/>
       <c r="N160" s="28"/>
       <c r="O160" s="29"/>
       <c r="P160" s="13"/>
       <c r="Q160" s="4"/>
       <c r="R160" s="383"/>
       <c r="S160" s="383"/>
       <c r="T160" s="2"/>
       <c r="U160" s="3"/>
       <c r="V160" s="212" t="s">
         <v>743</v>
       </c>
       <c r="W160" s="215" t="s">
         <v>65</v>
       </c>
       <c r="X160" s="240">
         <f>[1]Hoja1!$C816</f>
-        <v>767709.62248607818</v>
+        <v>844480.58473468607</v>
       </c>
       <c r="Y160" s="241"/>
       <c r="Z160" s="24"/>
       <c r="AA160" s="45"/>
       <c r="AB160" s="212"/>
       <c r="AC160" s="215"/>
       <c r="AD160" s="240"/>
       <c r="AE160" s="268"/>
       <c r="AF160" s="204"/>
       <c r="AG160" s="78"/>
       <c r="AJ160" s="380"/>
       <c r="AK160" s="380"/>
       <c r="AL160" s="380"/>
       <c r="AM160" s="17"/>
       <c r="AN160" s="264"/>
       <c r="AO160" s="264"/>
     </row>
     <row r="161" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B161" s="145"/>
       <c r="C161" s="3"/>
       <c r="D161" s="115"/>
       <c r="E161" s="114"/>
       <c r="F161" s="121"/>
       <c r="G161" s="122"/>
       <c r="H161" s="395"/>
       <c r="I161" s="329"/>
       <c r="J161" s="211" t="s">
         <v>597</v>
       </c>
       <c r="K161" s="220" t="s">
         <v>69</v>
       </c>
       <c r="L161" s="242">
         <f>[1]Hoja1!$C806</f>
-        <v>157010.31139228574</v>
+        <v>188412.37367074288</v>
       </c>
       <c r="M161" s="243"/>
       <c r="N161" s="28"/>
       <c r="O161" s="29"/>
       <c r="P161" s="21"/>
       <c r="Q161" s="20"/>
       <c r="R161" s="374"/>
       <c r="S161" s="374"/>
       <c r="T161" s="9"/>
       <c r="U161" s="10"/>
       <c r="V161" s="211" t="s">
         <v>744</v>
       </c>
       <c r="W161" s="220" t="s">
         <v>69</v>
       </c>
       <c r="X161" s="242">
         <f>[1]Hoja1!$C817</f>
-        <v>801512.38241356437</v>
+        <v>881663.62065492093</v>
       </c>
       <c r="Y161" s="243"/>
       <c r="Z161" s="24"/>
       <c r="AA161" s="45"/>
       <c r="AB161" s="211" t="s">
         <v>814</v>
       </c>
       <c r="AC161" s="220" t="s">
         <v>815</v>
       </c>
       <c r="AD161" s="242">
         <f>AD65*1.05</f>
-        <v>8056.1780638221162</v>
+        <v>8307.8798497140579</v>
       </c>
       <c r="AE161" s="370"/>
       <c r="AF161" s="204"/>
       <c r="AG161" s="78"/>
       <c r="AJ161" s="380"/>
       <c r="AK161" s="380"/>
       <c r="AL161" s="380"/>
       <c r="AM161" s="17"/>
       <c r="AN161" s="264"/>
       <c r="AO161" s="264"/>
     </row>
     <row r="162" spans="2:41" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B162" s="151"/>
       <c r="C162" s="152"/>
       <c r="D162" s="154"/>
       <c r="E162" s="153"/>
       <c r="F162" s="170"/>
       <c r="G162" s="182"/>
       <c r="H162" s="407"/>
       <c r="I162" s="326"/>
       <c r="J162" s="160"/>
       <c r="K162" s="159"/>
       <c r="L162" s="183"/>
       <c r="M162" s="184"/>
       <c r="N162" s="182"/>
@@ -26188,51 +26193,51 @@
       <c r="T168" s="371"/>
       <c r="U168" s="372"/>
       <c r="V168" s="212" t="s">
         <v>751</v>
       </c>
       <c r="W168" s="215" t="s">
         <v>261</v>
       </c>
       <c r="X168" s="240">
         <f>[1]Hoja1!$C556</f>
         <v>3726.1065874133687</v>
       </c>
       <c r="Y168" s="263"/>
       <c r="Z168" s="382" t="s">
         <v>837</v>
       </c>
       <c r="AA168" s="400"/>
       <c r="AB168" s="212" t="s">
         <v>618</v>
       </c>
       <c r="AC168" s="215" t="s">
         <v>767</v>
       </c>
       <c r="AD168" s="240">
         <f>[1]Hoja1!$C$824</f>
-        <v>15605.597016714779</v>
+        <v>17166.156718386257</v>
       </c>
       <c r="AE168" s="268"/>
       <c r="AF168" s="204"/>
       <c r="AG168" s="78"/>
       <c r="AH168" s="254"/>
       <c r="AI168" s="254"/>
       <c r="AJ168" s="335"/>
       <c r="AK168" s="335"/>
       <c r="AL168" s="335"/>
       <c r="AM168" s="335"/>
       <c r="AN168" s="369"/>
       <c r="AO168" s="357"/>
     </row>
     <row r="169" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B169" s="145"/>
       <c r="C169" s="3"/>
       <c r="D169" s="211" t="s">
         <v>601</v>
       </c>
       <c r="E169" s="220" t="s">
         <v>263</v>
       </c>
       <c r="F169" s="242">
         <f>[1]Hoja1!$C693</f>
         <v>3092.6224552303775</v>
@@ -26252,172 +26257,172 @@
       </c>
       <c r="M169" s="418"/>
       <c r="N169" s="225"/>
       <c r="O169" s="225"/>
       <c r="P169" s="211" t="s">
         <v>601</v>
       </c>
       <c r="Q169" s="220" t="s">
         <v>263</v>
       </c>
       <c r="R169" s="242">
         <f>[1]Hoja1!$C582</f>
         <v>7492.9479148727978</v>
       </c>
       <c r="S169" s="418"/>
       <c r="T169" s="371"/>
       <c r="U169" s="372"/>
       <c r="V169" s="211" t="s">
         <v>752</v>
       </c>
       <c r="W169" s="220" t="s">
         <v>263</v>
       </c>
       <c r="X169" s="242">
         <f>[1]Hoja1!$C557</f>
-        <v>9422.6985810549031</v>
+        <v>11307.238297265883</v>
       </c>
       <c r="Y169" s="418"/>
       <c r="Z169" s="24"/>
       <c r="AA169" s="25"/>
       <c r="AB169" s="211"/>
       <c r="AC169" s="220"/>
       <c r="AD169" s="242"/>
       <c r="AE169" s="370"/>
       <c r="AF169" s="204"/>
       <c r="AG169" s="78"/>
       <c r="AH169" s="254"/>
       <c r="AI169" s="254"/>
       <c r="AJ169" s="335"/>
       <c r="AK169" s="335"/>
       <c r="AL169" s="335"/>
       <c r="AM169" s="335"/>
       <c r="AN169" s="369"/>
       <c r="AO169" s="357"/>
     </row>
     <row r="170" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="145"/>
       <c r="C170" s="3"/>
       <c r="D170" s="212" t="s">
         <v>602</v>
       </c>
       <c r="E170" s="215" t="s">
         <v>603</v>
       </c>
       <c r="F170" s="240">
         <f>[1]Hoja1!$C694</f>
         <v>3237.8533321945997</v>
       </c>
       <c r="G170" s="241"/>
       <c r="H170" s="28"/>
       <c r="I170" s="113"/>
       <c r="J170" s="212" t="s">
         <v>602</v>
       </c>
       <c r="K170" s="215" t="s">
         <v>271</v>
       </c>
       <c r="L170" s="240">
         <f>[1]Hoja1!$C651</f>
-        <v>4546.1814483406833</v>
+        <v>5804.5551379199997</v>
       </c>
       <c r="M170" s="263"/>
       <c r="N170" s="225"/>
       <c r="O170" s="225"/>
       <c r="P170" s="212" t="s">
         <v>602</v>
       </c>
       <c r="Q170" s="215" t="s">
         <v>271</v>
       </c>
       <c r="R170" s="240">
         <f>[1]Hoja1!$C583</f>
         <v>7270.8077991549426</v>
       </c>
       <c r="S170" s="263"/>
       <c r="T170" s="371"/>
       <c r="U170" s="372"/>
       <c r="V170" s="212" t="s">
         <v>753</v>
       </c>
       <c r="W170" s="215" t="s">
         <v>271</v>
       </c>
       <c r="X170" s="240">
         <f>[1]Hoja1!$C558</f>
         <v>9422.6985810549031</v>
       </c>
       <c r="Y170" s="263"/>
       <c r="Z170" s="24"/>
       <c r="AA170" s="25"/>
       <c r="AB170" s="212" t="s">
         <v>621</v>
       </c>
       <c r="AC170" s="215" t="s">
         <v>253</v>
       </c>
       <c r="AD170" s="240">
         <f>[1]Hoja1!$C$825</f>
-        <v>15605.597016714779</v>
+        <v>17166.156718386257</v>
       </c>
       <c r="AE170" s="268"/>
       <c r="AF170" s="204"/>
       <c r="AG170" s="78"/>
       <c r="AH170" s="254"/>
       <c r="AI170" s="254"/>
       <c r="AJ170" s="335"/>
       <c r="AK170" s="335"/>
       <c r="AL170" s="335"/>
       <c r="AM170" s="335"/>
       <c r="AN170" s="369"/>
       <c r="AO170" s="357"/>
     </row>
     <row r="171" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B171" s="145"/>
       <c r="C171" s="3"/>
       <c r="D171" s="211" t="s">
         <v>604</v>
       </c>
       <c r="E171" s="220" t="s">
         <v>279</v>
       </c>
       <c r="F171" s="242">
         <f>[1]Hoja1!$C695</f>
         <v>4901.9212636762777</v>
       </c>
       <c r="G171" s="243"/>
       <c r="H171" s="28"/>
       <c r="I171" s="113"/>
       <c r="J171" s="211" t="s">
         <v>604</v>
       </c>
       <c r="K171" s="220" t="s">
         <v>321</v>
       </c>
       <c r="L171" s="242">
         <f>[1]Hoja1!$C652</f>
-        <v>4546.1814483406833</v>
+        <v>5804.5551379199997</v>
       </c>
       <c r="M171" s="418"/>
       <c r="N171" s="225"/>
       <c r="O171" s="225"/>
       <c r="P171" s="211" t="s">
         <v>604</v>
       </c>
       <c r="Q171" s="220" t="s">
         <v>321</v>
       </c>
       <c r="R171" s="242">
         <f>[1]Hoja1!$C584</f>
         <v>11294.457324238097</v>
       </c>
       <c r="S171" s="418"/>
       <c r="T171" s="371"/>
       <c r="U171" s="372"/>
       <c r="V171" s="211" t="s">
         <v>754</v>
       </c>
       <c r="W171" s="220" t="s">
         <v>321</v>
       </c>
       <c r="X171" s="242">
         <f>[1]Hoja1!$C559</f>
@@ -26443,275 +26448,275 @@
     </row>
     <row r="172" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B172" s="145"/>
       <c r="C172" s="3"/>
       <c r="D172" s="212" t="s">
         <v>605</v>
       </c>
       <c r="E172" s="215" t="s">
         <v>288</v>
       </c>
       <c r="F172" s="240">
         <f>[1]Hoja1!$C696</f>
         <v>3063.4881493307653</v>
       </c>
       <c r="G172" s="241"/>
       <c r="H172" s="28"/>
       <c r="I172" s="113"/>
       <c r="J172" s="212" t="s">
         <v>605</v>
       </c>
       <c r="K172" s="215" t="s">
         <v>330</v>
       </c>
       <c r="L172" s="240">
         <f>[1]Hoja1!$C653</f>
-        <v>4546.1814483406833</v>
+        <v>5804.5551379199997</v>
       </c>
       <c r="M172" s="263"/>
       <c r="N172" s="225"/>
       <c r="O172" s="225"/>
       <c r="P172" s="212" t="s">
         <v>605</v>
       </c>
       <c r="Q172" s="215" t="s">
         <v>330</v>
       </c>
       <c r="R172" s="240">
         <f>[1]Hoja1!$C585</f>
         <v>11294.457324238097</v>
       </c>
       <c r="S172" s="263"/>
       <c r="T172" s="371"/>
       <c r="U172" s="372"/>
       <c r="V172" s="212" t="s">
         <v>755</v>
       </c>
       <c r="W172" s="215" t="s">
         <v>330</v>
       </c>
       <c r="X172" s="240">
         <f>[1]Hoja1!$C560</f>
-        <v>17867.554347244088</v>
+        <v>21441.065216692903</v>
       </c>
       <c r="Y172" s="263"/>
       <c r="Z172" s="24"/>
       <c r="AA172" s="25"/>
       <c r="AB172" s="212" t="s">
         <v>624</v>
       </c>
       <c r="AC172" s="215" t="s">
         <v>768</v>
       </c>
       <c r="AD172" s="240">
         <f>[1]Hoja1!$C$827</f>
-        <v>17657.607200625</v>
+        <v>19423.367920687502</v>
       </c>
       <c r="AE172" s="268"/>
       <c r="AF172" s="204"/>
       <c r="AG172" s="78"/>
       <c r="AH172" s="254"/>
       <c r="AI172" s="254"/>
       <c r="AJ172" s="335"/>
       <c r="AK172" s="335"/>
       <c r="AL172" s="335"/>
       <c r="AM172" s="335"/>
       <c r="AN172" s="369"/>
       <c r="AO172" s="357"/>
     </row>
     <row r="173" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B173" s="145"/>
       <c r="C173" s="3"/>
       <c r="D173" s="211" t="s">
         <v>606</v>
       </c>
       <c r="E173" s="220" t="s">
         <v>297</v>
       </c>
       <c r="F173" s="242">
         <f>[1]Hoja1!$C697</f>
-        <v>5416.3369821246288</v>
+        <v>7194.4714195199995</v>
       </c>
       <c r="G173" s="243"/>
       <c r="H173" s="28"/>
       <c r="I173" s="113"/>
       <c r="J173" s="211" t="s">
         <v>606</v>
       </c>
       <c r="K173" s="220" t="s">
         <v>436</v>
       </c>
       <c r="L173" s="242">
         <f>[1]Hoja1!$C654</f>
-        <v>5662.8257122700179</v>
+        <v>7268.9312203199997</v>
       </c>
       <c r="M173" s="418"/>
       <c r="N173" s="225"/>
       <c r="O173" s="225"/>
       <c r="P173" s="211" t="s">
         <v>606</v>
       </c>
       <c r="Q173" s="220" t="s">
         <v>436</v>
       </c>
       <c r="R173" s="242">
         <f>[1]Hoja1!$C586</f>
-        <v>13896.267437427059</v>
+        <v>12333.852336960001</v>
       </c>
       <c r="S173" s="418"/>
       <c r="T173" s="371"/>
       <c r="U173" s="372"/>
       <c r="V173" s="211" t="s">
         <v>756</v>
       </c>
       <c r="W173" s="220" t="s">
         <v>436</v>
       </c>
       <c r="X173" s="242">
         <f>[1]Hoja1!$C561</f>
-        <v>16243.231224767354</v>
+        <v>19491.877469720825</v>
       </c>
       <c r="Y173" s="418"/>
       <c r="Z173" s="24"/>
       <c r="AA173" s="25"/>
       <c r="AB173" s="211"/>
       <c r="AC173" s="220"/>
       <c r="AD173" s="242"/>
       <c r="AE173" s="370"/>
       <c r="AF173" s="204"/>
       <c r="AG173" s="78"/>
       <c r="AH173" s="254"/>
       <c r="AI173" s="254"/>
       <c r="AJ173" s="335"/>
       <c r="AK173" s="335"/>
       <c r="AL173" s="335"/>
       <c r="AM173" s="335"/>
       <c r="AN173" s="369"/>
       <c r="AO173" s="357"/>
     </row>
     <row r="174" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B174" s="145"/>
       <c r="C174" s="3"/>
       <c r="D174" s="212" t="s">
         <v>607</v>
       </c>
       <c r="E174" s="215" t="s">
         <v>306</v>
       </c>
       <c r="F174" s="240">
         <f>[1]Hoja1!$C698</f>
         <v>6183.3183365919085</v>
       </c>
       <c r="G174" s="241"/>
       <c r="H174" s="28"/>
       <c r="I174" s="113"/>
       <c r="J174" s="212" t="s">
         <v>607</v>
       </c>
       <c r="K174" s="215" t="s">
         <v>440</v>
       </c>
       <c r="L174" s="240">
         <f>[1]Hoja1!$C655</f>
-        <v>5662.8257122700179</v>
+        <v>7268.9312203199997</v>
       </c>
       <c r="M174" s="263"/>
       <c r="N174" s="225"/>
       <c r="O174" s="225"/>
       <c r="P174" s="212" t="s">
         <v>607</v>
       </c>
       <c r="Q174" s="215" t="s">
         <v>440</v>
       </c>
       <c r="R174" s="240">
         <f>[1]Hoja1!$C587</f>
         <v>10050.09555963101</v>
       </c>
       <c r="S174" s="263"/>
       <c r="T174" s="371"/>
       <c r="U174" s="372"/>
       <c r="V174" s="212" t="s">
         <v>757</v>
       </c>
       <c r="W174" s="215" t="s">
         <v>440</v>
       </c>
       <c r="X174" s="240">
         <f>[1]Hoja1!$C562</f>
         <v>14766.573840697592</v>
       </c>
       <c r="Y174" s="263"/>
       <c r="Z174" s="24"/>
       <c r="AA174" s="25"/>
       <c r="AB174" s="212" t="s">
         <v>627</v>
       </c>
       <c r="AC174" s="215" t="s">
         <v>261</v>
       </c>
       <c r="AD174" s="240">
         <f>[1]Hoja1!$C$828</f>
-        <v>15953.77463652</v>
+        <v>17549.152100172003</v>
       </c>
       <c r="AE174" s="268"/>
       <c r="AF174" s="204"/>
       <c r="AG174" s="78"/>
       <c r="AH174" s="254"/>
       <c r="AI174" s="254"/>
       <c r="AJ174" s="335"/>
       <c r="AK174" s="335"/>
       <c r="AL174" s="335"/>
       <c r="AM174" s="335"/>
       <c r="AN174" s="369"/>
       <c r="AO174" s="357"/>
     </row>
     <row r="175" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B175" s="145"/>
       <c r="C175" s="3"/>
       <c r="D175" s="211" t="s">
         <v>608</v>
       </c>
       <c r="E175" s="220" t="s">
         <v>314</v>
       </c>
       <c r="F175" s="242">
         <f>[1]Hoja1!$C699</f>
         <v>5799.8584025583041</v>
       </c>
       <c r="G175" s="243"/>
       <c r="H175" s="28"/>
       <c r="I175" s="113"/>
       <c r="J175" s="211" t="s">
         <v>608</v>
       </c>
       <c r="K175" s="220" t="s">
         <v>443</v>
       </c>
       <c r="L175" s="242">
         <f>[1]Hoja1!$C656</f>
-        <v>5662.8257122700179</v>
+        <v>7268.9312203199997</v>
       </c>
       <c r="M175" s="418"/>
       <c r="N175" s="225"/>
       <c r="O175" s="225"/>
       <c r="P175" s="211" t="s">
         <v>608</v>
       </c>
       <c r="Q175" s="220" t="s">
         <v>443</v>
       </c>
       <c r="R175" s="242">
         <f>[1]Hoja1!$C588</f>
         <v>14248.171753978069</v>
       </c>
       <c r="S175" s="418"/>
       <c r="T175" s="371"/>
       <c r="U175" s="372"/>
       <c r="V175" s="211" t="s">
         <v>758</v>
       </c>
       <c r="W175" s="220" t="s">
         <v>443</v>
       </c>
       <c r="X175" s="242">
         <f>[1]Hoja1!$C563</f>
@@ -26737,2666 +26742,2666 @@
     </row>
     <row r="176" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B176" s="145"/>
       <c r="C176" s="3"/>
       <c r="D176" s="212" t="s">
         <v>609</v>
       </c>
       <c r="E176" s="215" t="s">
         <v>323</v>
       </c>
       <c r="F176" s="240">
         <f>[1]Hoja1!$C700</f>
         <v>5593.3255847247619</v>
       </c>
       <c r="G176" s="241"/>
       <c r="H176" s="28"/>
       <c r="I176" s="113"/>
       <c r="J176" s="212" t="s">
         <v>609</v>
       </c>
       <c r="K176" s="215" t="s">
         <v>323</v>
       </c>
       <c r="L176" s="240">
         <f>[1]Hoja1!$C657</f>
-        <v>5662.8257122700179</v>
+        <v>7268.9312203199997</v>
       </c>
       <c r="M176" s="263"/>
       <c r="N176" s="225"/>
       <c r="O176" s="225"/>
       <c r="P176" s="212" t="s">
         <v>609</v>
       </c>
       <c r="Q176" s="215" t="s">
         <v>323</v>
       </c>
       <c r="R176" s="240">
         <f>[1]Hoja1!$C589</f>
         <v>14248.171753978069</v>
       </c>
       <c r="S176" s="263"/>
       <c r="T176" s="371"/>
       <c r="U176" s="372"/>
       <c r="V176" s="212" t="s">
         <v>759</v>
       </c>
       <c r="W176" s="215" t="s">
         <v>323</v>
       </c>
       <c r="X176" s="240">
         <f>[1]Hoja1!$C564</f>
-        <v>20248.3323524962</v>
+        <v>24297.99882299544</v>
       </c>
       <c r="Y176" s="263"/>
       <c r="Z176" s="24"/>
       <c r="AA176" s="25"/>
       <c r="AB176" s="212" t="s">
         <v>630</v>
       </c>
       <c r="AC176" s="215" t="s">
         <v>263</v>
       </c>
       <c r="AD176" s="240">
         <f>[1]Hoja1!$C$826</f>
-        <v>17893.041963299998</v>
+        <v>19682.34615963</v>
       </c>
       <c r="AE176" s="268"/>
       <c r="AF176" s="204"/>
       <c r="AG176" s="78"/>
       <c r="AH176" s="254"/>
       <c r="AI176" s="254"/>
       <c r="AJ176" s="335"/>
       <c r="AK176" s="335"/>
       <c r="AL176" s="335"/>
       <c r="AM176" s="335"/>
       <c r="AN176" s="369"/>
       <c r="AO176" s="357"/>
     </row>
     <row r="177" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B177" s="145"/>
       <c r="C177" s="3"/>
       <c r="D177" s="211" t="s">
         <v>610</v>
       </c>
       <c r="E177" s="220" t="s">
         <v>332</v>
       </c>
       <c r="F177" s="242">
         <f>[1]Hoja1!$C701</f>
-        <v>9026.56220087363</v>
+        <v>8938.4854204800013</v>
       </c>
       <c r="G177" s="243"/>
       <c r="H177" s="28"/>
       <c r="I177" s="113"/>
       <c r="J177" s="211" t="s">
         <v>610</v>
       </c>
       <c r="K177" s="220" t="s">
         <v>371</v>
       </c>
       <c r="L177" s="242">
         <f>[1]Hoja1!$C658</f>
-        <v>8972.1569845454433</v>
+        <v>13278.401975443969</v>
       </c>
       <c r="M177" s="418"/>
       <c r="N177" s="225"/>
       <c r="O177" s="225"/>
       <c r="P177" s="211" t="s">
         <v>610</v>
       </c>
       <c r="Q177" s="220" t="s">
         <v>371</v>
       </c>
       <c r="R177" s="242">
         <f>[1]Hoja1!$C590</f>
-        <v>19491.465510840357</v>
+        <v>25030.075704480001</v>
       </c>
       <c r="S177" s="418"/>
       <c r="T177" s="371"/>
       <c r="U177" s="372"/>
       <c r="V177" s="211" t="s">
         <v>760</v>
       </c>
       <c r="W177" s="220" t="s">
         <v>371</v>
       </c>
       <c r="X177" s="242">
         <f>[1]Hoja1!$C565</f>
-        <v>20248.3323524962</v>
+        <v>24297.99882299544</v>
       </c>
       <c r="Y177" s="418"/>
       <c r="Z177" s="76"/>
       <c r="AA177" s="88"/>
       <c r="AB177" s="211"/>
       <c r="AC177" s="220"/>
       <c r="AD177" s="242"/>
       <c r="AE177" s="370"/>
       <c r="AF177" s="204"/>
       <c r="AG177" s="78"/>
       <c r="AH177" s="254"/>
       <c r="AI177" s="254"/>
       <c r="AJ177" s="335"/>
       <c r="AK177" s="335"/>
       <c r="AL177" s="335"/>
       <c r="AM177" s="335"/>
       <c r="AN177" s="369"/>
       <c r="AO177" s="357"/>
     </row>
     <row r="178" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B178" s="145"/>
       <c r="C178" s="3"/>
       <c r="D178" s="212" t="s">
         <v>611</v>
       </c>
       <c r="E178" s="215" t="s">
         <v>341</v>
       </c>
       <c r="F178" s="240">
         <f>[1]Hoja1!$C702</f>
-        <v>9391.084730336519</v>
+        <v>8938.4854204800013</v>
       </c>
       <c r="G178" s="241"/>
       <c r="H178" s="28"/>
       <c r="I178" s="113"/>
       <c r="J178" s="212" t="s">
         <v>611</v>
       </c>
       <c r="K178" s="215" t="s">
         <v>378</v>
       </c>
       <c r="L178" s="240">
         <f>[1]Hoja1!$C659</f>
-        <v>8972.1569845454433</v>
+        <v>15017.452386295519</v>
       </c>
       <c r="M178" s="263"/>
       <c r="N178" s="225"/>
       <c r="O178" s="225"/>
       <c r="P178" s="212" t="s">
         <v>611</v>
       </c>
       <c r="Q178" s="215" t="s">
         <v>378</v>
       </c>
       <c r="R178" s="240">
         <f>[1]Hoja1!$C591</f>
-        <v>19491.465510840357</v>
+        <v>25030.075704480001</v>
       </c>
       <c r="S178" s="263"/>
       <c r="T178" s="371"/>
       <c r="U178" s="372"/>
       <c r="V178" s="212" t="s">
         <v>761</v>
       </c>
       <c r="W178" s="215" t="s">
         <v>378</v>
       </c>
       <c r="X178" s="240">
         <f>[1]Hoja1!$C566</f>
-        <v>20248.3323524962</v>
+        <v>24297.99882299544</v>
       </c>
       <c r="Y178" s="263"/>
       <c r="Z178" s="7"/>
       <c r="AA178" s="7"/>
       <c r="AB178" s="23"/>
       <c r="AC178" s="23"/>
       <c r="AD178" s="23"/>
       <c r="AE178" s="187"/>
       <c r="AF178" s="204"/>
       <c r="AG178" s="78"/>
       <c r="AH178" s="254"/>
       <c r="AI178" s="254"/>
       <c r="AJ178" s="335"/>
       <c r="AK178" s="335"/>
       <c r="AL178" s="335"/>
       <c r="AM178" s="335"/>
       <c r="AN178" s="369"/>
       <c r="AO178" s="357"/>
     </row>
     <row r="179" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B179" s="351"/>
       <c r="C179" s="411"/>
       <c r="D179" s="224" t="s">
         <v>612</v>
       </c>
       <c r="E179" s="220" t="s">
         <v>349</v>
       </c>
       <c r="F179" s="412">
         <f>[1]Hoja1!$C703</f>
         <v>6636.2476549707344</v>
       </c>
       <c r="G179" s="415"/>
       <c r="H179" s="28"/>
       <c r="I179" s="113"/>
       <c r="J179" s="224" t="s">
         <v>612</v>
       </c>
       <c r="K179" s="220" t="s">
         <v>385</v>
       </c>
       <c r="L179" s="412">
         <f>[1]Hoja1!$C660</f>
-        <v>8972.1569845454433</v>
+        <v>11494.938581280001</v>
       </c>
       <c r="M179" s="413"/>
       <c r="N179" s="225"/>
       <c r="O179" s="225"/>
       <c r="P179" s="224" t="s">
         <v>612</v>
       </c>
       <c r="Q179" s="220" t="s">
         <v>385</v>
       </c>
       <c r="R179" s="412">
         <f>[1]Hoja1!$C592</f>
-        <v>19491.465510840357</v>
+        <v>25030.075704480001</v>
       </c>
       <c r="S179" s="413"/>
       <c r="T179" s="371"/>
       <c r="U179" s="372"/>
       <c r="V179" s="224" t="s">
         <v>762</v>
       </c>
       <c r="W179" s="220" t="s">
         <v>385</v>
       </c>
       <c r="X179" s="412">
         <f>[1]Hoja1!$C567</f>
-        <v>22273.165587745825</v>
+        <v>26727.79870529499</v>
       </c>
       <c r="Y179" s="413"/>
       <c r="Z179" s="7"/>
       <c r="AA179" s="7"/>
       <c r="AB179" s="7"/>
       <c r="AC179" s="7"/>
       <c r="AD179" s="7"/>
       <c r="AE179" s="166"/>
       <c r="AF179" s="204"/>
       <c r="AG179" s="78"/>
       <c r="AH179" s="254"/>
       <c r="AI179" s="254"/>
       <c r="AJ179" s="335"/>
       <c r="AK179" s="335"/>
       <c r="AL179" s="335"/>
       <c r="AM179" s="335"/>
       <c r="AN179" s="369"/>
       <c r="AO179" s="357"/>
     </row>
     <row r="180" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B180" s="145"/>
       <c r="C180" s="3"/>
       <c r="D180" s="212" t="s">
         <v>613</v>
       </c>
       <c r="E180" s="215" t="s">
         <v>357</v>
       </c>
       <c r="F180" s="240">
         <f>[1]Hoja1!$C704</f>
         <v>7780.6837717314947</v>
       </c>
       <c r="G180" s="241"/>
       <c r="H180" s="28"/>
       <c r="I180" s="113"/>
       <c r="J180" s="212" t="s">
         <v>613</v>
       </c>
       <c r="K180" s="215" t="s">
         <v>259</v>
       </c>
       <c r="L180" s="240">
         <f>[1]Hoja1!$C661</f>
-        <v>8972.1569845454433</v>
+        <v>11494.938581280001</v>
       </c>
       <c r="M180" s="263"/>
       <c r="N180" s="225"/>
       <c r="O180" s="225"/>
       <c r="P180" s="212" t="s">
         <v>613</v>
       </c>
       <c r="Q180" s="215" t="s">
         <v>259</v>
       </c>
       <c r="R180" s="240">
         <f>[1]Hoja1!$C593</f>
         <v>19491.465510840357</v>
       </c>
       <c r="S180" s="263"/>
       <c r="T180" s="371"/>
       <c r="U180" s="372"/>
       <c r="V180" s="212" t="s">
         <v>763</v>
       </c>
       <c r="W180" s="215" t="s">
         <v>259</v>
       </c>
       <c r="X180" s="240">
         <f>[1]Hoja1!$C568</f>
-        <v>22273.165587745825</v>
+        <v>26727.79870529499</v>
       </c>
       <c r="Y180" s="263"/>
       <c r="Z180" s="7"/>
       <c r="AA180" s="7"/>
       <c r="AB180" s="7"/>
       <c r="AC180" s="7"/>
       <c r="AD180" s="7"/>
       <c r="AE180" s="166"/>
       <c r="AF180" s="204"/>
       <c r="AG180" s="78"/>
       <c r="AH180" s="254"/>
       <c r="AI180" s="254"/>
       <c r="AJ180" s="335"/>
       <c r="AK180" s="335"/>
       <c r="AL180" s="335"/>
       <c r="AM180" s="335"/>
       <c r="AN180" s="369"/>
       <c r="AO180" s="357"/>
     </row>
     <row r="181" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B181" s="145"/>
       <c r="C181" s="3"/>
       <c r="D181" s="224" t="s">
         <v>614</v>
       </c>
       <c r="E181" s="220" t="s">
         <v>364</v>
       </c>
       <c r="F181" s="412">
         <f>[1]Hoja1!$C705</f>
         <v>9026.56220087363</v>
       </c>
       <c r="G181" s="415"/>
       <c r="H181" s="28"/>
       <c r="I181" s="113"/>
       <c r="J181" s="224" t="s">
         <v>614</v>
       </c>
       <c r="K181" s="220" t="s">
         <v>269</v>
       </c>
       <c r="L181" s="412">
         <f>[1]Hoja1!$C662</f>
-        <v>8972.1569845454433</v>
+        <v>11494.938581280001</v>
       </c>
       <c r="M181" s="413"/>
       <c r="N181" s="225"/>
       <c r="O181" s="225"/>
       <c r="P181" s="224" t="s">
         <v>614</v>
       </c>
       <c r="Q181" s="220" t="s">
         <v>269</v>
       </c>
       <c r="R181" s="412">
         <f>[1]Hoja1!$C594</f>
-        <v>30617.115301933332</v>
+        <v>19491.465510840357</v>
       </c>
       <c r="S181" s="413"/>
       <c r="T181" s="371"/>
       <c r="U181" s="372"/>
       <c r="V181" s="224" t="s">
         <v>764</v>
       </c>
       <c r="W181" s="220" t="s">
         <v>269</v>
       </c>
       <c r="X181" s="412">
         <f>[1]Hoja1!$C569</f>
         <v>2489.3896318815932</v>
       </c>
       <c r="Y181" s="413"/>
       <c r="Z181" s="7"/>
       <c r="AA181" s="7"/>
       <c r="AB181" s="7"/>
       <c r="AC181" s="7"/>
       <c r="AD181" s="7"/>
       <c r="AE181" s="166"/>
       <c r="AF181" s="204"/>
       <c r="AG181" s="78"/>
       <c r="AH181" s="254"/>
       <c r="AI181" s="254"/>
       <c r="AJ181" s="335"/>
       <c r="AK181" s="335"/>
       <c r="AL181" s="335"/>
       <c r="AM181" s="335"/>
       <c r="AN181" s="369"/>
       <c r="AO181" s="357"/>
     </row>
     <row r="182" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B182" s="145"/>
       <c r="C182" s="3"/>
       <c r="D182" s="212" t="s">
         <v>615</v>
       </c>
       <c r="E182" s="215" t="s">
         <v>373</v>
       </c>
       <c r="F182" s="240">
         <f>[1]Hoja1!$C706</f>
-        <v>14307.485122191805</v>
+        <v>17554.311704160002</v>
       </c>
       <c r="G182" s="241"/>
       <c r="H182" s="28"/>
       <c r="I182" s="113"/>
       <c r="J182" s="212" t="s">
         <v>615</v>
       </c>
       <c r="K182" s="215" t="s">
         <v>277</v>
       </c>
       <c r="L182" s="240">
         <f>[1]Hoja1!$C663</f>
-        <v>30723.30013477787</v>
+        <v>31683.389963351576</v>
       </c>
       <c r="M182" s="263"/>
       <c r="N182" s="225"/>
       <c r="O182" s="225"/>
       <c r="P182" s="212" t="s">
         <v>615</v>
       </c>
       <c r="Q182" s="215" t="s">
         <v>277</v>
       </c>
       <c r="R182" s="240">
         <f>[1]Hoja1!$C595</f>
-        <v>42933.841967970722</v>
+        <v>44275.522887876316</v>
       </c>
       <c r="S182" s="263"/>
       <c r="T182" s="371"/>
       <c r="U182" s="369"/>
       <c r="V182" s="221"/>
       <c r="W182" s="18"/>
       <c r="X182" s="254"/>
       <c r="Y182" s="254"/>
       <c r="Z182" s="7"/>
       <c r="AA182" s="7"/>
       <c r="AB182" s="7"/>
       <c r="AC182" s="7"/>
       <c r="AD182" s="7"/>
       <c r="AE182" s="166"/>
       <c r="AF182" s="204"/>
       <c r="AG182" s="78"/>
       <c r="AH182" s="357"/>
       <c r="AI182" s="357"/>
       <c r="AJ182" s="416"/>
       <c r="AK182" s="416"/>
       <c r="AL182" s="416"/>
       <c r="AM182" s="416"/>
       <c r="AN182" s="357"/>
       <c r="AO182" s="357"/>
     </row>
     <row r="183" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B183" s="145"/>
       <c r="C183" s="3"/>
       <c r="D183" s="224" t="s">
         <v>616</v>
       </c>
       <c r="E183" s="220" t="s">
         <v>380</v>
       </c>
       <c r="F183" s="412">
         <f>[1]Hoja1!$C707</f>
-        <v>12441.291410601571</v>
+        <v>17554.311704160002</v>
       </c>
       <c r="G183" s="415"/>
       <c r="H183" s="28"/>
       <c r="I183" s="113"/>
       <c r="J183" s="224" t="s">
         <v>616</v>
       </c>
       <c r="K183" s="220" t="s">
         <v>285</v>
       </c>
       <c r="L183" s="412">
         <f>[1]Hoja1!$C664</f>
-        <v>30723.30013477787</v>
+        <v>31683.389963351576</v>
       </c>
       <c r="M183" s="413"/>
       <c r="N183" s="225"/>
       <c r="O183" s="225"/>
       <c r="P183" s="224" t="s">
         <v>616</v>
       </c>
       <c r="Q183" s="220" t="s">
         <v>285</v>
       </c>
       <c r="R183" s="412">
         <f>[1]Hoja1!$C596</f>
-        <v>39030.765425427926</v>
+        <v>40250.475352614827</v>
       </c>
       <c r="S183" s="413"/>
       <c r="T183" s="371"/>
       <c r="U183" s="369"/>
       <c r="V183" s="221"/>
       <c r="W183" s="18"/>
       <c r="X183" s="254"/>
       <c r="Y183" s="254"/>
       <c r="Z183" s="7"/>
       <c r="AA183" s="7"/>
       <c r="AB183" s="7"/>
       <c r="AC183" s="7"/>
       <c r="AD183" s="7"/>
       <c r="AE183" s="166"/>
       <c r="AF183" s="204"/>
       <c r="AG183" s="78"/>
       <c r="AH183" s="305"/>
       <c r="AI183" s="305"/>
       <c r="AJ183" s="414"/>
       <c r="AK183" s="414"/>
       <c r="AL183" s="414"/>
       <c r="AM183" s="414"/>
       <c r="AN183" s="254"/>
       <c r="AO183" s="254"/>
     </row>
     <row r="184" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B184" s="145"/>
       <c r="C184" s="3"/>
       <c r="D184" s="212" t="s">
         <v>617</v>
       </c>
       <c r="E184" s="215" t="s">
         <v>387</v>
       </c>
       <c r="F184" s="240">
         <f>[1]Hoja1!$C708</f>
-        <v>12441.291410601571</v>
+        <v>17554.311704160002</v>
       </c>
       <c r="G184" s="241"/>
       <c r="H184" s="28"/>
       <c r="I184" s="113"/>
       <c r="J184" s="212" t="s">
         <v>617</v>
       </c>
       <c r="K184" s="215" t="s">
         <v>294</v>
       </c>
       <c r="L184" s="240">
         <f>[1]Hoja1!$C665</f>
-        <v>19557.758097848651</v>
+        <v>31683.389963351576</v>
       </c>
       <c r="M184" s="263"/>
       <c r="N184" s="225"/>
       <c r="O184" s="225"/>
       <c r="P184" s="212" t="s">
         <v>617</v>
       </c>
       <c r="Q184" s="215" t="s">
         <v>294</v>
       </c>
       <c r="R184" s="240">
         <f>[1]Hoja1!$C597</f>
-        <v>46242.804936062857</v>
+        <v>47687.896694298513</v>
       </c>
       <c r="S184" s="263"/>
       <c r="T184" s="371"/>
       <c r="U184" s="369"/>
       <c r="V184" s="221"/>
       <c r="W184" s="18"/>
       <c r="X184" s="254"/>
       <c r="Y184" s="254"/>
       <c r="Z184" s="7"/>
       <c r="AA184" s="7"/>
       <c r="AB184" s="7"/>
       <c r="AC184" s="7"/>
       <c r="AD184" s="7"/>
       <c r="AE184" s="166"/>
       <c r="AF184" s="204"/>
       <c r="AG184" s="78"/>
       <c r="AH184" s="17"/>
       <c r="AI184" s="17"/>
       <c r="AJ184" s="414"/>
       <c r="AK184" s="414"/>
       <c r="AL184" s="414"/>
       <c r="AM184" s="414"/>
       <c r="AN184" s="369"/>
       <c r="AO184" s="357"/>
     </row>
     <row r="185" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B185" s="145"/>
       <c r="C185" s="3"/>
       <c r="D185" s="224" t="s">
         <v>619</v>
       </c>
       <c r="E185" s="220" t="s">
         <v>303</v>
       </c>
       <c r="F185" s="412">
         <f>[1]Hoja1!$C709</f>
         <v>12441.291410601571</v>
       </c>
       <c r="G185" s="415"/>
       <c r="H185" s="28"/>
       <c r="I185" s="113"/>
       <c r="J185" s="224" t="s">
         <v>619</v>
       </c>
       <c r="K185" s="220" t="s">
         <v>303</v>
       </c>
       <c r="L185" s="412">
         <f>[1]Hoja1!$C666</f>
-        <v>19557.758097848651</v>
+        <v>31683.389963351576</v>
       </c>
       <c r="M185" s="413"/>
       <c r="N185" s="225"/>
       <c r="O185" s="225"/>
       <c r="P185" s="224" t="s">
         <v>619</v>
       </c>
       <c r="Q185" s="220" t="s">
         <v>303</v>
       </c>
       <c r="R185" s="412">
         <f>[1]Hoja1!$C598</f>
-        <v>46242.804936062857</v>
+        <v>47687.896694298513</v>
       </c>
       <c r="S185" s="413"/>
       <c r="T185" s="371"/>
       <c r="U185" s="369"/>
       <c r="V185" s="221"/>
       <c r="W185" s="18"/>
       <c r="X185" s="254"/>
       <c r="Y185" s="254"/>
       <c r="Z185" s="7"/>
       <c r="AA185" s="7"/>
       <c r="AB185" s="7"/>
       <c r="AC185" s="7"/>
       <c r="AD185" s="7"/>
       <c r="AE185" s="166"/>
       <c r="AF185" s="204"/>
       <c r="AG185" s="78"/>
       <c r="AJ185" s="414"/>
       <c r="AK185" s="414"/>
       <c r="AL185" s="414"/>
       <c r="AM185" s="414"/>
       <c r="AN185" s="357"/>
       <c r="AO185" s="357"/>
     </row>
     <row r="186" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B186" s="145"/>
       <c r="C186" s="3"/>
       <c r="D186" s="212" t="s">
         <v>620</v>
       </c>
       <c r="E186" s="215" t="s">
         <v>257</v>
       </c>
       <c r="F186" s="240">
         <f>[1]Hoja1!$C710</f>
         <v>12441.291410601571</v>
       </c>
       <c r="G186" s="241"/>
       <c r="H186" s="28"/>
       <c r="I186" s="113"/>
       <c r="J186" s="212" t="s">
         <v>620</v>
       </c>
       <c r="K186" s="215" t="s">
         <v>257</v>
       </c>
       <c r="L186" s="240">
         <f>[1]Hoja1!$C667</f>
-        <v>19557.758097848651</v>
+        <v>29362.030527548759</v>
       </c>
       <c r="M186" s="263"/>
       <c r="N186" s="225"/>
       <c r="O186" s="225"/>
       <c r="P186" s="212" t="s">
         <v>620</v>
       </c>
       <c r="Q186" s="215" t="s">
         <v>257</v>
       </c>
       <c r="R186" s="240">
         <f>[1]Hoja1!$C599</f>
-        <v>66548.385087680523</v>
+        <v>68627.979589475755</v>
       </c>
       <c r="S186" s="263"/>
       <c r="T186" s="371"/>
       <c r="U186" s="369"/>
       <c r="V186" s="221"/>
       <c r="W186" s="18"/>
       <c r="X186" s="254"/>
       <c r="Y186" s="254"/>
       <c r="Z186" s="7"/>
       <c r="AA186" s="7"/>
       <c r="AB186" s="7"/>
       <c r="AC186" s="7"/>
       <c r="AD186" s="7"/>
       <c r="AE186" s="166"/>
       <c r="AF186" s="204"/>
       <c r="AG186" s="78"/>
       <c r="AH186" s="17"/>
       <c r="AI186" s="17"/>
       <c r="AJ186" s="414"/>
       <c r="AK186" s="414"/>
       <c r="AL186" s="414"/>
       <c r="AM186" s="414"/>
       <c r="AN186" s="369"/>
       <c r="AO186" s="357"/>
     </row>
     <row r="187" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B187" s="145"/>
       <c r="C187" s="3"/>
       <c r="D187" s="224" t="s">
         <v>622</v>
       </c>
       <c r="E187" s="220" t="s">
         <v>402</v>
       </c>
       <c r="F187" s="412">
         <f>[1]Hoja1!$C711</f>
         <v>12441.291410601571</v>
       </c>
       <c r="G187" s="415"/>
       <c r="H187" s="28"/>
       <c r="I187" s="113"/>
       <c r="J187" s="224" t="s">
         <v>622</v>
       </c>
       <c r="K187" s="220" t="s">
         <v>267</v>
       </c>
       <c r="L187" s="412">
         <f>[1]Hoja1!$C668</f>
-        <v>19557.758097848651</v>
+        <v>29362.030527548759</v>
       </c>
       <c r="M187" s="413"/>
       <c r="N187" s="225"/>
       <c r="O187" s="225"/>
       <c r="P187" s="224" t="s">
         <v>622</v>
       </c>
       <c r="Q187" s="220" t="s">
         <v>267</v>
       </c>
       <c r="R187" s="412">
         <f>[1]Hoja1!$C600</f>
-        <v>67747.393028691004</v>
+        <v>69864.535250512112</v>
       </c>
       <c r="S187" s="413"/>
       <c r="T187" s="371"/>
       <c r="U187" s="369"/>
       <c r="V187" s="221"/>
       <c r="W187" s="18"/>
       <c r="X187" s="254"/>
       <c r="Y187" s="254"/>
       <c r="Z187" s="7"/>
       <c r="AA187" s="7"/>
       <c r="AB187" s="7"/>
       <c r="AC187" s="7"/>
       <c r="AD187" s="7"/>
       <c r="AE187" s="166"/>
       <c r="AF187" s="204"/>
       <c r="AG187" s="78"/>
       <c r="AJ187" s="414"/>
       <c r="AK187" s="414"/>
       <c r="AL187" s="414"/>
       <c r="AM187" s="414"/>
       <c r="AN187" s="357"/>
       <c r="AO187" s="357"/>
     </row>
     <row r="188" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B188" s="145"/>
       <c r="C188" s="3"/>
       <c r="D188" s="212" t="s">
         <v>623</v>
       </c>
       <c r="E188" s="215" t="s">
         <v>275</v>
       </c>
       <c r="F188" s="240">
         <f>[1]Hoja1!$C712</f>
-        <v>34690.888913424264</v>
+        <v>25615.826137440003</v>
       </c>
       <c r="G188" s="241"/>
       <c r="H188" s="28"/>
       <c r="I188" s="113"/>
       <c r="J188" s="212" t="s">
         <v>623</v>
       </c>
       <c r="K188" s="215" t="s">
         <v>275</v>
       </c>
       <c r="L188" s="240">
         <f>[1]Hoja1!$C669</f>
-        <v>35414.515856468424</v>
+        <v>36521.211324979064</v>
       </c>
       <c r="M188" s="263"/>
       <c r="N188" s="225"/>
       <c r="O188" s="225"/>
       <c r="P188" s="212" t="s">
         <v>623</v>
       </c>
       <c r="Q188" s="215" t="s">
         <v>275</v>
       </c>
       <c r="R188" s="240">
         <f>[1]Hoja1!$C601</f>
-        <v>73203.223596448588</v>
+        <v>75490.777548423343</v>
       </c>
       <c r="S188" s="263"/>
       <c r="T188" s="371"/>
       <c r="U188" s="369"/>
       <c r="V188" s="221"/>
       <c r="W188" s="18"/>
       <c r="X188" s="254"/>
       <c r="Y188" s="254"/>
       <c r="Z188" s="7"/>
       <c r="AA188" s="7"/>
       <c r="AB188" s="7"/>
       <c r="AC188" s="7"/>
       <c r="AD188" s="7"/>
       <c r="AE188" s="166"/>
       <c r="AF188" s="204"/>
       <c r="AG188" s="78"/>
       <c r="AH188" s="17"/>
       <c r="AI188" s="17"/>
       <c r="AJ188" s="414"/>
       <c r="AK188" s="414"/>
       <c r="AL188" s="414"/>
       <c r="AM188" s="414"/>
       <c r="AN188" s="369"/>
       <c r="AO188" s="357"/>
     </row>
     <row r="189" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B189" s="355"/>
       <c r="C189" s="417"/>
       <c r="D189" s="211" t="s">
         <v>625</v>
       </c>
       <c r="E189" s="220" t="s">
         <v>283</v>
       </c>
       <c r="F189" s="242">
         <f>[1]Hoja1!$C713</f>
-        <v>34690.888913424264</v>
+        <v>25615.826137440003</v>
       </c>
       <c r="G189" s="243"/>
       <c r="H189" s="28"/>
       <c r="I189" s="113"/>
       <c r="J189" s="211" t="s">
         <v>625</v>
       </c>
       <c r="K189" s="220" t="s">
         <v>283</v>
       </c>
       <c r="L189" s="242">
         <f>[1]Hoja1!$C670</f>
-        <v>35414.515856468424</v>
+        <v>36521.211324979064</v>
       </c>
       <c r="M189" s="418"/>
       <c r="N189" s="225"/>
       <c r="O189" s="225"/>
       <c r="P189" s="211" t="s">
         <v>625</v>
       </c>
       <c r="Q189" s="220" t="s">
         <v>283</v>
       </c>
       <c r="R189" s="242">
         <f>[1]Hoja1!$C602</f>
-        <v>73203.223596448588</v>
+        <v>75490.777548423343</v>
       </c>
       <c r="S189" s="418"/>
       <c r="T189" s="371"/>
       <c r="U189" s="369"/>
       <c r="V189" s="221"/>
       <c r="W189" s="18"/>
       <c r="X189" s="254"/>
       <c r="Y189" s="254"/>
       <c r="Z189" s="7"/>
       <c r="AA189" s="7"/>
       <c r="AB189" s="7"/>
       <c r="AC189" s="7"/>
       <c r="AD189" s="7"/>
       <c r="AE189" s="166"/>
       <c r="AF189" s="204"/>
       <c r="AG189" s="78"/>
       <c r="AJ189" s="414"/>
       <c r="AK189" s="414"/>
       <c r="AL189" s="414"/>
       <c r="AM189" s="414"/>
       <c r="AN189" s="357"/>
       <c r="AO189" s="357"/>
     </row>
     <row r="190" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B190" s="145"/>
       <c r="C190" s="3"/>
       <c r="D190" s="212" t="s">
         <v>626</v>
       </c>
       <c r="E190" s="215" t="s">
         <v>292</v>
       </c>
       <c r="F190" s="240">
         <f>[1]Hoja1!$C714</f>
-        <v>19903.291170772703</v>
+        <v>25615.826137440003</v>
       </c>
       <c r="G190" s="241"/>
       <c r="H190" s="28"/>
       <c r="I190" s="113"/>
       <c r="J190" s="212" t="s">
         <v>626</v>
       </c>
       <c r="K190" s="215" t="s">
         <v>292</v>
       </c>
       <c r="L190" s="240">
         <f>[1]Hoja1!$C671</f>
-        <v>30795.231179537765</v>
+        <v>36521.211324979064</v>
       </c>
       <c r="M190" s="263"/>
       <c r="N190" s="225"/>
       <c r="O190" s="225"/>
       <c r="P190" s="212" t="s">
         <v>626</v>
       </c>
       <c r="Q190" s="215" t="s">
         <v>292</v>
       </c>
       <c r="R190" s="240">
         <f>[1]Hoja1!$C603</f>
-        <v>66548.385087680523</v>
+        <v>68627.979589475755</v>
       </c>
       <c r="S190" s="263"/>
       <c r="T190" s="371"/>
       <c r="U190" s="369"/>
       <c r="V190" s="221"/>
       <c r="W190" s="18"/>
       <c r="X190" s="254"/>
       <c r="Y190" s="254"/>
       <c r="Z190" s="7"/>
       <c r="AA190" s="7"/>
       <c r="AB190" s="7"/>
       <c r="AC190" s="7"/>
       <c r="AD190" s="7"/>
       <c r="AE190" s="166"/>
       <c r="AF190" s="204"/>
       <c r="AG190" s="78"/>
       <c r="AH190" s="17"/>
       <c r="AI190" s="17"/>
       <c r="AJ190" s="414"/>
       <c r="AK190" s="414"/>
       <c r="AL190" s="414"/>
       <c r="AM190" s="414"/>
       <c r="AN190" s="369"/>
       <c r="AO190" s="357"/>
     </row>
     <row r="191" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B191" s="145"/>
       <c r="C191" s="3"/>
       <c r="D191" s="211" t="s">
         <v>628</v>
       </c>
       <c r="E191" s="220" t="s">
         <v>301</v>
       </c>
       <c r="F191" s="242">
         <f>[1]Hoja1!$C715</f>
-        <v>19902.799279572151</v>
+        <v>25615.826137440003</v>
       </c>
       <c r="G191" s="243"/>
       <c r="H191" s="28"/>
       <c r="I191" s="113"/>
       <c r="J191" s="211" t="s">
         <v>628</v>
       </c>
       <c r="K191" s="220" t="s">
         <v>301</v>
       </c>
       <c r="L191" s="242">
         <f>[1]Hoja1!$C672</f>
-        <v>23169.592210732804</v>
+        <v>31757.575065199188</v>
       </c>
       <c r="M191" s="418"/>
       <c r="N191" s="225"/>
       <c r="O191" s="225"/>
       <c r="P191" s="211" t="s">
         <v>628</v>
       </c>
       <c r="Q191" s="220" t="s">
         <v>301</v>
       </c>
       <c r="R191" s="242">
         <f>[1]Hoja1!$C604</f>
-        <v>67747.393028691004</v>
+        <v>69864.535250512112</v>
       </c>
       <c r="S191" s="418"/>
       <c r="T191" s="371"/>
       <c r="U191" s="369"/>
       <c r="V191" s="221"/>
       <c r="W191" s="18"/>
       <c r="X191" s="254"/>
       <c r="Y191" s="254"/>
       <c r="Z191" s="7"/>
       <c r="AA191" s="7"/>
       <c r="AB191" s="7"/>
       <c r="AC191" s="7"/>
       <c r="AD191" s="7"/>
       <c r="AE191" s="166"/>
       <c r="AF191" s="204"/>
       <c r="AG191" s="78"/>
       <c r="AJ191" s="414"/>
       <c r="AK191" s="414"/>
       <c r="AL191" s="414"/>
       <c r="AM191" s="414"/>
       <c r="AN191" s="357"/>
       <c r="AO191" s="357"/>
     </row>
     <row r="192" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B192" s="145"/>
       <c r="C192" s="3"/>
       <c r="D192" s="212" t="s">
         <v>629</v>
       </c>
       <c r="E192" s="215" t="s">
         <v>310</v>
       </c>
       <c r="F192" s="240">
         <f>[1]Hoja1!$C716</f>
         <v>22039.595150255038</v>
       </c>
       <c r="G192" s="241"/>
       <c r="H192" s="28"/>
       <c r="I192" s="113"/>
       <c r="J192" s="212" t="s">
         <v>629</v>
       </c>
       <c r="K192" s="215" t="s">
         <v>310</v>
       </c>
       <c r="L192" s="240">
         <f>[1]Hoja1!$C673</f>
-        <v>23169.592210732804</v>
+        <v>34774.023982940351</v>
       </c>
       <c r="M192" s="263"/>
       <c r="N192" s="225"/>
       <c r="O192" s="225"/>
       <c r="P192" s="212" t="s">
         <v>629</v>
       </c>
       <c r="Q192" s="215" t="s">
         <v>310</v>
       </c>
       <c r="R192" s="240">
         <f>[1]Hoja1!$C605</f>
-        <v>67747.393028691004</v>
+        <v>69864.535250512112</v>
       </c>
       <c r="S192" s="263"/>
       <c r="T192" s="371"/>
       <c r="U192" s="369"/>
       <c r="V192" s="221"/>
       <c r="W192" s="18"/>
       <c r="X192" s="254"/>
       <c r="Y192" s="254"/>
       <c r="Z192" s="7"/>
       <c r="AA192" s="7"/>
       <c r="AB192" s="7"/>
       <c r="AC192" s="7"/>
       <c r="AD192" s="7"/>
       <c r="AE192" s="166"/>
       <c r="AF192" s="204"/>
       <c r="AG192" s="78"/>
       <c r="AH192" s="17"/>
       <c r="AI192" s="17"/>
       <c r="AJ192" s="414"/>
       <c r="AK192" s="414"/>
       <c r="AL192" s="414"/>
       <c r="AM192" s="414"/>
       <c r="AN192" s="369"/>
       <c r="AO192" s="357"/>
     </row>
     <row r="193" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B193" s="145"/>
       <c r="C193" s="3"/>
       <c r="D193" s="211" t="s">
         <v>631</v>
       </c>
       <c r="E193" s="220" t="s">
         <v>318</v>
       </c>
       <c r="F193" s="242">
         <f>[1]Hoja1!$C717</f>
         <v>22039.595150255038</v>
       </c>
       <c r="G193" s="243"/>
       <c r="H193" s="28"/>
       <c r="I193" s="113"/>
       <c r="J193" s="211" t="s">
         <v>631</v>
       </c>
       <c r="K193" s="220" t="s">
         <v>318</v>
       </c>
       <c r="L193" s="242">
         <f>[1]Hoja1!$C674</f>
-        <v>23169.592210732804</v>
+        <v>34774.023982940351</v>
       </c>
       <c r="M193" s="418"/>
       <c r="N193" s="225"/>
       <c r="O193" s="225"/>
       <c r="P193" s="211" t="s">
         <v>631</v>
       </c>
       <c r="Q193" s="220" t="s">
         <v>318</v>
       </c>
       <c r="R193" s="242">
         <f>[1]Hoja1!$C606</f>
-        <v>67747.393028691004</v>
+        <v>69864.535250512112</v>
       </c>
       <c r="S193" s="418"/>
       <c r="T193" s="371"/>
       <c r="U193" s="369"/>
       <c r="V193" s="221"/>
       <c r="W193" s="18"/>
       <c r="X193" s="254"/>
       <c r="Y193" s="254"/>
       <c r="Z193" s="7"/>
       <c r="AA193" s="7"/>
       <c r="AB193" s="7"/>
       <c r="AC193" s="7"/>
       <c r="AD193" s="7"/>
       <c r="AE193" s="166"/>
       <c r="AF193" s="204"/>
       <c r="AG193" s="78"/>
       <c r="AH193" s="305"/>
       <c r="AI193" s="305"/>
       <c r="AJ193" s="414"/>
       <c r="AK193" s="414"/>
       <c r="AL193" s="414"/>
       <c r="AM193" s="414"/>
       <c r="AN193" s="254"/>
       <c r="AO193" s="254"/>
     </row>
     <row r="194" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B194" s="145"/>
       <c r="C194" s="3"/>
       <c r="D194" s="212" t="s">
         <v>632</v>
       </c>
       <c r="E194" s="215" t="s">
         <v>327</v>
       </c>
       <c r="F194" s="240">
         <f>[1]Hoja1!$C718</f>
         <v>22039.595150255038</v>
       </c>
       <c r="G194" s="241"/>
       <c r="H194" s="28"/>
       <c r="I194" s="113"/>
       <c r="J194" s="212" t="s">
         <v>632</v>
       </c>
       <c r="K194" s="215" t="s">
         <v>327</v>
       </c>
       <c r="L194" s="240">
         <f>[1]Hoja1!$C675</f>
-        <v>23169.592210732804</v>
+        <v>34944.379600444045</v>
       </c>
       <c r="M194" s="263"/>
       <c r="N194" s="225"/>
       <c r="O194" s="225"/>
       <c r="P194" s="212" t="s">
         <v>632</v>
       </c>
       <c r="Q194" s="215" t="s">
         <v>327</v>
       </c>
       <c r="R194" s="240">
         <f>[1]Hoja1!$C607</f>
-        <v>79760.108520566646</v>
+        <v>82252.656309476253</v>
       </c>
       <c r="S194" s="263"/>
       <c r="T194" s="371"/>
       <c r="U194" s="369"/>
       <c r="V194" s="221"/>
       <c r="W194" s="18"/>
       <c r="X194" s="254"/>
       <c r="Y194" s="254"/>
       <c r="Z194" s="7"/>
       <c r="AA194" s="7"/>
       <c r="AB194" s="7"/>
       <c r="AC194" s="7"/>
       <c r="AD194" s="7"/>
       <c r="AE194" s="166"/>
       <c r="AF194" s="204"/>
       <c r="AG194" s="78"/>
       <c r="AH194" s="305"/>
       <c r="AI194" s="305"/>
       <c r="AJ194" s="414"/>
       <c r="AK194" s="414"/>
       <c r="AL194" s="414"/>
       <c r="AM194" s="414"/>
       <c r="AN194" s="7"/>
       <c r="AO194" s="7"/>
     </row>
     <row r="195" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B195" s="145"/>
       <c r="C195" s="3"/>
       <c r="D195" s="211" t="s">
         <v>633</v>
       </c>
       <c r="E195" s="220" t="s">
         <v>336</v>
       </c>
       <c r="F195" s="242">
         <f>[1]Hoja1!$C719</f>
-        <v>68928.487901616667</v>
+        <v>55179.676379520002</v>
       </c>
       <c r="G195" s="243"/>
       <c r="H195" s="28"/>
       <c r="I195" s="113"/>
       <c r="J195" s="211" t="s">
         <v>633</v>
       </c>
       <c r="K195" s="220" t="s">
         <v>336</v>
       </c>
       <c r="L195" s="242">
         <f>[1]Hoja1!$C676</f>
-        <v>49827.377581996625</v>
+        <v>72102.185954494445</v>
       </c>
       <c r="M195" s="418"/>
       <c r="N195" s="225"/>
       <c r="O195" s="225"/>
       <c r="P195" s="211" t="s">
         <v>633</v>
       </c>
       <c r="Q195" s="220" t="s">
         <v>336</v>
       </c>
       <c r="R195" s="242">
         <f>[1]Hoja1!$C608</f>
-        <v>153724.99806424393</v>
+        <v>158528.9190280929</v>
       </c>
       <c r="S195" s="418"/>
       <c r="T195" s="371"/>
       <c r="U195" s="369"/>
       <c r="V195" s="221"/>
       <c r="W195" s="18"/>
       <c r="X195" s="254"/>
       <c r="Y195" s="254"/>
       <c r="Z195" s="7"/>
       <c r="AA195" s="7"/>
       <c r="AB195" s="7"/>
       <c r="AC195" s="7"/>
       <c r="AD195" s="7"/>
       <c r="AE195" s="166"/>
       <c r="AF195" s="204"/>
       <c r="AG195" s="78"/>
       <c r="AH195" s="305"/>
       <c r="AI195" s="305"/>
       <c r="AJ195" s="414"/>
       <c r="AK195" s="414"/>
       <c r="AL195" s="414"/>
       <c r="AM195" s="414"/>
       <c r="AN195" s="7"/>
       <c r="AO195" s="7"/>
     </row>
     <row r="196" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B196" s="145"/>
       <c r="D196" s="212" t="s">
         <v>634</v>
       </c>
       <c r="E196" s="215" t="s">
         <v>345</v>
       </c>
       <c r="F196" s="240">
         <f>[1]Hoja1!$C720</f>
-        <v>68928.487901616667</v>
+        <v>55179.676379520002</v>
       </c>
       <c r="G196" s="241"/>
       <c r="H196" s="28"/>
       <c r="I196" s="113"/>
       <c r="J196" s="212" t="s">
         <v>634</v>
       </c>
       <c r="K196" s="215" t="s">
         <v>345</v>
       </c>
       <c r="L196" s="240">
         <f>[1]Hoja1!$C677</f>
-        <v>49827.377581996625</v>
+        <v>72102.185954494445</v>
       </c>
       <c r="M196" s="263"/>
       <c r="N196" s="225"/>
       <c r="O196" s="225"/>
       <c r="P196" s="212" t="s">
         <v>634</v>
       </c>
       <c r="Q196" s="215" t="s">
         <v>345</v>
       </c>
       <c r="R196" s="240">
         <f>[1]Hoja1!$C609</f>
-        <v>153724.99806424393</v>
+        <v>158528.9190280929</v>
       </c>
       <c r="S196" s="263"/>
       <c r="T196" s="371"/>
       <c r="U196" s="369"/>
       <c r="V196" s="221"/>
       <c r="W196" s="18"/>
       <c r="X196" s="254"/>
       <c r="Y196" s="254"/>
       <c r="Z196" s="7"/>
       <c r="AA196" s="7"/>
       <c r="AB196" s="7"/>
       <c r="AC196" s="7"/>
       <c r="AD196" s="7"/>
       <c r="AE196" s="166"/>
       <c r="AF196" s="204"/>
       <c r="AG196" s="78"/>
       <c r="AH196" s="305"/>
       <c r="AI196" s="305"/>
       <c r="AJ196" s="414"/>
       <c r="AK196" s="414"/>
       <c r="AL196" s="414"/>
       <c r="AM196" s="414"/>
       <c r="AN196" s="7"/>
       <c r="AO196" s="7"/>
     </row>
     <row r="197" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B197" s="145"/>
       <c r="D197" s="211" t="s">
         <v>635</v>
       </c>
       <c r="E197" s="220" t="s">
         <v>353</v>
       </c>
       <c r="F197" s="242">
         <f>[1]Hoja1!$C721</f>
-        <v>42962.945698181196</v>
+        <v>55179.676379520002</v>
       </c>
       <c r="G197" s="243"/>
       <c r="H197" s="28"/>
       <c r="I197" s="113"/>
       <c r="J197" s="211" t="s">
         <v>635</v>
       </c>
       <c r="K197" s="220" t="s">
         <v>353</v>
       </c>
       <c r="L197" s="242">
         <f>[1]Hoja1!$C678</f>
-        <v>49827.377581996625</v>
+        <v>72102.185954494445</v>
       </c>
       <c r="M197" s="418"/>
       <c r="N197" s="225"/>
       <c r="O197" s="225"/>
       <c r="P197" s="211" t="s">
         <v>635</v>
       </c>
       <c r="Q197" s="220" t="s">
         <v>353</v>
       </c>
       <c r="R197" s="242">
         <f>[1]Hoja1!$C610</f>
-        <v>153724.99806424393</v>
+        <v>158528.9190280929</v>
       </c>
       <c r="S197" s="418"/>
       <c r="T197" s="371"/>
       <c r="U197" s="369"/>
       <c r="V197" s="221"/>
       <c r="W197" s="18"/>
       <c r="X197" s="254"/>
       <c r="Y197" s="254"/>
       <c r="Z197" s="7"/>
       <c r="AA197" s="7"/>
       <c r="AB197" s="7"/>
       <c r="AC197" s="7"/>
       <c r="AD197" s="7"/>
       <c r="AE197" s="166"/>
       <c r="AF197" s="204"/>
       <c r="AG197" s="78"/>
       <c r="AH197" s="305"/>
       <c r="AI197" s="305"/>
       <c r="AJ197" s="414"/>
       <c r="AK197" s="414"/>
       <c r="AL197" s="414"/>
       <c r="AM197" s="414"/>
       <c r="AN197" s="7"/>
       <c r="AO197" s="7"/>
     </row>
     <row r="198" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B198" s="145"/>
       <c r="D198" s="212" t="s">
         <v>636</v>
       </c>
       <c r="E198" s="215" t="s">
         <v>360</v>
       </c>
       <c r="F198" s="240">
         <f>[1]Hoja1!$C722</f>
-        <v>42962.945698181196</v>
+        <v>55179.676379520002</v>
       </c>
       <c r="G198" s="241"/>
       <c r="H198" s="28"/>
       <c r="I198" s="113"/>
       <c r="J198" s="212" t="s">
         <v>636</v>
       </c>
       <c r="K198" s="215" t="s">
         <v>360</v>
       </c>
       <c r="L198" s="240">
         <f>[1]Hoja1!$C679</f>
-        <v>43328.154419127502</v>
+        <v>72102.185954494445</v>
       </c>
       <c r="M198" s="263"/>
       <c r="N198" s="225"/>
       <c r="O198" s="225"/>
       <c r="P198" s="212" t="s">
         <v>636</v>
       </c>
       <c r="Q198" s="215" t="s">
         <v>360</v>
       </c>
       <c r="R198" s="240">
         <f>[1]Hoja1!$C611</f>
-        <v>153724.99806424393</v>
+        <v>158528.9190280929</v>
       </c>
       <c r="S198" s="263"/>
       <c r="T198" s="371"/>
       <c r="U198" s="369"/>
       <c r="V198" s="221"/>
       <c r="W198" s="18"/>
       <c r="X198" s="254"/>
       <c r="Y198" s="254"/>
       <c r="Z198" s="7"/>
       <c r="AA198" s="7"/>
       <c r="AB198" s="7"/>
       <c r="AC198" s="7"/>
       <c r="AD198" s="7"/>
       <c r="AE198" s="166"/>
       <c r="AF198" s="204"/>
       <c r="AG198" s="78"/>
       <c r="AH198" s="305"/>
       <c r="AI198" s="305"/>
       <c r="AJ198" s="414"/>
       <c r="AK198" s="414"/>
       <c r="AL198" s="414"/>
       <c r="AM198" s="414"/>
       <c r="AN198" s="7"/>
       <c r="AO198" s="7"/>
     </row>
     <row r="199" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B199" s="145"/>
       <c r="D199" s="211" t="s">
         <v>637</v>
       </c>
       <c r="E199" s="220" t="s">
         <v>368</v>
       </c>
       <c r="F199" s="242">
         <f>[1]Hoja1!$C723</f>
         <v>42962.945698181196</v>
       </c>
       <c r="G199" s="243"/>
       <c r="H199" s="28"/>
       <c r="I199" s="113"/>
       <c r="J199" s="211" t="s">
         <v>637</v>
       </c>
       <c r="K199" s="220" t="s">
         <v>368</v>
       </c>
       <c r="L199" s="242">
         <f>[1]Hoja1!$C680</f>
-        <v>43328.154419127502</v>
+        <v>72102.185954494445</v>
       </c>
       <c r="M199" s="418"/>
       <c r="N199" s="225"/>
       <c r="O199" s="225"/>
       <c r="P199" s="211" t="s">
         <v>637</v>
       </c>
       <c r="Q199" s="220" t="s">
         <v>368</v>
       </c>
       <c r="R199" s="242">
         <f>[1]Hoja1!$C612</f>
-        <v>128104.16505353661</v>
+        <v>132107.43252341077</v>
       </c>
       <c r="S199" s="418"/>
       <c r="T199" s="371"/>
       <c r="U199" s="369"/>
       <c r="V199" s="221"/>
       <c r="W199" s="18"/>
       <c r="X199" s="254"/>
       <c r="Y199" s="254"/>
       <c r="Z199" s="7"/>
       <c r="AA199" s="7"/>
       <c r="AB199" s="7"/>
       <c r="AC199" s="7"/>
       <c r="AD199" s="7"/>
       <c r="AE199" s="166"/>
       <c r="AF199" s="204"/>
       <c r="AG199" s="78"/>
       <c r="AH199" s="305"/>
       <c r="AI199" s="305"/>
       <c r="AJ199" s="414"/>
       <c r="AK199" s="414"/>
       <c r="AL199" s="414"/>
       <c r="AM199" s="414"/>
       <c r="AN199" s="7"/>
       <c r="AO199" s="7"/>
     </row>
     <row r="200" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B200" s="145"/>
       <c r="D200" s="212" t="s">
         <v>638</v>
       </c>
       <c r="E200" s="215" t="s">
         <v>375</v>
       </c>
       <c r="F200" s="240">
         <f>[1]Hoja1!$C724</f>
         <v>42962.945698181196</v>
       </c>
       <c r="G200" s="241"/>
       <c r="H200" s="28"/>
       <c r="I200" s="113"/>
       <c r="J200" s="212" t="s">
         <v>638</v>
       </c>
       <c r="K200" s="215" t="s">
         <v>375</v>
       </c>
       <c r="L200" s="240">
         <f>[1]Hoja1!$C681</f>
-        <v>43328.154419127502</v>
+        <v>62697.553003908222</v>
       </c>
       <c r="M200" s="263"/>
       <c r="N200" s="225"/>
       <c r="O200" s="225"/>
       <c r="P200" s="212" t="s">
         <v>638</v>
       </c>
       <c r="Q200" s="215" t="s">
         <v>375</v>
       </c>
       <c r="R200" s="240">
         <f>[1]Hoja1!$C613</f>
-        <v>125836.80807388863</v>
+        <v>129769.2542161973</v>
       </c>
       <c r="S200" s="263"/>
       <c r="T200" s="371"/>
       <c r="U200" s="369"/>
       <c r="V200" s="221"/>
       <c r="W200" s="18"/>
       <c r="X200" s="254"/>
       <c r="Y200" s="254"/>
       <c r="Z200" s="7"/>
       <c r="AA200" s="7"/>
       <c r="AB200" s="7"/>
       <c r="AC200" s="7"/>
       <c r="AD200" s="7"/>
       <c r="AE200" s="166"/>
       <c r="AF200" s="204"/>
       <c r="AG200" s="78"/>
       <c r="AH200" s="305"/>
       <c r="AI200" s="305"/>
       <c r="AJ200" s="414"/>
       <c r="AK200" s="414"/>
       <c r="AL200" s="414"/>
       <c r="AM200" s="414"/>
       <c r="AN200" s="7"/>
       <c r="AO200" s="7"/>
     </row>
     <row r="201" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B201" s="145"/>
       <c r="D201" s="224" t="s">
         <v>639</v>
       </c>
       <c r="E201" s="220" t="s">
         <v>382</v>
       </c>
       <c r="F201" s="412">
         <f>[1]Hoja1!$C725</f>
         <v>42962.945698181196</v>
       </c>
       <c r="G201" s="415"/>
       <c r="H201" s="28"/>
       <c r="I201" s="113"/>
       <c r="J201" s="224" t="s">
         <v>639</v>
       </c>
       <c r="K201" s="220" t="s">
         <v>382</v>
       </c>
       <c r="L201" s="412">
         <f>[1]Hoja1!$C682</f>
-        <v>41187.618125773712</v>
+        <v>62186.689112045926</v>
       </c>
       <c r="M201" s="413"/>
       <c r="N201" s="225"/>
       <c r="O201" s="225"/>
       <c r="P201" s="224" t="s">
         <v>639</v>
       </c>
       <c r="Q201" s="220" t="s">
         <v>382</v>
       </c>
       <c r="R201" s="412">
         <f>[1]Hoja1!$C614</f>
-        <v>128104.16505353661</v>
+        <v>132107.43252341077</v>
       </c>
       <c r="S201" s="413"/>
       <c r="T201" s="371"/>
       <c r="U201" s="369"/>
       <c r="V201" s="221"/>
       <c r="W201" s="18"/>
       <c r="X201" s="254"/>
       <c r="Y201" s="254"/>
       <c r="Z201" s="7"/>
       <c r="AA201" s="7"/>
       <c r="AB201" s="7"/>
       <c r="AC201" s="7"/>
       <c r="AD201" s="7"/>
       <c r="AE201" s="166"/>
       <c r="AF201" s="204"/>
       <c r="AG201" s="78"/>
       <c r="AH201" s="305"/>
       <c r="AI201" s="305"/>
       <c r="AJ201" s="414"/>
       <c r="AK201" s="414"/>
       <c r="AL201" s="414"/>
       <c r="AM201" s="414"/>
       <c r="AN201" s="7"/>
       <c r="AO201" s="7"/>
     </row>
     <row r="202" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B202" s="145"/>
       <c r="D202" s="212" t="s">
         <v>640</v>
       </c>
       <c r="E202" s="215" t="s">
         <v>389</v>
       </c>
       <c r="F202" s="240">
         <f>[1]Hoja1!$C726</f>
         <v>42962.945698181196</v>
       </c>
       <c r="G202" s="241"/>
       <c r="H202" s="28"/>
       <c r="I202" s="113"/>
       <c r="J202" s="212" t="s">
         <v>640</v>
       </c>
       <c r="K202" s="215" t="s">
         <v>389</v>
       </c>
       <c r="L202" s="240">
         <f>[1]Hoja1!$C683</f>
-        <v>44287.762417279264</v>
+        <v>64033.833976669885</v>
       </c>
       <c r="M202" s="263"/>
       <c r="N202" s="225"/>
       <c r="O202" s="225"/>
       <c r="P202" s="212" t="s">
         <v>640</v>
       </c>
       <c r="Q202" s="215" t="s">
         <v>389</v>
       </c>
       <c r="R202" s="240">
         <f>[1]Hoja1!$C615</f>
-        <v>128104.16505353661</v>
+        <v>132107.43252341077</v>
       </c>
       <c r="S202" s="263"/>
       <c r="T202" s="371"/>
       <c r="U202" s="369"/>
       <c r="V202" s="221"/>
       <c r="W202" s="18"/>
       <c r="X202" s="254"/>
       <c r="Y202" s="254"/>
       <c r="Z202" s="7"/>
       <c r="AA202" s="7"/>
       <c r="AB202" s="7"/>
       <c r="AC202" s="7"/>
       <c r="AD202" s="7"/>
       <c r="AE202" s="166"/>
       <c r="AF202" s="204"/>
       <c r="AG202" s="78"/>
       <c r="AH202" s="305"/>
       <c r="AI202" s="305"/>
       <c r="AJ202" s="414"/>
       <c r="AK202" s="414"/>
       <c r="AL202" s="414"/>
       <c r="AM202" s="414"/>
       <c r="AN202" s="7"/>
       <c r="AO202" s="7"/>
     </row>
     <row r="203" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B203" s="145"/>
       <c r="D203" s="224" t="s">
         <v>833</v>
       </c>
       <c r="E203" s="220" t="s">
         <v>641</v>
       </c>
       <c r="F203" s="412">
         <f>[1]Hoja1!$C727</f>
         <v>204991.64000451576</v>
       </c>
       <c r="G203" s="415"/>
       <c r="H203" s="28"/>
       <c r="I203" s="113"/>
       <c r="J203" s="224" t="s">
         <v>833</v>
       </c>
       <c r="K203" s="220" t="s">
         <v>642</v>
       </c>
       <c r="L203" s="412">
         <f>[1]Hoja1!$C684</f>
-        <v>157120.29967649936</v>
+        <v>246393.19721996487</v>
       </c>
       <c r="M203" s="413"/>
       <c r="N203" s="225"/>
       <c r="O203" s="225"/>
       <c r="P203" s="224" t="s">
         <v>832</v>
       </c>
       <c r="Q203" s="220" t="s">
         <v>642</v>
       </c>
       <c r="R203" s="412">
         <f>[1]Hoja1!$C$616</f>
-        <v>290648.77886097488</v>
+        <v>317071.39512106351</v>
       </c>
       <c r="S203" s="413"/>
       <c r="T203" s="371"/>
       <c r="U203" s="369"/>
       <c r="V203" s="226"/>
       <c r="W203" s="227"/>
       <c r="X203" s="254"/>
       <c r="Y203" s="254"/>
       <c r="Z203" s="7"/>
       <c r="AA203" s="7"/>
       <c r="AB203" s="7"/>
       <c r="AC203" s="7"/>
       <c r="AD203" s="7"/>
       <c r="AE203" s="166"/>
       <c r="AF203" s="204"/>
       <c r="AG203" s="78"/>
       <c r="AH203" s="305"/>
       <c r="AI203" s="305"/>
       <c r="AJ203" s="414"/>
       <c r="AK203" s="414"/>
       <c r="AL203" s="414"/>
       <c r="AM203" s="414"/>
       <c r="AN203" s="7"/>
       <c r="AO203" s="7"/>
     </row>
     <row r="204" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B204" s="145"/>
       <c r="D204" s="212" t="s">
         <v>643</v>
       </c>
       <c r="E204" s="215" t="s">
         <v>430</v>
       </c>
       <c r="F204" s="240">
         <f>[1]Hoja1!$C728</f>
         <v>204991.64000451576</v>
       </c>
       <c r="G204" s="241"/>
       <c r="H204" s="28"/>
       <c r="I204" s="113"/>
       <c r="J204" s="212" t="s">
         <v>644</v>
       </c>
       <c r="K204" s="215" t="s">
         <v>425</v>
       </c>
       <c r="L204" s="240">
         <f>L203</f>
-        <v>157120.29967649936</v>
+        <v>246393.19721996487</v>
       </c>
       <c r="M204" s="263"/>
       <c r="N204" s="225"/>
       <c r="O204" s="225"/>
       <c r="P204" s="212" t="s">
         <v>644</v>
       </c>
       <c r="Q204" s="215" t="s">
         <v>425</v>
       </c>
       <c r="R204" s="240">
         <f>[1]Hoja1!$C617</f>
-        <v>290648.77886097488</v>
+        <v>317071.39512106351</v>
       </c>
       <c r="S204" s="263"/>
       <c r="T204" s="371"/>
       <c r="U204" s="369"/>
       <c r="V204" s="227"/>
       <c r="W204" s="227"/>
       <c r="X204" s="254"/>
       <c r="Y204" s="254"/>
       <c r="Z204" s="7"/>
       <c r="AA204" s="7"/>
       <c r="AB204" s="7"/>
       <c r="AC204" s="7"/>
       <c r="AD204" s="7"/>
       <c r="AE204" s="166"/>
       <c r="AF204" s="204"/>
       <c r="AG204" s="78"/>
       <c r="AH204" s="305"/>
       <c r="AI204" s="305"/>
       <c r="AJ204" s="414"/>
       <c r="AK204" s="414"/>
       <c r="AL204" s="414"/>
       <c r="AM204" s="414"/>
       <c r="AN204" s="7"/>
       <c r="AO204" s="7"/>
     </row>
     <row r="205" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B205" s="145"/>
       <c r="D205" s="224" t="s">
         <v>645</v>
       </c>
       <c r="E205" s="220" t="s">
         <v>255</v>
       </c>
       <c r="F205" s="412">
         <f>[1]Hoja1!$C729</f>
         <v>204991.64000451576</v>
       </c>
       <c r="G205" s="415"/>
       <c r="H205" s="28"/>
       <c r="I205" s="113"/>
       <c r="J205" s="224" t="s">
         <v>643</v>
       </c>
       <c r="K205" s="220" t="s">
         <v>430</v>
       </c>
       <c r="L205" s="412">
         <f>L203</f>
-        <v>157120.29967649936</v>
+        <v>246393.19721996487</v>
       </c>
       <c r="M205" s="413"/>
       <c r="N205" s="225"/>
       <c r="O205" s="225"/>
       <c r="P205" s="224" t="s">
         <v>643</v>
       </c>
       <c r="Q205" s="220" t="s">
         <v>430</v>
       </c>
       <c r="R205" s="412">
         <f>R203</f>
-        <v>290648.77886097488</v>
+        <v>317071.39512106351</v>
       </c>
       <c r="S205" s="413"/>
       <c r="T205" s="371"/>
       <c r="U205" s="369"/>
       <c r="V205" s="227"/>
       <c r="W205" s="227"/>
       <c r="X205" s="254"/>
       <c r="Y205" s="254"/>
       <c r="Z205" s="7"/>
       <c r="AA205" s="7"/>
       <c r="AB205" s="7"/>
       <c r="AC205" s="7"/>
       <c r="AD205" s="7"/>
       <c r="AE205" s="166"/>
       <c r="AF205" s="204"/>
       <c r="AG205" s="78"/>
       <c r="AH205" s="305"/>
       <c r="AI205" s="305"/>
       <c r="AJ205" s="414"/>
       <c r="AK205" s="414"/>
       <c r="AL205" s="414"/>
       <c r="AM205" s="414"/>
       <c r="AN205" s="7"/>
       <c r="AO205" s="7"/>
     </row>
     <row r="206" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B206" s="145"/>
       <c r="D206" s="212" t="s">
         <v>646</v>
       </c>
       <c r="E206" s="215" t="s">
         <v>265</v>
       </c>
       <c r="F206" s="240">
         <f>[1]Hoja1!$C730</f>
         <v>204991.64000451576</v>
       </c>
       <c r="G206" s="241"/>
       <c r="H206" s="28"/>
       <c r="I206" s="113"/>
       <c r="J206" s="212" t="s">
         <v>645</v>
       </c>
       <c r="K206" s="215" t="s">
         <v>255</v>
       </c>
       <c r="L206" s="240">
         <f>L205</f>
-        <v>157120.29967649936</v>
+        <v>246393.19721996487</v>
       </c>
       <c r="M206" s="263"/>
       <c r="N206" s="7"/>
       <c r="O206" s="7"/>
       <c r="P206" s="212" t="s">
         <v>645</v>
       </c>
       <c r="Q206" s="215" t="s">
         <v>255</v>
       </c>
       <c r="R206" s="240">
         <f>[1]Hoja1!$C616</f>
-        <v>290648.77886097488</v>
+        <v>317071.39512106351</v>
       </c>
       <c r="S206" s="263"/>
       <c r="T206" s="371"/>
       <c r="U206" s="369"/>
       <c r="V206" s="227"/>
       <c r="W206" s="227"/>
       <c r="X206" s="254"/>
       <c r="Y206" s="254"/>
       <c r="Z206" s="7"/>
       <c r="AA206" s="7"/>
       <c r="AB206" s="7"/>
       <c r="AC206" s="7"/>
       <c r="AD206" s="7"/>
       <c r="AE206" s="166"/>
       <c r="AF206" s="204"/>
       <c r="AG206" s="78"/>
       <c r="AH206" s="305"/>
       <c r="AI206" s="305"/>
       <c r="AJ206" s="414"/>
       <c r="AK206" s="414"/>
       <c r="AL206" s="414"/>
       <c r="AM206" s="414"/>
       <c r="AN206" s="7"/>
       <c r="AO206" s="7"/>
     </row>
     <row r="207" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B207" s="145"/>
       <c r="D207" s="224" t="s">
         <v>647</v>
       </c>
       <c r="E207" s="220" t="s">
         <v>273</v>
       </c>
       <c r="F207" s="412">
         <f>[1]Hoja1!$C731</f>
         <v>204991.64000451576</v>
       </c>
       <c r="G207" s="415"/>
       <c r="H207" s="28"/>
       <c r="I207" s="113"/>
       <c r="J207" s="224" t="s">
         <v>646</v>
       </c>
       <c r="K207" s="220" t="s">
         <v>265</v>
       </c>
       <c r="L207" s="412">
         <f>L203</f>
-        <v>157120.29967649936</v>
+        <v>246393.19721996487</v>
       </c>
       <c r="M207" s="413"/>
       <c r="N207" s="7"/>
       <c r="O207" s="7"/>
       <c r="P207" s="224" t="s">
         <v>646</v>
       </c>
       <c r="Q207" s="220" t="s">
         <v>265</v>
       </c>
       <c r="R207" s="412">
         <f>[1]Hoja1!$C617</f>
-        <v>290648.77886097488</v>
+        <v>317071.39512106351</v>
       </c>
       <c r="S207" s="413"/>
       <c r="T207" s="371"/>
       <c r="U207" s="369"/>
       <c r="V207" s="227"/>
       <c r="W207" s="227"/>
       <c r="X207" s="254"/>
       <c r="Y207" s="254"/>
       <c r="Z207" s="7"/>
       <c r="AA207" s="7"/>
       <c r="AB207" s="7"/>
       <c r="AC207" s="7"/>
       <c r="AD207" s="7"/>
       <c r="AE207" s="166"/>
       <c r="AF207" s="204"/>
       <c r="AG207" s="78"/>
       <c r="AH207" s="305"/>
       <c r="AI207" s="305"/>
       <c r="AJ207" s="414"/>
       <c r="AK207" s="414"/>
       <c r="AL207" s="414"/>
       <c r="AM207" s="414"/>
       <c r="AN207" s="7"/>
       <c r="AO207" s="7"/>
     </row>
     <row r="208" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B208" s="145"/>
       <c r="D208" s="212" t="s">
         <v>648</v>
       </c>
       <c r="E208" s="215" t="s">
         <v>281</v>
       </c>
       <c r="F208" s="240">
         <f>[1]Hoja1!$C732</f>
         <v>204991.64000451576</v>
       </c>
       <c r="G208" s="241"/>
       <c r="H208" s="28"/>
       <c r="I208" s="113"/>
       <c r="J208" s="212" t="s">
         <v>647</v>
       </c>
       <c r="K208" s="215" t="s">
         <v>273</v>
       </c>
       <c r="L208" s="240">
         <f>L203</f>
-        <v>157120.29967649936</v>
+        <v>246393.19721996487</v>
       </c>
       <c r="M208" s="263"/>
       <c r="N208" s="7"/>
       <c r="O208" s="7"/>
       <c r="P208" s="212" t="s">
         <v>647</v>
       </c>
       <c r="Q208" s="215" t="s">
         <v>273</v>
       </c>
       <c r="R208" s="240">
         <f>[1]Hoja1!$C618</f>
-        <v>290648.77886097488</v>
+        <v>317071.39512106351</v>
       </c>
       <c r="S208" s="263"/>
       <c r="T208" s="371"/>
       <c r="U208" s="369"/>
       <c r="V208" s="227"/>
       <c r="W208" s="227"/>
       <c r="X208" s="254"/>
       <c r="Y208" s="254"/>
       <c r="Z208" s="7"/>
       <c r="AA208" s="7"/>
       <c r="AB208" s="7"/>
       <c r="AC208" s="7"/>
       <c r="AD208" s="7"/>
       <c r="AE208" s="166"/>
       <c r="AF208" s="204"/>
       <c r="AG208" s="78"/>
       <c r="AH208" s="305"/>
       <c r="AI208" s="305"/>
       <c r="AJ208" s="414"/>
       <c r="AK208" s="414"/>
       <c r="AL208" s="414"/>
       <c r="AM208" s="414"/>
       <c r="AN208" s="7"/>
       <c r="AO208" s="7"/>
     </row>
     <row r="209" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B209" s="145"/>
       <c r="D209" s="224" t="s">
         <v>649</v>
       </c>
       <c r="E209" s="220" t="s">
         <v>650</v>
       </c>
       <c r="F209" s="412">
         <f>[1]Hoja1!$C$735</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G209" s="415"/>
       <c r="H209" s="28"/>
       <c r="I209" s="113"/>
       <c r="J209" s="224" t="s">
         <v>648</v>
       </c>
       <c r="K209" s="220" t="s">
         <v>281</v>
       </c>
       <c r="L209" s="412">
         <f>L203</f>
-        <v>157120.29967649936</v>
+        <v>246393.19721996487</v>
       </c>
       <c r="M209" s="413"/>
       <c r="N209" s="7"/>
       <c r="O209" s="7"/>
       <c r="P209" s="224" t="s">
         <v>648</v>
       </c>
       <c r="Q209" s="220" t="s">
         <v>281</v>
       </c>
       <c r="R209" s="412">
         <f>[1]Hoja1!$C619</f>
-        <v>290648.77886097488</v>
+        <v>317071.39512106351</v>
       </c>
       <c r="S209" s="413"/>
       <c r="T209" s="371"/>
       <c r="U209" s="369"/>
       <c r="V209" s="227"/>
       <c r="W209" s="227"/>
       <c r="X209" s="254"/>
       <c r="Y209" s="254"/>
       <c r="Z209" s="7"/>
       <c r="AA209" s="7"/>
       <c r="AB209" s="7"/>
       <c r="AC209" s="7"/>
       <c r="AD209" s="7"/>
       <c r="AE209" s="166"/>
       <c r="AF209" s="204"/>
       <c r="AG209" s="78"/>
       <c r="AH209" s="305"/>
       <c r="AI209" s="305"/>
       <c r="AJ209" s="414"/>
       <c r="AK209" s="414"/>
       <c r="AL209" s="414"/>
       <c r="AM209" s="414"/>
       <c r="AN209" s="7"/>
       <c r="AO209" s="7"/>
     </row>
     <row r="210" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B210" s="145"/>
       <c r="D210" s="212" t="s">
         <v>651</v>
       </c>
       <c r="E210" s="215" t="s">
         <v>652</v>
       </c>
       <c r="F210" s="240">
         <f>[1]Hoja1!$C734</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G210" s="241"/>
       <c r="H210" s="28"/>
       <c r="I210" s="113"/>
       <c r="J210" s="212" t="s">
         <v>653</v>
       </c>
       <c r="K210" s="215" t="s">
         <v>308</v>
       </c>
       <c r="L210" s="240">
         <f>[1]Hoja1!$C$686</f>
-        <v>315492.18196395313</v>
+        <v>327542.23058063188</v>
       </c>
       <c r="M210" s="263"/>
       <c r="N210" s="7"/>
       <c r="O210" s="7"/>
       <c r="P210" s="212" t="s">
         <v>653</v>
       </c>
       <c r="Q210" s="215" t="s">
         <v>308</v>
       </c>
       <c r="R210" s="240">
         <f>[1]Hoja1!$C623</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S210" s="263"/>
       <c r="T210" s="371"/>
       <c r="U210" s="369"/>
       <c r="V210" s="227"/>
       <c r="W210" s="227"/>
       <c r="X210" s="254"/>
       <c r="Y210" s="254"/>
       <c r="Z210" s="7"/>
       <c r="AA210" s="7"/>
       <c r="AB210" s="7"/>
       <c r="AC210" s="7"/>
       <c r="AD210" s="7"/>
       <c r="AE210" s="166"/>
       <c r="AF210" s="204"/>
       <c r="AG210" s="78"/>
       <c r="AH210" s="305"/>
       <c r="AI210" s="305"/>
       <c r="AJ210" s="414"/>
       <c r="AK210" s="414"/>
       <c r="AL210" s="414"/>
       <c r="AM210" s="414"/>
       <c r="AN210" s="7"/>
       <c r="AO210" s="7"/>
     </row>
     <row r="211" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B211" s="145"/>
       <c r="D211" s="211" t="s">
         <v>653</v>
       </c>
       <c r="E211" s="220" t="s">
         <v>654</v>
       </c>
       <c r="F211" s="242">
         <f>[1]Hoja1!$C735</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G211" s="243"/>
       <c r="H211" s="28"/>
       <c r="I211" s="113"/>
       <c r="J211" s="211" t="s">
         <v>655</v>
       </c>
       <c r="K211" s="220" t="s">
         <v>316</v>
       </c>
       <c r="L211" s="242">
         <f>L210</f>
-        <v>315492.18196395313</v>
+        <v>327542.23058063188</v>
       </c>
       <c r="M211" s="418"/>
       <c r="N211" s="7"/>
       <c r="O211" s="7"/>
       <c r="P211" s="211" t="s">
         <v>655</v>
       </c>
       <c r="Q211" s="220" t="s">
         <v>316</v>
       </c>
       <c r="R211" s="242">
         <f>[1]Hoja1!$C624</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S211" s="418"/>
       <c r="T211" s="371"/>
       <c r="U211" s="369"/>
       <c r="V211" s="227"/>
       <c r="W211" s="227"/>
       <c r="X211" s="254"/>
       <c r="Y211" s="254"/>
       <c r="Z211" s="7"/>
       <c r="AA211" s="7"/>
       <c r="AB211" s="7"/>
       <c r="AC211" s="7"/>
       <c r="AD211" s="7"/>
       <c r="AE211" s="166"/>
       <c r="AF211" s="204"/>
       <c r="AG211" s="78"/>
       <c r="AH211" s="305"/>
       <c r="AI211" s="305"/>
       <c r="AJ211" s="414"/>
       <c r="AK211" s="414"/>
       <c r="AL211" s="414"/>
       <c r="AM211" s="414"/>
       <c r="AN211" s="7"/>
       <c r="AO211" s="7"/>
     </row>
     <row r="212" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B212" s="145"/>
       <c r="D212" s="212" t="s">
         <v>655</v>
       </c>
       <c r="E212" s="215" t="s">
         <v>316</v>
       </c>
       <c r="F212" s="240">
         <f>[1]Hoja1!$C736</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G212" s="241"/>
       <c r="H212" s="28"/>
       <c r="I212" s="113"/>
       <c r="J212" s="212" t="s">
         <v>656</v>
       </c>
       <c r="K212" s="215" t="s">
         <v>325</v>
       </c>
       <c r="L212" s="240">
         <f>L211</f>
-        <v>315492.18196395313</v>
+        <v>327542.23058063188</v>
       </c>
       <c r="M212" s="263"/>
       <c r="N212" s="7"/>
       <c r="O212" s="7"/>
       <c r="P212" s="212" t="s">
         <v>656</v>
       </c>
       <c r="Q212" s="215" t="s">
         <v>325</v>
       </c>
       <c r="R212" s="240">
         <f>R213</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S212" s="263"/>
       <c r="T212" s="371"/>
       <c r="U212" s="369"/>
       <c r="V212" s="227"/>
       <c r="W212" s="227"/>
       <c r="X212" s="254"/>
       <c r="Y212" s="254"/>
       <c r="Z212" s="7"/>
       <c r="AA212" s="7"/>
       <c r="AB212" s="7"/>
       <c r="AC212" s="7"/>
       <c r="AD212" s="7"/>
       <c r="AE212" s="166"/>
       <c r="AF212" s="204"/>
       <c r="AG212" s="78"/>
       <c r="AH212" s="305"/>
       <c r="AI212" s="305"/>
       <c r="AJ212" s="414"/>
       <c r="AK212" s="414"/>
       <c r="AL212" s="414"/>
       <c r="AM212" s="414"/>
       <c r="AN212" s="7"/>
       <c r="AO212" s="7"/>
     </row>
     <row r="213" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B213" s="145"/>
       <c r="D213" s="211" t="s">
         <v>656</v>
       </c>
       <c r="E213" s="220" t="s">
         <v>325</v>
       </c>
       <c r="F213" s="242">
         <f>[1]Hoja1!$C737</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G213" s="243"/>
       <c r="H213" s="28"/>
       <c r="I213" s="113"/>
       <c r="J213" s="211" t="s">
         <v>657</v>
       </c>
       <c r="K213" s="220" t="s">
         <v>334</v>
       </c>
       <c r="L213" s="242">
         <f>[1]Hoja1!$C686</f>
-        <v>315492.18196395313</v>
+        <v>327542.23058063188</v>
       </c>
       <c r="M213" s="418"/>
       <c r="N213" s="7"/>
       <c r="O213" s="7"/>
       <c r="P213" s="211" t="s">
         <v>657</v>
       </c>
       <c r="Q213" s="220" t="s">
         <v>334</v>
       </c>
       <c r="R213" s="242">
         <f>[1]Hoja1!$C620</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S213" s="418"/>
       <c r="T213" s="371"/>
       <c r="U213" s="369"/>
       <c r="V213" s="227"/>
       <c r="W213" s="227"/>
       <c r="X213" s="254"/>
       <c r="Y213" s="254"/>
       <c r="Z213" s="7"/>
       <c r="AA213" s="7"/>
       <c r="AB213" s="7"/>
       <c r="AC213" s="7"/>
       <c r="AD213" s="7"/>
       <c r="AE213" s="166"/>
       <c r="AF213" s="204"/>
       <c r="AG213" s="78"/>
       <c r="AH213" s="305"/>
       <c r="AI213" s="305"/>
       <c r="AJ213" s="414"/>
       <c r="AK213" s="414"/>
       <c r="AL213" s="414"/>
       <c r="AM213" s="414"/>
       <c r="AN213" s="7"/>
       <c r="AO213" s="7"/>
     </row>
     <row r="214" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B214" s="145"/>
       <c r="D214" s="212" t="s">
         <v>657</v>
       </c>
       <c r="E214" s="215" t="s">
         <v>334</v>
       </c>
       <c r="F214" s="240">
         <f>[1]Hoja1!$C738</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G214" s="241"/>
       <c r="H214" s="28"/>
       <c r="I214" s="113"/>
       <c r="J214" s="212" t="s">
         <v>658</v>
       </c>
       <c r="K214" s="215" t="s">
         <v>404</v>
       </c>
       <c r="L214" s="240">
         <f>[1]Hoja1!$C687</f>
-        <v>315492.18196395313</v>
+        <v>327542.23058063188</v>
       </c>
       <c r="M214" s="263"/>
       <c r="N214" s="7"/>
       <c r="O214" s="7"/>
       <c r="P214" s="212" t="s">
         <v>658</v>
       </c>
       <c r="Q214" s="215" t="s">
         <v>404</v>
       </c>
       <c r="R214" s="240">
         <f>[1]Hoja1!$C621</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S214" s="263"/>
       <c r="T214" s="371"/>
       <c r="U214" s="369"/>
       <c r="V214" s="227"/>
       <c r="W214" s="227"/>
       <c r="X214" s="254"/>
       <c r="Y214" s="254"/>
       <c r="Z214" s="7"/>
       <c r="AA214" s="7"/>
       <c r="AB214" s="7"/>
       <c r="AC214" s="7"/>
       <c r="AD214" s="7"/>
       <c r="AE214" s="166"/>
       <c r="AF214" s="204"/>
       <c r="AG214" s="78"/>
       <c r="AH214" s="305"/>
       <c r="AI214" s="305"/>
       <c r="AJ214" s="414"/>
       <c r="AK214" s="414"/>
       <c r="AL214" s="414"/>
       <c r="AM214" s="414"/>
       <c r="AN214" s="7"/>
       <c r="AO214" s="7"/>
     </row>
     <row r="215" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B215" s="145"/>
       <c r="D215" s="211" t="s">
         <v>658</v>
       </c>
       <c r="E215" s="220" t="s">
         <v>343</v>
       </c>
       <c r="F215" s="242">
         <f>[1]Hoja1!$C739</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G215" s="243"/>
       <c r="H215" s="28"/>
       <c r="I215" s="113"/>
       <c r="J215" s="211" t="s">
         <v>659</v>
       </c>
       <c r="K215" s="220" t="s">
         <v>351</v>
       </c>
       <c r="L215" s="242">
         <f>[1]Hoja1!$C688</f>
-        <v>315492.18196395313</v>
+        <v>327542.23058063188</v>
       </c>
       <c r="M215" s="418"/>
       <c r="N215" s="7"/>
       <c r="O215" s="7"/>
       <c r="P215" s="211" t="s">
         <v>659</v>
       </c>
       <c r="Q215" s="220" t="s">
         <v>351</v>
       </c>
       <c r="R215" s="242">
         <f>[1]Hoja1!$C622</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S215" s="418"/>
       <c r="T215" s="371"/>
       <c r="U215" s="369"/>
       <c r="V215" s="227"/>
       <c r="W215" s="227"/>
       <c r="X215" s="254"/>
       <c r="Y215" s="254"/>
       <c r="Z215" s="7"/>
       <c r="AA215" s="7"/>
       <c r="AB215" s="7"/>
       <c r="AC215" s="7"/>
       <c r="AD215" s="7"/>
       <c r="AE215" s="166"/>
       <c r="AF215" s="204"/>
       <c r="AG215" s="78"/>
       <c r="AH215" s="305"/>
       <c r="AI215" s="305"/>
       <c r="AJ215" s="414"/>
       <c r="AK215" s="414"/>
       <c r="AL215" s="414"/>
       <c r="AM215" s="414"/>
       <c r="AN215" s="7"/>
       <c r="AO215" s="7"/>
     </row>
     <row r="216" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B216" s="145"/>
       <c r="D216" s="212" t="s">
         <v>659</v>
       </c>
       <c r="E216" s="215" t="s">
         <v>351</v>
       </c>
       <c r="F216" s="240">
         <f>[1]Hoja1!$C$739</f>
         <v>219843.40786475132</v>
       </c>
       <c r="G216" s="241"/>
       <c r="H216" s="28"/>
       <c r="I216" s="113"/>
       <c r="J216" s="212" t="s">
         <v>660</v>
       </c>
       <c r="K216" s="215" t="s">
         <v>358</v>
       </c>
       <c r="L216" s="240">
         <f>[1]Hoja1!$C689</f>
-        <v>259771.33708533592</v>
+        <v>273842.28451079165</v>
       </c>
       <c r="M216" s="263"/>
       <c r="N216" s="7"/>
       <c r="O216" s="7"/>
       <c r="P216" s="212" t="s">
         <v>660</v>
       </c>
       <c r="Q216" s="215" t="s">
         <v>358</v>
       </c>
       <c r="R216" s="240">
         <f>[1]Hoja1!$C623</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S216" s="263"/>
       <c r="T216" s="371"/>
       <c r="U216" s="369"/>
       <c r="V216" s="227"/>
       <c r="W216" s="227"/>
       <c r="X216" s="254"/>
       <c r="Y216" s="254"/>
       <c r="Z216" s="7"/>
       <c r="AA216" s="7"/>
       <c r="AB216" s="7"/>
       <c r="AC216" s="7"/>
       <c r="AD216" s="7"/>
       <c r="AE216" s="166"/>
       <c r="AF216" s="204"/>
       <c r="AG216" s="78"/>
       <c r="AH216" s="305"/>
       <c r="AI216" s="305"/>
       <c r="AJ216" s="414"/>
       <c r="AK216" s="414"/>
       <c r="AL216" s="414"/>
       <c r="AM216" s="414"/>
       <c r="AN216" s="7"/>
       <c r="AO216" s="7"/>
     </row>
     <row r="217" spans="2:41" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B217" s="145"/>
       <c r="D217" s="211" t="s">
         <v>660</v>
       </c>
       <c r="E217" s="220" t="s">
         <v>661</v>
       </c>
       <c r="F217" s="242">
         <f>[1]Hoja1!$C740</f>
         <v>212190.97281691505</v>
       </c>
       <c r="G217" s="243"/>
       <c r="H217" s="28"/>
       <c r="I217" s="113"/>
       <c r="J217" s="211" t="s">
         <v>662</v>
       </c>
       <c r="K217" s="220" t="s">
         <v>366</v>
       </c>
       <c r="L217" s="242">
         <f>[1]Hoja1!$C690</f>
-        <v>262910.15163662762</v>
+        <v>277151.1181836116</v>
       </c>
       <c r="M217" s="418"/>
       <c r="N217" s="7"/>
       <c r="O217" s="7"/>
       <c r="P217" s="211" t="s">
         <v>662</v>
       </c>
       <c r="Q217" s="220" t="s">
         <v>366</v>
       </c>
       <c r="R217" s="242">
         <f>[1]Hoja1!$C624</f>
-        <v>580408.03270652704</v>
+        <v>619101.90155362885</v>
       </c>
       <c r="S217" s="418"/>
       <c r="T217" s="371"/>
       <c r="U217" s="369"/>
       <c r="V217" s="227"/>
       <c r="W217" s="227"/>
       <c r="X217" s="254"/>
       <c r="Y217" s="254"/>
       <c r="Z217" s="7"/>
       <c r="AA217" s="7"/>
       <c r="AB217" s="7"/>
       <c r="AC217" s="7"/>
       <c r="AD217" s="7"/>
       <c r="AE217" s="166"/>
       <c r="AF217" s="204"/>
       <c r="AG217" s="78"/>
       <c r="AH217" s="305"/>
       <c r="AI217" s="305"/>
       <c r="AJ217" s="414"/>
       <c r="AK217" s="414"/>
       <c r="AL217" s="414"/>
       <c r="AM217" s="414"/>
       <c r="AN217" s="7"/>
       <c r="AO217" s="7"/>
     </row>
@@ -29426,51 +29431,51 @@
       <c r="Q218" s="218"/>
       <c r="R218" s="318"/>
       <c r="S218" s="319"/>
       <c r="T218" s="441"/>
       <c r="U218" s="442"/>
       <c r="V218" s="178"/>
       <c r="W218" s="178"/>
       <c r="X218" s="438"/>
       <c r="Y218" s="438"/>
       <c r="Z218" s="159"/>
       <c r="AA218" s="159"/>
       <c r="AB218" s="159"/>
       <c r="AC218" s="159"/>
       <c r="AD218" s="159"/>
       <c r="AE218" s="163"/>
       <c r="AF218" s="204"/>
       <c r="AG218" s="78"/>
       <c r="AH218" s="305"/>
       <c r="AI218" s="305"/>
       <c r="AJ218" s="305"/>
       <c r="AK218" s="305"/>
       <c r="AL218" s="305"/>
       <c r="AM218" s="305"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="67Z0ndBG2aBnOgdCEj9gm8xf2U/VsaxrPMGFvFkNL0m8ecD+fl5eP078wUVEekUnThQj59ZWhaX+lVmtJdMA6g==" saltValue="OhpYToIK7t2Gh9vaJqe8Dw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="PI2ZkGxyyof1GRaiM0TMzGL1gN6SKrwLezzKeFD0sNSnah81qtp/aR+MY3KP6o3klM47QGQWIKZvUbjmWER+Zg==" saltValue="bcZvk/IrHjHkvoJgFprbBQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1528">
     <mergeCell ref="L218:M218"/>
     <mergeCell ref="R218:S218"/>
     <mergeCell ref="B139:C139"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="X125:Y125"/>
     <mergeCell ref="Z125:AA125"/>
     <mergeCell ref="AD71:AE71"/>
     <mergeCell ref="AD70:AE70"/>
     <mergeCell ref="Z69:AA69"/>
     <mergeCell ref="Z70:AA70"/>
     <mergeCell ref="AD75:AE75"/>
     <mergeCell ref="AD76:AE76"/>
     <mergeCell ref="K164:V164"/>
     <mergeCell ref="AD164:AE164"/>
     <mergeCell ref="Z166:AA166"/>
     <mergeCell ref="Z167:AA167"/>
     <mergeCell ref="X168:Y168"/>
     <mergeCell ref="X169:Y169"/>
     <mergeCell ref="X170:Y170"/>
     <mergeCell ref="X171:Y171"/>
     <mergeCell ref="L166:M166"/>
     <mergeCell ref="L167:M167"/>
     <mergeCell ref="L168:M168"/>
     <mergeCell ref="L169:M169"/>