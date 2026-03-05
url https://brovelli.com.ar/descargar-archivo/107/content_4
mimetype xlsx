--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -1,810 +1,1238 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
+  <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
+  <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
+  <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
+  <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/archivos listas internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="14_{443B13AF-589F-4365-8A2E-4CAC64ACAA01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{436F0380-2C35-4212-88D0-9816A938616A}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{23BD1929-85D2-473F-ABF8-9A75D9307EE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{64F9CE0F-786D-4A49-AB2B-20671D10969F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{79DEBCB8-EE0B-4826-8B37-F7495F29ABC2}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$K$28</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$B$1:$M$29</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K8" i="1" l="1"/>
-[...8 lines deleted...]
-  <c r="K9" i="1"/>
+  <c r="H25" i="1" l="1"/>
+  <c r="H23" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="H19" i="1"/>
+  <c r="H17" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="H13" i="1"/>
+  <c r="H11" i="1"/>
+  <c r="H9" i="1"/>
+  <c r="H7" i="1"/>
 </calcChain>
 </file>
 
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
+  <metadataTypes count="1">
+    <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLRICHVALUE" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
+          <xlrd:rvb i="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <valueMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </valueMetadata>
+</metadata>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
-[...4 lines deleted...]
-    <t>Precio $</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="50">
+  <si>
+    <t>MEDIDA</t>
+  </si>
+  <si>
+    <t>DESCRIPCION</t>
+  </si>
+  <si>
+    <t>CODIGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sucesores de Brovelli y Cia. S.R.L. </t>
+  </si>
+  <si>
+    <t>4644-5225</t>
+  </si>
+  <si>
+    <t>11 336666121</t>
+  </si>
+  <si>
+    <t>DUCCO40032</t>
   </si>
   <si>
     <t>DUCCO40040</t>
   </si>
   <si>
     <t>DUCCO40050</t>
   </si>
   <si>
     <t>DUCCO40073</t>
   </si>
   <si>
     <t>DUCCO40076</t>
   </si>
   <si>
     <t>DUCCO40080</t>
   </si>
   <si>
     <t>DUCCO40100</t>
   </si>
   <si>
     <t>DUCCO40168</t>
   </si>
   <si>
     <t>DUCCO40219</t>
   </si>
   <si>
     <t>DUCCO40273</t>
   </si>
   <si>
-    <t>Lista 18</t>
-[...8 lines deleted...]
-    <t>LISTA 18</t>
+    <t>11/4"</t>
+  </si>
+  <si>
+    <t>11/2"</t>
+  </si>
+  <si>
+    <t>2"</t>
+  </si>
+  <si>
+    <t>21/2"</t>
+  </si>
+  <si>
+    <t>3"</t>
+  </si>
+  <si>
+    <t>4"</t>
+  </si>
+  <si>
+    <t>6"</t>
+  </si>
+  <si>
+    <t>8"</t>
+  </si>
+  <si>
+    <t>10"</t>
+  </si>
+  <si>
+    <t>73 mm.</t>
+  </si>
+  <si>
+    <t>76mm.</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 11/4"</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 11/2"</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 2"</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 73 MM</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 76MM</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 3"</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 4"</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 6"</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 8"</t>
+  </si>
+  <si>
+    <t>CUPLA RANURADA 10"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOLICITAR DESCUENTO </t>
+  </si>
+  <si>
+    <t>A Elección</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transicionón ranura rosca </t>
+  </si>
+  <si>
+    <t>Ranuramos caños largos a su eleccón</t>
+  </si>
+  <si>
+    <t>de ambos extemos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">En ambos casos solicitar cotización </t>
+  </si>
+  <si>
+    <t>info@brovelli.com.ar</t>
+  </si>
+  <si>
+    <t>Proveemos tambien caño negro</t>
+  </si>
+  <si>
+    <t>POR CANTIDAD</t>
+  </si>
+  <si>
+    <t>PRECIOS NETOS</t>
+  </si>
+  <si>
+    <t>ranurado hasta 6,40 Mts de largo</t>
+  </si>
+  <si>
+    <t>Largo</t>
+  </si>
+  <si>
+    <t>Lista 20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color indexed="8"/>
+      <name val="Bauhaus 93"/>
+      <family val="5"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Bahnschrift SemiBold"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Bahnschrift SemiBold"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...18 lines deleted...]
-      <b/>
       <u/>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="12"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFCCCC"/>
+        <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="3" tint="0.79998168889431442"/>
-[...17 lines deleted...]
-        <fgColor indexed="27"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...39 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...39 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="55">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
-    <xf numFmtId="14" fontId="0" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="4" fontId="0" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>304800</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>48407</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>658368</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>34290</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Imagen 3">
+        <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBC33E9C-01AB-6D6C-F11E-21FBBEDD026A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EDBFFAA-26BC-8A82-BF09-0AA7480F0246}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="285750"/>
-          <a:ext cx="7182852" cy="5601482"/>
+          <a:off x="304800" y="685800"/>
+          <a:ext cx="1877568" cy="1615440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>43</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>162766</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>43</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>628650</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>92074</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Imagen 549">
+        <xdr:cNvPr id="3" name="Imagen 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C2D66F2-CE63-4FA2-8E39-256D51641DFD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74452DB7-5573-5862-60DE-FD367CC254B8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
-[...6 lines deleted...]
-        <a:srcRect/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="13754100" y="0"/>
-          <a:ext cx="400050" cy="371475"/>
+          <a:off x="828675" y="2382091"/>
+          <a:ext cx="2085975" cy="1072308"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>34</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>38100</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>34</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>171450</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>161925</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Imagen 575">
+        <xdr:cNvPr id="4" name="Imagen 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A64BA200-6536-46E3-B031-B1F8607E96FC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4A0A70B-B6C8-E787-70C0-80F047049F87}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
-[...6 lines deleted...]
-        <a:srcRect/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="10848975" y="38100"/>
-          <a:ext cx="390525" cy="323850"/>
+          <a:off x="590550" y="3933825"/>
+          <a:ext cx="1095375" cy="962025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...21 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>123825</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>19049</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Imagen 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC2544BF-FBD4-F90F-249A-D67508598BD3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="952500" y="5210175"/>
+          <a:ext cx="2924174" cy="276225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>609601</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>104776</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>454811</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>57151</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Imagen 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B67EF500-0448-1835-D1FE-7754DE0332BE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
+          <a:clrChange>
+            <a:clrFrom>
+              <a:srgbClr val="FFFFFF"/>
+            </a:clrFrom>
+            <a:clrTo>
+              <a:srgbClr val="FFFFFF">
+                <a:alpha val="0"/>
+              </a:srgbClr>
+            </a:clrTo>
+          </a:clrChange>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8477251" y="1190626"/>
+          <a:ext cx="1369210" cy="2057400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>26184</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>380999</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Imagen 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{171C14C3-2F04-DB46-DC35-DE4B76745D1C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6">
+          <a:clrChange>
+            <a:clrFrom>
+              <a:srgbClr val="FEFEFE"/>
+            </a:clrFrom>
+            <a:clrTo>
+              <a:srgbClr val="FEFEFE">
+                <a:alpha val="0"/>
+              </a:srgbClr>
+            </a:clrTo>
+          </a:clrChange>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8648700" y="3017034"/>
+          <a:ext cx="1885949" cy="1516866"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>581025</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="10" name="Conector recto 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0D49BCD-55A9-F682-C643-641DB8E987FC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9582150" y="2047875"/>
+          <a:ext cx="390525" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>161925</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>590550</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="12" name="Conector recto 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45343EB7-A9DC-034C-7A69-043AF4C48BC7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9553575" y="2219325"/>
+          <a:ext cx="428625" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>447675</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>454811</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>180976</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="19" name="Conector recto de flecha 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD0A31D9-9998-6360-DAED-8923CAA7EECA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr>
+          <a:endCxn id="8" idx="3"/>
+        </xdr:cNvCxnSpPr>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9839325" y="2047875"/>
+          <a:ext cx="7136" cy="171451"/>
+        </a:xfrm>
+        <a:prstGeom prst="straightConnector1">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:headEnd type="triangle"/>
+          <a:tailEnd type="triangle"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/preciosNuevo.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/6b33029b47e5de3c/Escritorio/preciosNuevo.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Hoja1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="3668">
           <cell r="C3668">
-            <v>20951.892</v>
+            <v>19578.379079999999</v>
           </cell>
         </row>
         <row r="3669">
           <cell r="C3669">
-            <v>24880.371750000002</v>
+            <v>23249.325157499999</v>
           </cell>
         </row>
         <row r="3670">
           <cell r="C3670">
-            <v>26089.134749999997</v>
+            <v>24378.847027499996</v>
           </cell>
         </row>
         <row r="3671">
           <cell r="C3671">
-            <v>26089.134749999997</v>
+            <v>24378.847027499996</v>
           </cell>
         </row>
         <row r="3672">
           <cell r="C3672">
-            <v>31478.203124999996</v>
+            <v>29414.632031249999</v>
           </cell>
         </row>
         <row r="3673">
           <cell r="C3673">
-            <v>39687.718499999995</v>
+            <v>37085.968065000001</v>
           </cell>
         </row>
         <row r="3674">
           <cell r="C3674">
-            <v>73130.161499999987</v>
+            <v>68336.073134999999</v>
           </cell>
         </row>
         <row r="3675">
           <cell r="C3675">
-            <v>113321.53124999999</v>
+            <v>105892.6753125</v>
           </cell>
         </row>
         <row r="3676">
           <cell r="C3676">
-            <v>271971.67499999999</v>
+            <v>254142.42074999999</v>
           </cell>
         </row>
         <row r="3689">
           <cell r="C3689">
-            <v>20045.319749999999</v>
+            <v>18731.237677499998</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
+</file>
+
+<file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/richData/rdRichValueTypes.xml><?xml version="1.0" encoding="utf-8"?>
+<rvTypesInfo xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
+  <global>
+    <keyFlags>
+      <key name="_Self">
+        <flag name="ExcludeFromFile" value="1"/>
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_DisplayString">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Flags">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Format">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_SubLabel">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Attribution">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Icon">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Display">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_CanonicalPropertyNames">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_ClassificationId">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+    </keyFlags>
+  </global>
+</rvTypesInfo>
+</file>
+
+<file path=xl/richData/rdrichvalue.xml><?xml version="1.0" encoding="utf-8"?>
+<rvData xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
+  <rv s="0">
+    <v>0</v>
+    <v>5</v>
+  </rv>
+</rvData>
+</file>
+
+<file path=xl/richData/rdrichvaluestructure.xml><?xml version="1.0" encoding="utf-8"?>
+<rvStructures xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
+  <s t="_localImage">
+    <k n="_rvRel:LocalImageIdentifier" t="i"/>
+    <k n="CalcOrigin" t="i"/>
+  </s>
+</rvStructures>
+</file>
+
+<file path=xl/richData/richValueRel.xml><?xml version="1.0" encoding="utf-8"?>
+<richValueRels xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/richvaluerel" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <rel r:id="rId1"/>
+</richValueRels>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1079,332 +1507,514 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@brovelli.com.ar" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1AA5E149-3589-44BE-B3D0-B08A368F123E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5758AE0-5389-43B1-AE35-552584E24E6E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AS27"/>
+  <dimension ref="B1:M28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="L12" sqref="L12"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C2" sqref="C2:G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="9" max="9" width="18.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="12.85546875" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" customWidth="1"/>
+    <col min="5" max="5" width="12.85546875" customWidth="1"/>
+    <col min="6" max="6" width="9.7109375" customWidth="1"/>
+    <col min="7" max="7" width="23.85546875" customWidth="1"/>
+    <col min="8" max="8" width="19.140625" customWidth="1"/>
+    <col min="9" max="9" width="7.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="D1" s="4" t="s">
+    <row r="1" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="40" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" s="42" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2" s="2" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="J2" s="44">
+        <v>46073</v>
+      </c>
+      <c r="K2" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="L2" s="32"/>
+      <c r="M2" s="33"/>
+    </row>
+    <row r="3" spans="2:13" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="41"/>
+      <c r="C3" s="43"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="I3" s="9"/>
+      <c r="J3" s="45"/>
+      <c r="K3" s="34"/>
+      <c r="L3" s="34"/>
+      <c r="M3" s="35"/>
+    </row>
+    <row r="4" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B4" s="3"/>
+      <c r="J4" s="4"/>
+      <c r="K4" s="21"/>
+      <c r="L4" s="22"/>
+      <c r="M4" s="23"/>
+    </row>
+    <row r="5" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B5" s="3"/>
+      <c r="E5" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="I5" s="19"/>
+      <c r="J5" s="4"/>
+      <c r="K5" s="3"/>
+      <c r="M5" s="4"/>
+    </row>
+    <row r="6" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B6" s="3"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="J6" s="4"/>
+      <c r="K6" s="46" t="s">
+        <v>39</v>
+      </c>
+      <c r="L6" s="47"/>
+      <c r="M6" s="48"/>
+    </row>
+    <row r="7" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B7" s="3"/>
+      <c r="E7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="F7" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H7" s="17">
+        <f>[1]Hoja1!$C$3689</f>
+        <v>18731.237677499998</v>
+      </c>
+      <c r="J7" s="4"/>
+      <c r="K7" s="3"/>
+      <c r="M7" s="4"/>
+    </row>
+    <row r="8" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B8" s="3"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="10"/>
+      <c r="H8" s="14"/>
+      <c r="J8" s="4"/>
+      <c r="K8" s="3"/>
+      <c r="M8" s="4"/>
+    </row>
+    <row r="9" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B9" s="3"/>
+      <c r="E9" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F9" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="H9" s="18">
+        <f>[1]Hoja1!$C$3668</f>
+        <v>19578.379079999999</v>
+      </c>
+      <c r="J9" s="4"/>
+      <c r="K9" s="3"/>
+      <c r="M9" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B10" s="3"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="10"/>
+      <c r="H10" s="14"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="3"/>
+      <c r="M10" s="25" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B11" s="3"/>
+      <c r="E11" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="F11" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H11" s="17">
+        <f>[1]Hoja1!$C$3669</f>
+        <v>23249.325157499999</v>
+      </c>
+      <c r="J11" s="4"/>
+      <c r="K11" s="3"/>
+      <c r="M11" s="4"/>
+    </row>
+    <row r="12" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B12" s="3"/>
+      <c r="E12" s="10"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="10"/>
+      <c r="H12" s="14"/>
+      <c r="J12" s="4"/>
+      <c r="K12" s="3"/>
+      <c r="M12" s="4"/>
+    </row>
+    <row r="13" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B13" s="3"/>
+      <c r="E13" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="G13" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13" s="17">
+        <f>[1]Hoja1!$C$3670</f>
+        <v>24378.847027499996</v>
+      </c>
+      <c r="J13" s="4"/>
+      <c r="K13" s="3"/>
+      <c r="M13" s="4"/>
+    </row>
+    <row r="14" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B14" s="3"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G14" s="10"/>
+      <c r="H14" s="14"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="3"/>
+      <c r="M14" s="4"/>
+    </row>
+    <row r="15" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B15" s="3"/>
+      <c r="E15" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="G15" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15" s="17">
+        <f>[1]Hoja1!$C$3671</f>
+        <v>24378.847027499996</v>
+      </c>
+      <c r="J15" s="4"/>
+      <c r="K15" s="3"/>
+      <c r="M15" s="4"/>
+    </row>
+    <row r="16" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B16" s="3"/>
+      <c r="E16" s="10"/>
+      <c r="F16" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="10"/>
+      <c r="H16" s="14"/>
+      <c r="J16" s="4"/>
+      <c r="K16" s="3"/>
+      <c r="M16" s="4"/>
+    </row>
+    <row r="17" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B17" s="3"/>
+      <c r="E17" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H17" s="17">
+        <f>[1]Hoja1!$C$3672</f>
+        <v>29414.632031249999</v>
+      </c>
+      <c r="J17" s="4"/>
+      <c r="K17" s="3"/>
+      <c r="M17" s="4"/>
+    </row>
+    <row r="18" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B18" s="3"/>
+      <c r="E18" s="10"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="10"/>
+      <c r="H18" s="14"/>
+      <c r="J18" s="4"/>
+      <c r="K18" s="3"/>
+      <c r="M18" s="4"/>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B19" s="3"/>
+      <c r="E19" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19" s="17">
+        <f>[1]Hoja1!$C$3673</f>
+        <v>37085.968065000001</v>
+      </c>
+      <c r="J19" s="4"/>
+      <c r="K19" s="3"/>
+      <c r="M19" s="4"/>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B20" s="3"/>
+      <c r="E20" s="10"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="10"/>
+      <c r="H20" s="14"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="3"/>
+      <c r="M20" s="4"/>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B21" s="3"/>
+      <c r="E21" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="E1" s="4"/>
-[...5 lines deleted...]
-      <c r="K1" s="24" t="s">
+      <c r="F21" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21" s="17">
+        <f>[1]Hoja1!$C$3674</f>
+        <v>68336.073134999999</v>
+      </c>
+      <c r="J21" s="4"/>
+      <c r="K21" s="3"/>
+      <c r="M21" s="4"/>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B22" s="3"/>
+      <c r="E22" s="10"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="10"/>
+      <c r="H22" s="14"/>
+      <c r="J22" s="4"/>
+      <c r="K22" s="3"/>
+      <c r="M22" s="4"/>
+    </row>
+    <row r="23" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B23" s="3"/>
+      <c r="E23" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="L1" s="6"/>
-[...175 lines deleted...]
-      <c r="K20" s="13">
+      <c r="F23" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23" s="17">
         <f>[1]Hoja1!$C$3675</f>
-        <v>113321.53124999999</v>
-[...12 lines deleted...]
-      <c r="K22" s="13">
+        <v>105892.6753125</v>
+      </c>
+      <c r="J23" s="4"/>
+      <c r="K23" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="M23" s="4"/>
+    </row>
+    <row r="24" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B24" s="3"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="10"/>
+      <c r="H24" s="14"/>
+      <c r="J24" s="4"/>
+      <c r="K24" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="L24" s="50"/>
+      <c r="M24" s="51"/>
+    </row>
+    <row r="25" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B25" s="3"/>
+      <c r="E25" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="G25" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25" s="17">
         <f>[1]Hoja1!$C$3676</f>
-        <v>271971.67499999999</v>
-[...33 lines deleted...]
-      <c r="K27" s="23"/>
+        <v>254142.42074999999</v>
+      </c>
+      <c r="J25" s="4"/>
+      <c r="K25" s="3"/>
+      <c r="M25" s="4"/>
+    </row>
+    <row r="26" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B26" s="3"/>
+      <c r="H26" s="38"/>
+      <c r="I26" s="38"/>
+      <c r="J26" s="39"/>
+      <c r="K26" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="L26" s="50"/>
+      <c r="M26" s="51"/>
+    </row>
+    <row r="27" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B27" s="3"/>
+      <c r="G27" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="H27" s="36"/>
+      <c r="I27" s="36"/>
+      <c r="J27" s="37"/>
+      <c r="K27" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="L27" s="53"/>
+      <c r="M27" s="54"/>
+    </row>
+    <row r="28" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="5"/>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="6"/>
+      <c r="G28" s="27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28" s="6"/>
+      <c r="I28" s="6"/>
+      <c r="J28" s="7"/>
+      <c r="K28" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28" s="29"/>
+      <c r="M28" s="30"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1KHB7zyt6uV9TRHVPabS2Nr2L/otoFYvc5ZDmhRWtbmNTVoXWmSC+LZ2pfxtvD2hhHbC3zsP3V/DBGsH9CvCQA==" saltValue="VJbj2anIjRwK6bFYGgvvDA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...6 lines deleted...]
-    <mergeCell ref="AL1:AO1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cI8mi36ePYAXeTAwzDuk72M+sGNv0t+UIOZE/GxSZ6iied6UTP0NYPvMnl6RZHgftIqs+pFnTT7xP8QRKuYczQ==" saltValue="5VLNYbZFwlfC+qaQADYNKA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="11">
+    <mergeCell ref="K28:M28"/>
+    <mergeCell ref="K2:M3"/>
+    <mergeCell ref="H27:J27"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:G3"/>
+    <mergeCell ref="J2:J3"/>
+    <mergeCell ref="K6:M6"/>
+    <mergeCell ref="K24:M24"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="K27:M27"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="K2" r:id="rId1" xr:uid="{B2302A08-6C14-46E5-90DC-8A5755DA93A3}"/>
+  </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
-  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-[...1 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
+  <pageSetup paperSize="9" scale="97" orientation="landscape" r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>