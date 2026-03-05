--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -1,200 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/6b33029b47e5de3c/Escritorio/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="675" documentId="8_{560F090E-E6D8-4D10-A3E5-6A8BAAA0F9AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4BD6BE4F-CA6D-455E-9E76-4E66A9B0C59C}"/>
+  <xr:revisionPtr revIDLastSave="785" documentId="8_{560F090E-E6D8-4D10-A3E5-6A8BAAA0F9AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9EE4E3E0-0EBC-4728-8405-B6E8AD35A5F1}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{3E7AB756-51B6-4EE4-8F54-A052C4BEDACA}"/>
+    <workbookView xWindow="0" yWindow="3015" windowWidth="15375" windowHeight="7785" xr2:uid="{3E7AB756-51B6-4EE4-8F54-A052C4BEDACA}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Hoja1!$A$1:$I$22</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="11">
   <si>
     <t>Donde dice</t>
   </si>
   <si>
     <t>Debe decir</t>
   </si>
   <si>
     <t>codigo</t>
   </si>
   <si>
     <t>descripcion</t>
   </si>
   <si>
     <t>precio</t>
   </si>
   <si>
     <t xml:space="preserve"> Fe de erratas.</t>
   </si>
   <si>
-    <t xml:space="preserve"> LISTA 18   con fecha    7/11/2025</t>
+    <t xml:space="preserve"> LISTA 20   con fecha    20/2/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A PARTIR DEL DIA 20/2/2026 </t>
+  </si>
+  <si>
+    <t>Grampas y peras  + 6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niple negro sch 40 1/2 x 5  </t>
+  </si>
+  <si>
+    <t>NS40013000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;\ #,##0.00"/>
     <numFmt numFmtId="165" formatCode="[$USD]\ #,##0.00;[Red][$USD]\ #,##0.00"/>
     <numFmt numFmtId="166" formatCode="[$USD]\ #,##0.00"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="26"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="10">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -259,162 +288,205 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="16" fontId="0" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="16" fontId="0" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -774,328 +846,345 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61042F14-2BCB-4F5D-89DD-AA4EA1E412E8}">
   <dimension ref="A1:I22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L6" sqref="L6"/>
+      <selection activeCell="J12" sqref="J12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="14.42578125" customWidth="1"/>
     <col min="4" max="4" width="13.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
     <col min="8" max="8" width="13.28515625" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="2"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="4"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="5"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
       <c r="I2" s="7"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
       <c r="I5" s="7"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="26" t="s">
+      <c r="A6" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="27"/>
-[...6 lines deleted...]
-      <c r="I6" s="28"/>
+      <c r="B6" s="28"/>
+      <c r="C6" s="28"/>
+      <c r="D6" s="28"/>
+      <c r="E6" s="28"/>
+      <c r="F6" s="28"/>
+      <c r="G6" s="28"/>
+      <c r="H6" s="28"/>
+      <c r="I6" s="29"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="26" t="s">
+      <c r="A7" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="27"/>
-[...6 lines deleted...]
-      <c r="I7" s="28"/>
+      <c r="B7" s="28"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="28"/>
+      <c r="E7" s="28"/>
+      <c r="F7" s="28"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="28"/>
+      <c r="I7" s="29"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
-[...7 lines deleted...]
-      <c r="I8" s="31"/>
+      <c r="A8" s="32" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="33"/>
+      <c r="C8" s="33"/>
+      <c r="D8" s="33"/>
+      <c r="E8" s="33"/>
+      <c r="F8" s="33"/>
+      <c r="G8" s="33"/>
+      <c r="H8" s="33"/>
+      <c r="I8" s="34"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="32" t="s">
+      <c r="A9" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="32"/>
-[...1 lines deleted...]
-      <c r="D9" s="32"/>
+      <c r="B9" s="35"/>
+      <c r="C9" s="35"/>
+      <c r="D9" s="35"/>
       <c r="E9" s="17"/>
-      <c r="F9" s="32" t="s">
+      <c r="F9" s="35" t="s">
         <v>1</v>
       </c>
-      <c r="G9" s="32"/>
-[...1 lines deleted...]
-      <c r="I9" s="32"/>
+      <c r="G9" s="35"/>
+      <c r="H9" s="35"/>
+      <c r="I9" s="35"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="B10" s="29" t="s">
+      <c r="B10" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="C10" s="29"/>
-      <c r="D10" s="21" t="s">
+      <c r="C10" s="30"/>
+      <c r="D10" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="E10" s="20"/>
+      <c r="E10" s="18"/>
       <c r="F10" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="G10" s="29" t="s">
+      <c r="G10" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="H10" s="29"/>
+      <c r="H10" s="31"/>
       <c r="I10" s="16" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="18"/>
-[...6 lines deleted...]
-      <c r="H11" s="25"/>
+      <c r="A11" s="21"/>
+      <c r="B11" s="48"/>
+      <c r="C11" s="49"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="20"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11" s="44"/>
       <c r="I11" s="22"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="17"/>
-[...7 lines deleted...]
-      <c r="I12" s="22"/>
+      <c r="A12" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="46"/>
+      <c r="D12" s="1">
+        <v>952.44</v>
+      </c>
+      <c r="E12" s="20"/>
+      <c r="F12" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" s="45" t="s">
+        <v>9</v>
+      </c>
+      <c r="H12" s="46"/>
+      <c r="I12" s="47">
+        <v>1000</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="17"/>
-[...6 lines deleted...]
-      <c r="H13" s="25"/>
+      <c r="A13" s="21"/>
+      <c r="B13" s="38"/>
+      <c r="C13" s="39"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="20"/>
+      <c r="F13" s="21"/>
+      <c r="G13" s="38"/>
+      <c r="H13" s="39"/>
       <c r="I13" s="22"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="34"/>
-[...7 lines deleted...]
-      <c r="I14" s="35"/>
+      <c r="A14" s="23"/>
+      <c r="B14" s="36"/>
+      <c r="C14" s="37"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="20"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="36"/>
+      <c r="H14" s="37"/>
+      <c r="I14" s="25"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="38"/>
-[...7 lines deleted...]
-      <c r="I15" s="39"/>
+      <c r="A15" s="21"/>
+      <c r="B15" s="26"/>
+      <c r="C15" s="26"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="20"/>
+      <c r="F15" s="21"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="22"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="9"/>
+      <c r="A16" s="23"/>
       <c r="B16" s="36"/>
-      <c r="C16" s="36"/>
-[...2 lines deleted...]
-      <c r="F16" s="9"/>
+      <c r="C16" s="37"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="20"/>
+      <c r="F16" s="23"/>
       <c r="G16" s="36"/>
-      <c r="H16" s="36"/>
-      <c r="I16" s="8"/>
+      <c r="H16" s="37"/>
+      <c r="I16" s="25"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="9"/>
-[...7 lines deleted...]
-      <c r="I17" s="8"/>
+      <c r="A17" s="21"/>
+      <c r="B17" s="26"/>
+      <c r="C17" s="26"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="20"/>
+      <c r="F17" s="21"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="22"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="9"/>
-      <c r="B18" s="36"/>
-      <c r="C18" s="36"/>
+      <c r="B18" s="41"/>
+      <c r="C18" s="41"/>
       <c r="D18" s="11"/>
       <c r="E18" s="10"/>
       <c r="F18" s="9"/>
-      <c r="G18" s="36"/>
-      <c r="H18" s="36"/>
+      <c r="G18" s="41"/>
+      <c r="H18" s="41"/>
       <c r="I18" s="8"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="9"/>
-      <c r="B19" s="37"/>
-      <c r="C19" s="37"/>
+      <c r="B19" s="42"/>
+      <c r="C19" s="42"/>
       <c r="D19" s="11"/>
       <c r="E19" s="10"/>
       <c r="F19" s="9"/>
-      <c r="G19" s="37"/>
-      <c r="H19" s="37"/>
+      <c r="G19" s="42"/>
+      <c r="H19" s="42"/>
       <c r="I19" s="11"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="9"/>
-      <c r="B20" s="33"/>
-      <c r="C20" s="33"/>
+      <c r="B20" s="40"/>
+      <c r="C20" s="40"/>
       <c r="D20" s="12"/>
       <c r="E20" s="10"/>
       <c r="F20" s="9"/>
-      <c r="G20" s="33"/>
-      <c r="H20" s="33"/>
+      <c r="G20" s="40"/>
+      <c r="H20" s="40"/>
       <c r="I20" s="13"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="9"/>
-      <c r="B21" s="33"/>
-      <c r="C21" s="33"/>
+      <c r="B21" s="40"/>
+      <c r="C21" s="40"/>
       <c r="D21" s="14"/>
       <c r="E21" s="10"/>
       <c r="F21" s="9"/>
-      <c r="G21" s="33"/>
-      <c r="H21" s="33"/>
+      <c r="G21" s="40"/>
+      <c r="H21" s="40"/>
       <c r="I21" s="13"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="9"/>
-      <c r="B22" s="33"/>
-      <c r="C22" s="33"/>
+      <c r="B22" s="40"/>
+      <c r="C22" s="40"/>
       <c r="D22" s="14"/>
       <c r="E22" s="10"/>
       <c r="F22" s="9"/>
-      <c r="G22" s="33"/>
-      <c r="H22" s="33"/>
+      <c r="G22" s="40"/>
+      <c r="H22" s="40"/>
       <c r="I22" s="13"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="pia+lA+5WQcyjdSpVbypWGe6UzbcOBnRGm8xS7LwTzU6YzcyaXR9M/UDRZL9NddoGmnunx5lz9hwDv2zdgK75w==" saltValue="z2vxu7T2jKMZ7ItLirFSRQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="29">
+  <mergeCells count="31">
+    <mergeCell ref="B12:C12"/>
     <mergeCell ref="G21:H21"/>
     <mergeCell ref="G22:H22"/>
-    <mergeCell ref="B11:C11"/>
-    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="G12:H12"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="G16:H16"/>
-    <mergeCell ref="A15:I15"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G18:H18"/>
     <mergeCell ref="G19:H19"/>
     <mergeCell ref="G20:H20"/>
-    <mergeCell ref="G12:H12"/>
-[...3 lines deleted...]
-    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="G15:H15"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="F9:I9"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="B11:C11"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>